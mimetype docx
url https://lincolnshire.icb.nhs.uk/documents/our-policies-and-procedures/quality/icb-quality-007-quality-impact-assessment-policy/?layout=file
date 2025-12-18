--- v0 (2025-10-11)
+++ v1 (2025-12-18)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="35F3CD9E" w14:textId="7359CBA4" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6523F37F" w14:textId="6F905DE2" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -73,51 +72,51 @@
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DA9A02E" wp14:editId="46ACA777">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DA9A02E" wp14:editId="652BD58D">
             <wp:extent cx="1731645" cy="1000125"/>
             <wp:effectExtent l="0" t="0" r="1905" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="NHS Lincolnshire Integrated Care Board logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="NHS Lincolnshire Integrated Care Board logo"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -199,66 +198,64 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41A88EE6" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00672D6A" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A7EDFBF" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00672D6A" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="705AAC8D" w14:textId="6A668A75" w:rsidR="007B03B4" w:rsidRPr="00D351C8" w:rsidRDefault="00FA32EB" w:rsidP="00D351C8">
-[...5 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="705AAC8D" w14:textId="6A668A75" w:rsidR="007B03B4" w:rsidRPr="00D57796" w:rsidRDefault="00FA32EB" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D351C8">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Quality Impact Assessment Policy</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="619A9B53" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00672D6A" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0345B3F8" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00672D6A" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2415EB64" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00672D6A" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
@@ -1066,116 +1063,124 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13661355" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E006E95" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00D351C8" w:rsidRDefault="007B03B4" w:rsidP="00D351C8">
+    <w:p w14:paraId="4E006E95" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="006F11E0" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:ind w:right="505"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D351C8">
+      <w:r w:rsidRPr="006F11E0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Document Control Sheet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019F27A5" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="720" w:right="505" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000090"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000090"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2493"/>
         <w:gridCol w:w="7599"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B03B4" w:rsidRPr="00136626" w14:paraId="196614D9" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51C08C6E" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136626">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Document Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1213,99 +1218,98 @@
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136626">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Version </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3765" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6A527948" w14:textId="79D11B4B" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="003266C7" w:rsidP="00FB5DA1">
+          <w:p w14:paraId="6A527948" w14:textId="682DE46B" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="003266C7" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C23F1B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0082279E">
+            <w:r w:rsidR="004A3952">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B03B4" w:rsidRPr="00136626" w14:paraId="2054DF71" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20387971" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136626">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1378,119 +1382,118 @@
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colin Jordan. Head of Primary Care Quality</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B03B4" w:rsidRPr="00136626" w14:paraId="598D7FA2" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="784D1AFF" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136626">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3765" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="41118E51" w14:textId="3413A608" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="00675B2C" w:rsidP="00FB5DA1">
+          <w:p w14:paraId="41118E51" w14:textId="22AAC656" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="004A3952" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00675B2C">
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A3952">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>rd</w:t>
+              <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> February</w:t>
+              <w:t xml:space="preserve"> November</w:t>
             </w:r>
             <w:r w:rsidR="00C71CD3">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24664B43" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="00136626" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -1533,410 +1536,399 @@
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136626">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Document history</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00015EC8" w:rsidRPr="006B6EE9" w14:paraId="33E69EA9" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="550D7A89" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="006B6EE9" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0122C179" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="006B6EE9" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D65016B" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="006B6EE9" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3511" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44423" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRPr="006B6EE9" w:rsidRDefault="007B03B4" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00015EC8" w:rsidRPr="00136626" w14:paraId="4618884F" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31619479" w14:textId="52A87E43" w:rsidR="007B03B4" w:rsidRPr="005D4ABE" w:rsidRDefault="0037284C" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0789A457" w14:textId="2F8B7958" w:rsidR="007B03B4" w:rsidRPr="005D4ABE" w:rsidRDefault="0037284C" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24 Oct</w:t>
             </w:r>
             <w:r w:rsidR="00015EC8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4672462E" w14:textId="5814C5D5" w:rsidR="007B03B4" w:rsidRPr="005D4ABE" w:rsidRDefault="0037284C" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Claire Stubbs</w:t>
             </w:r>
             <w:r w:rsidR="00D67F42" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, Lead Nurse for Quality </w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3511" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28FB271F" w14:textId="69F8D058" w:rsidR="007B03B4" w:rsidRPr="005D4ABE" w:rsidRDefault="0037284C" w:rsidP="0037284C">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New policy. Author Claire Stubbs Lead Nurse for Quality LECCG, adapted for LWCCG by Terry Vine, Deputy Chief Nurse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D25C94" w:rsidRPr="00136626" w14:paraId="0AA0A846" w14:textId="50AD7C19" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36321372" w14:textId="3B94C12E" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A20C099" w14:textId="05226D0F" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18 May 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="158992AA" w14:textId="618F782D" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colin Jordan</w:t>
             </w:r>
@@ -1953,94 +1945,92 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Senior Quality Lead Nurse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59CC3882" w14:textId="02D833AA" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Para</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A7EB927" w14:textId="7D2FD523" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Regarding p</w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -2073,273 +2063,282 @@
               </w:rPr>
               <w:t xml:space="preserve"> are</w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> cited </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the NHS Standard Contract 2022/23. Also, rephrasing of how the policy’s aims will be achieved. </w:t>
+              <w:t xml:space="preserve"> the NHS Standard Contract 2022/23. Also, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rephrasing of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> how the policy’s aims will be achieved. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D25C94" w:rsidRPr="00136626" w14:paraId="11EF3B37" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="783"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="293FB0B7" w14:textId="77777777" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B6B276A" w14:textId="77777777" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28D3B333" w14:textId="77777777" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C8E6D03" w14:textId="77777777" w:rsidR="00D25C94" w:rsidRPr="005D4ABE" w:rsidRDefault="00D25C94" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EF902DA" w14:textId="77777777" w:rsidR="00D25C94" w:rsidRDefault="00D25C94" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="61697696" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="727"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D2A17B4" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52DC5591" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="69CB7B35" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F7FAC32" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
@@ -2354,215 +2353,219 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E4290CC" w14:textId="5BD39C6F" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1AB9B535" w14:textId="45129570" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="00FA7ED0" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">uty to ensure continuous improvement in the quality of services and list of quality standards added and cited to the Health and Social Care Act (2012). </w:t>
+              <w:t>uty</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to ensure continuous improvement in the quality of services and list of quality standards added and cited to the Health and Social Care Act (2012). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="12E8B1CC" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="756"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A333221" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79170542" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0331BD0D" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72816ED0" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="262E49CE" w14:textId="04E7F19B" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58D23283" w14:textId="2FE35319" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="00FA7ED0" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘D</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -2680,163 +2683,158 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> included</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="71D56B67" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3163296B" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4438C311" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50A02ACE" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B97138D" w14:textId="1790AD71" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="003D438C">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5DD5E595" w14:textId="5C223645" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="00FA7ED0" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -2866,163 +2864,158 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> at</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="037297E4" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="24B2DF9A" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D38D3C9" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0821B2BF" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0FD2EC15" w14:textId="24CC05EF" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="005E15D8">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29B798ED" w14:textId="3980910D" w:rsidR="005E15D8" w:rsidRPr="005E15D8" w:rsidRDefault="00AE00DE" w:rsidP="005E15D8">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -3068,127 +3061,123 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>in line with</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the numbered terms used throughout the policy.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="5216B53B" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="1426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02EE42A8" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="097FC7DA" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0622BF1B" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55895DB6" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
@@ -3203,51 +3192,50 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E0A2F29" w14:textId="43D875EC" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67C029F6" w14:textId="5AEDC9CB" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="00AE00DE" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -3311,176 +3299,207 @@
               </w:rPr>
               <w:t>off</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> QIAs by </w:t>
             </w:r>
             <w:r w:rsidR="00777AAA">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LICB </w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Executive Lead Nurse and Midwife (&amp; throughout). Also, ‘all staff’ responsibilities definition added.   </w:t>
+              <w:t xml:space="preserve">Executive Lead Nurse and Midwife (&amp; throughout). </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Also, ‘</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>staff’</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005E15D8" w:rsidRPr="005D4ABE">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> responsibilities definition added.   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="715569BD" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="1404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="604B9770" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4EFD9B1F" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7234E2A1" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71E729AE" w14:textId="6A940018" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="003D438C" w:rsidP="003D438C">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C36E754" w14:textId="4911F6AE" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The ‘Procedure for assessing impact’ heading replaced with ‘The Quality Impact Assessment Process’ heading. Paragraphs 6.1 to 6.4</w:t>
             </w:r>
             <w:r w:rsidR="00137582">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -3518,155 +3537,150 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">guidance on the flowchart updated. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="7CBA40F8" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3230FD93" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C7CCAC5" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A7B9D49" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="734E02C9" w14:textId="4C5ABB03" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="003D438C">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="12CDD03C" w14:textId="68B122E9" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>V.1.0 s</w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -3680,283 +3694,292 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">updated </w:t>
             </w:r>
             <w:r w:rsidRPr="005D4ABE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">policy. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="7050C052" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F5A3E50" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14152A8D" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B0E3280" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="26EEB2A3" w14:textId="5BB3D658" w:rsidR="003D438C" w:rsidRDefault="003D438C" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AB412B8" w14:textId="4E5CB88B" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="293EFBDB" w14:textId="4E9DB449" w:rsidR="005E15D8" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Section 7 heading updated to ‘Communication, Monitoring &amp; Review’. 7.1 paragraph added, detailing where staff can access the policy and types of staff activity most likely to require a QIA.  </w:t>
+              <w:t xml:space="preserve">Section </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7 heading</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> updated to ‘Communication, Monitoring &amp; Review’. 7.1 paragraph added, detailing where staff can access the policy and types of staff activity most likely to require a QIA.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="49920AD3" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="265193A6" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="229A092B" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A5E8380" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ADDC855" w14:textId="443E72CC" w:rsidR="003D438C" w:rsidRDefault="003D438C" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
@@ -3966,51 +3989,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66E786E9" w14:textId="3483B263" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B2F8870" w14:textId="571F62A9" w:rsidR="005E15D8" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Monitoring by the </w:t>
             </w:r>
             <w:r w:rsidRPr="002D67B6">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -4048,127 +4070,123 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the ICB’s Quality Committee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, in parenthesis, added. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="382F4893" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FCE2B6F" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13650763" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="25D90E13" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="57307C50" w14:textId="2863E474" w:rsidR="003D438C" w:rsidRDefault="003D438C" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
@@ -4178,517 +4196,501 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12FDAFB8" w14:textId="5A5C11A6" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="294ADDE4" w14:textId="023A8AA7" w:rsidR="005E15D8" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The monitoring table is updated to reflect updates in this policy, with some definitions also having references to the relevant </w:t>
             </w:r>
             <w:r w:rsidRPr="00816AE4">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>paragraphs in the policy.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="5EB7E6D3" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="42B81A41" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BD40063" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F1FA875" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BA0780B" w14:textId="7E364D49" w:rsidR="003D438C" w:rsidRDefault="004811CD" w:rsidP="004811CD">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C8E902E" w14:textId="461F397F" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="004811CD">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="043E2256" w14:textId="3E6AD036" w:rsidR="005E15D8" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC5E42">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Paragraph added directing those who have questions about the QIA policy to the relevant person.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="421A2C52" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D740F89" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7884CE9C" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="19F740B1" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D799041" w14:textId="2F109BCC" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="00564B9A" w:rsidP="004811CD">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B9FF22A" w14:textId="5EAFB4F9" w:rsidR="005E15D8" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A7170">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Section on training added, directing staff to relevant training.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="12AD0B78" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="741"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BA5D604" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04102F33" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7BEF5F89" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0AE04894" w14:textId="77777777" w:rsidR="004811CD" w:rsidRDefault="004811CD" w:rsidP="00D07805">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29310AD3" w14:textId="4A4C3A37" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59790476" w14:textId="25349324" w:rsidR="005E15D8" w:rsidRPr="004A7170" w:rsidRDefault="00ED1A0B" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="00D07B50">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -4734,163 +4736,158 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ions</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="00D07B50">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the Public Sector Equality Duty.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="1A143E6B" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="587A5F2B" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="69A1E443" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02BED0E9" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D6123B4" w14:textId="5E6F3067" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="004811CD" w:rsidP="004811CD">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="42A39EEA" w14:textId="2B04B427" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="0016627E" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="00D07B50">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -4904,393 +4901,363 @@
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="005E15D8" w:rsidRPr="00D07B50">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> section added.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="6EBD44ED" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="09121053" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1508ECE3" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="127484CD" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1B177920" w14:textId="1E68FB82" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="004811CD" w:rsidP="004811CD">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>App. A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E8E937E" w14:textId="5F34B1C7" w:rsidR="005E15D8" w:rsidRPr="00D07B50" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D07B50">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The QIA Initial Screening Tool instructions are </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and the QIA screening tool’s format updated, including links to additional information in the quality domains.  </w:t>
+              <w:t xml:space="preserve">The QIA Initial Screening Tool instructions are updated and the QIA screening tool’s format updated, including links to additional information in the quality domains.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E15D8" w:rsidRPr="00136626" w14:paraId="2C7401DF" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="608C255D" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B824543" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FA80B6F" w14:textId="77777777" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="005E15D8" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CCB70F8" w14:textId="114D9E8E" w:rsidR="005E15D8" w:rsidRPr="005D4ABE" w:rsidRDefault="004811CD" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>App. B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="85" w:type="dxa"/>
               <w:right w:w="85" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23B9DD85" w14:textId="596D8CEA" w:rsidR="005E15D8" w:rsidRPr="00D07B50" w:rsidRDefault="005E15D8" w:rsidP="00D07805">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E15D8">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Instructions for scoring risks/impact updated for greater clarity.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F97A1E" w:rsidRPr="00136626" w14:paraId="5913296A" w14:textId="1DA3A95F" w:rsidTr="00CB75AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72C6B505" w14:textId="08E17808" w:rsidR="00F97A1E" w:rsidRPr="005D4ABE" w:rsidRDefault="00F97A1E" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="186DC400" w14:textId="77777777" w:rsidR="00F97A1E" w:rsidRDefault="00F97A1E" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nov</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C1B63B9" w14:textId="53A5BDC3" w:rsidR="00F97A1E" w:rsidRPr="005D4ABE" w:rsidRDefault="00F97A1E" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
@@ -5300,107 +5267,104 @@
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51CD810E" w14:textId="6BB41C1A" w:rsidR="00F97A1E" w:rsidRPr="005D4ABE" w:rsidRDefault="00F97A1E" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grace Heaton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AADBD23" w14:textId="73ADEA0C" w:rsidR="00F97A1E" w:rsidRPr="005D4ABE" w:rsidRDefault="00F97A1E" w:rsidP="00F97A1E">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:left="794"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A65CCA2" w14:textId="77777777" w:rsidR="00F97A1E" w:rsidRDefault="00F97A1E" w:rsidP="00F97A1E">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
               </w:tabs>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="505"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5412,84 +5376,82 @@
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:left="794"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="1DD0715D" w14:textId="40762993" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FB9B9FD" w14:textId="05910FDA" w:rsidR="0096023D" w:rsidRDefault="00231177" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78A73F24" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6320E4BE" w14:textId="3E6D0D62" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
@@ -5499,117 +5461,114 @@
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FF431F3" w14:textId="321A6B16" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colin Jordan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A604ABC" w14:textId="1FB0B733" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1025BE01" w14:textId="46738A67" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cost Improvement Plan added</w:t>
             </w:r>
             <w:r w:rsidR="00392867">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, plus d</w:t>
@@ -5623,1036 +5582,1037 @@
               <w:t xml:space="preserve">efinition in s.4. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="4D150BA5" w14:textId="77777777" w:rsidTr="00CB75AB">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09809F8F" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2675D870" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11FD0FF7" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="345A30F3" w14:textId="06784298" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0314B94A" w14:textId="0AD2EB63" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Health and Care Act (2022) replaces Health and Social Care Act (2012). National Quality Board quality standards added.</w:t>
+              <w:t xml:space="preserve">Health and Care Act (2022) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>replaces</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Health and Social Care Act (2012). National Quality Board quality standards added.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="7BEC8300" w14:textId="77777777" w:rsidTr="001E11A2">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21778119" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00A06BA9" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="254EE220" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E45B426" w14:textId="595242F5" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="331D08EF" w14:textId="12A7C36E" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82FCE">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Associate Chief Nurse</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> title updated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="7E76BAFA" w14:textId="77777777" w:rsidTr="005B4A55">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0878CE90" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D99322C" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19267CE1" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="749194BC" w14:textId="2993FC20" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1003D7B3" w14:textId="114F2C2D" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference to QIA </w:t>
             </w:r>
             <w:r w:rsidR="00A7193B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e-learning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> added.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="1B152CF1" w14:textId="77777777" w:rsidTr="00E40C1D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C062252" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="625F6114" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="001C2C70" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53E174F1" w14:textId="09CFE002" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B501A7F" w14:textId="2DC3CC6C" w:rsidR="0096023D" w:rsidRPr="004B001F" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Additional detail added to the description and purpose of the Stage 2 QIA.</w:t>
+              <w:t xml:space="preserve">Additional detail added to the description and purpose of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Stage</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 QIA.</w:t>
             </w:r>
             <w:r w:rsidRPr="004B001F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> How to complete the QIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> six steps amended for clarity.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="05B22DE2" w14:textId="77777777" w:rsidTr="0089437B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ED35972" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D1B5C28" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DAB3A2E" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CE3D3C6" w14:textId="6E0E22A5" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B401D56" w14:textId="6AC127D5" w:rsidR="0096023D" w:rsidRPr="004B001F" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 2 QIA purpose amended for clarity. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="0A50E04A" w14:textId="77777777" w:rsidTr="00DF709E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A766876" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B924072" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64BF3D7D" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17A6C9CA" w14:textId="4D65460E" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74981B01" w14:textId="595DB0B4" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>QIA e-learning module link added.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="6C7611CB" w14:textId="77777777" w:rsidTr="00DF709E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61A0922F" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6815120D" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="493D484D" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C3CE352" w14:textId="1EDAC17B" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E9A545" w14:textId="1F0B66E9" w:rsidR="0096023D" w:rsidRDefault="004D391B" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NHSE’s Impact Framework replaces </w:t>
             </w:r>
             <w:r w:rsidR="0096023D">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -6666,157 +6626,152 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0096023D">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C76F55" w:rsidRPr="00136626" w14:paraId="0F7E01B3" w14:textId="77777777" w:rsidTr="00DF709E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78642965" w14:textId="77777777" w:rsidR="00C76F55" w:rsidRDefault="00C76F55" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35950187" w14:textId="77777777" w:rsidR="00C76F55" w:rsidRDefault="00C76F55" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30685902" w14:textId="77777777" w:rsidR="00C76F55" w:rsidRDefault="00C76F55" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2B67B6" w14:textId="3538332B" w:rsidR="00C76F55" w:rsidRDefault="007D3CC9" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52367D9E" w14:textId="7FB5442D" w:rsidR="00C76F55" w:rsidRDefault="007D3CC9" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00A1230B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -6846,339 +6801,652 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>v3</w:t>
             </w:r>
             <w:r w:rsidR="00A1230B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A1230B" w:rsidRPr="00136626" w14:paraId="2E0B904E" w14:textId="77777777" w:rsidTr="00DF709E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="605AA293" w14:textId="77777777" w:rsidR="00A1230B" w:rsidRDefault="00A1230B" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="101BBDDE" w14:textId="77777777" w:rsidR="00A1230B" w:rsidRDefault="00A1230B" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="134FA6AC" w14:textId="77777777" w:rsidR="00A1230B" w:rsidRDefault="00A1230B" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71B9D0B9" w14:textId="3B2A3047" w:rsidR="00A1230B" w:rsidRDefault="00A1230B" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">App. A. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00894AE9" w14:textId="3FB16407" w:rsidR="00A1230B" w:rsidRDefault="00A1230B" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MS Excel version of the Initial Screening Tool added.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="45B7E070" w14:textId="77777777" w:rsidTr="00E40C1D">
+      <w:tr w:rsidR="0096023D" w:rsidRPr="00136626" w14:paraId="45B7E070" w14:textId="77777777" w:rsidTr="00464778">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="667E6BD5" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AFBA711" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4345051A" w14:textId="77777777" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49E18CB0" w14:textId="1893B8D9" w:rsidR="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>App. C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CDF1866" w14:textId="1B99E267" w:rsidR="0096023D" w:rsidRPr="0096023D" w:rsidRDefault="0096023D" w:rsidP="00991E24">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Stage 2 QIA </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>reformatted</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="007379F0">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and directions amended for clarity. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00464778" w:rsidRPr="00136626" w14:paraId="42DC9945" w14:textId="77777777" w:rsidTr="00464778">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F92D709" w14:textId="551D5F7F" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="375" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F5063FC" w14:textId="48880DC5" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nov 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="608" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A18B427" w14:textId="77777777" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20C434E1" w14:textId="3899CB93" w:rsidR="00464778" w:rsidRDefault="00823B0A" w:rsidP="00991E24">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2BF8">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 6.7 &amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00341AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="222D6731" w14:textId="23EFB979" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00991E24">
+            <w:pPr>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Link to NHS Futures QIA submission portal added.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00464778" w:rsidRPr="00136626" w14:paraId="169CBDE5" w14:textId="77777777" w:rsidTr="00464778">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="772B2E1B" w14:textId="77777777" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="375" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E94CBD3" w14:textId="77777777" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="608" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D5C4DF8" w14:textId="77777777" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00FB5DA1">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="192807A6" w14:textId="05067CAA" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00991E24">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2BF8">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 8.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FBA3C01" w14:textId="77777777" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00464778">
+            <w:pPr>
+              <w:spacing w:before="39" w:after="39"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00464778">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reference to QIA e-learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> removed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F28B580" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D311B22" w14:textId="3C6EA0D6" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="00B1392D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="782CD7B0" w14:textId="77777777" w:rsidR="00F043C0" w:rsidRDefault="00F043C0" w:rsidP="007B03B4">
       <w:pPr>
         <w:widowControl/>
@@ -7477,66 +7745,75 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="316FB85B" w14:textId="77777777" w:rsidR="00EF6A06" w:rsidRDefault="00EF6A06" w:rsidP="007B03B4">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:right="505"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FEACE88" w14:textId="60081738" w:rsidR="007B03B4" w:rsidRPr="00E10770" w:rsidRDefault="007B03B4" w:rsidP="00E10770">
+    <w:p w14:paraId="1FEACE88" w14:textId="60081738" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="007B03B4">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:ind w:right="505"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E10770">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E01EF75" w14:textId="77777777" w:rsidR="007B03B4" w:rsidRDefault="007B03B4" w:rsidP="00B1392D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -8568,76 +8845,83 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20FE0D64" w14:textId="77777777" w:rsidR="0031001B" w:rsidRDefault="0031001B" w:rsidP="00846A6B">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:right="505"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11F501EE" w14:textId="77777777" w:rsidR="00E10770" w:rsidRDefault="00E10770" w:rsidP="00846A6B">
+    <w:p w14:paraId="60EAB579" w14:textId="77777777" w:rsidR="00846A6B" w:rsidRPr="00846A6B" w:rsidRDefault="00846A6B" w:rsidP="00474CD4">
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
-        <w:ind w:right="505"/>
+        <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00846A6B">
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2740CA49" w14:textId="77777777" w:rsidR="00846A6B" w:rsidRDefault="00846A6B" w:rsidP="00846A6B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FF6952C" w14:textId="7177F3F6" w:rsidR="000976DB" w:rsidRPr="001C0A4F" w:rsidRDefault="00846A6B" w:rsidP="000976DB">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.1</w:t>
@@ -8676,51 +8960,65 @@
         <w:t xml:space="preserve">service development </w:t>
       </w:r>
       <w:r w:rsidR="00CD4D5B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and improvement plans</w:t>
       </w:r>
       <w:r w:rsidR="000976DB" w:rsidRPr="001C0A4F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000976DB" w:rsidRPr="000976DB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000976DB" w:rsidRPr="001C0A4F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>cost improvement plans, business cases, and any other systemic changes are thoroughly assessed for their impact on quality standards and expectations. The QIA aims to identify potential consequences of plans and projects on quality outcomes, providing a structured framework for assessing, recording, and evaluating these impacts. Where quality risks are identified, the policy ensures appropriate mitigating actions are considered, decided upon, and documented.</w:t>
+        <w:t xml:space="preserve">cost improvement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000976DB" w:rsidRPr="001C0A4F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>plans, business cases</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000976DB" w:rsidRPr="001C0A4F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, and any other systemic changes are thoroughly assessed for their impact on quality standards and expectations. The QIA aims to identify potential consequences of plans and projects on quality outcomes, providing a structured framework for assessing, recording, and evaluating these impacts. Where quality risks are identified, the policy ensures appropriate mitigating actions are considered, decided upon, and documented.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5770879F" w14:textId="15175B3C" w:rsidR="006B2440" w:rsidRDefault="006B2440" w:rsidP="000976DB">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31568588" w14:textId="5426E7E5" w:rsidR="00AF6B05" w:rsidRPr="00AF6B05" w:rsidRDefault="006B2440" w:rsidP="00526024">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1.2</w:t>
@@ -9153,51 +9451,59 @@
         <w:t xml:space="preserve"> undertaking commissioning</w:t>
       </w:r>
       <w:r w:rsidR="00B21903">
         <w:t xml:space="preserve"> and related financial</w:t>
       </w:r>
       <w:r w:rsidR="00485516">
         <w:t xml:space="preserve"> decision making</w:t>
       </w:r>
       <w:r w:rsidR="00485516" w:rsidRPr="00485516">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B06025" w14:textId="406D4E8B" w:rsidR="00485516" w:rsidRDefault="00485516" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">All employees engaged in any type of service improvement, </w:t>
+        <w:t xml:space="preserve">All employees engaged in any type </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> improvement, </w:t>
       </w:r>
       <w:r w:rsidR="00B21903">
         <w:t>development,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and re-design</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A9835D" w14:textId="39289A10" w:rsidR="00485516" w:rsidRDefault="00485516" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">All employees engaged in project management </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65983CDC" w14:textId="77777777" w:rsidR="00485516" w:rsidRDefault="00705D51" w:rsidP="00474CD4">
@@ -9314,50 +9620,51 @@
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="022C27BC" w14:textId="42183E80" w:rsidR="00495000" w:rsidRDefault="00846A6B" w:rsidP="00AF2224">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidR="00495000">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00495000" w:rsidRPr="00285394">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Table of definitions</w:t>
       </w:r>
       <w:r w:rsidR="00495000">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="704" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="867"/>
@@ -9478,127 +9785,117 @@
             <w:r w:rsidR="007140A1" w:rsidRPr="007140A1">
               <w:t xml:space="preserve">functions </w:t>
             </w:r>
             <w:r w:rsidR="00B42266">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00934263">
               <w:t>formally conducted by</w:t>
             </w:r>
             <w:r w:rsidR="00C96ACD">
               <w:t xml:space="preserve"> Clinical Commissioning Groups</w:t>
             </w:r>
             <w:r w:rsidR="00531AEC">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00934263">
               <w:t xml:space="preserve">, plus integration with its related Integrated Care Partnership, which is </w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t xml:space="preserve">a joint committee </w:t>
             </w:r>
             <w:r w:rsidR="00934263">
               <w:t>that</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-              <w:t>brings together partner</w:t>
+              <w:t xml:space="preserve"> brings together partner</w:t>
             </w:r>
             <w:r w:rsidR="00934263">
               <w:t xml:space="preserve">s such as </w:t>
             </w:r>
             <w:r w:rsidR="00531AEC">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t xml:space="preserve">ocial </w:t>
             </w:r>
             <w:r w:rsidR="00531AEC">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t xml:space="preserve">are, </w:t>
             </w:r>
             <w:r w:rsidR="00531AEC">
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t xml:space="preserve">ublic </w:t>
             </w:r>
             <w:r w:rsidR="00531AEC">
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t>ealth</w:t>
             </w:r>
             <w:r w:rsidR="00934263">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00934263">
-              <w:t xml:space="preserve">and diverse multi-sector </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>and diverse multi-sector organisations</w:t>
+            </w:r>
             <w:r w:rsidR="009D111A">
               <w:t xml:space="preserve"> that </w:t>
             </w:r>
             <w:r w:rsidR="002C1CAE">
               <w:t>together comprise an</w:t>
             </w:r>
             <w:r w:rsidR="009D111A">
               <w:t xml:space="preserve"> Integrated Care System</w:t>
             </w:r>
             <w:r w:rsidR="00934263" w:rsidRPr="00934263">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00887B16" w14:paraId="6E1ED018" w14:textId="77777777" w:rsidTr="00890111">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="015C6679" w14:textId="50BA4F8D" w:rsidR="00887B16" w:rsidRDefault="000526DF" w:rsidP="00AF2224">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8623" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6550BC08" w14:textId="77777777" w:rsidR="00381324" w:rsidRDefault="00887B16" w:rsidP="00381324">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00E011FC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Service Development and Improvement Plans</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9672,71 +9969,71 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">local commissioner </w:t>
             </w:r>
             <w:r w:rsidR="00581333">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>QIPP plans; or</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15E62D73" w14:textId="77777777" w:rsidR="00381324" w:rsidRDefault="00381324" w:rsidP="00381324">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">• any agreed service redesign </w:t>
-[...7 lines deleted...]
-              <w:t>; or</w:t>
+              <w:t>• any agreed service redesign programmes; or</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A6A61BB" w14:textId="77777777" w:rsidR="00381324" w:rsidRDefault="00381324" w:rsidP="00381324">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">• any priority areas for quality improvement (where this is not covered by a </w:t>
+              <w:t xml:space="preserve">• any priority areas for quality improvement (where this is not covered </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>by a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50D3F304" w14:textId="46ADF8B0" w:rsidR="00887B16" w:rsidRPr="00E011FC" w:rsidRDefault="00381324" w:rsidP="00341886">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>quality incentive scheme).</w:t>
             </w:r>
             <w:r w:rsidR="00341886">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00341886" w:rsidRPr="00506F62">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(NHS Standard Contract 202</w:t>
             </w:r>
             <w:r w:rsidR="00DF0B7D">
               <w:rPr>
@@ -10011,67 +10308,54 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B23887" w:rsidRPr="00B23887">
               <w:t>QIPP</w:t>
             </w:r>
             <w:r w:rsidR="00B23887">
               <w:t xml:space="preserve"> stands for </w:t>
             </w:r>
             <w:r w:rsidR="00B23887" w:rsidRPr="00B23887">
               <w:t xml:space="preserve">quality, innovation, </w:t>
             </w:r>
             <w:r w:rsidR="000526DF" w:rsidRPr="00B23887">
               <w:t>productivity,</w:t>
             </w:r>
             <w:r w:rsidR="00B23887" w:rsidRPr="00B23887">
               <w:t xml:space="preserve"> and prevention</w:t>
             </w:r>
             <w:r w:rsidR="0062730F">
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
             <w:r w:rsidR="003F2C29">
-              <w:t xml:space="preserve">is an </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>is an incentivised</w:t>
+            </w:r>
             <w:r w:rsidR="00020BA0">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> intended to support service providers to improve quality, innovate</w:t>
+              <w:t xml:space="preserve"> programme intended to support service providers to improve quality, innovate</w:t>
             </w:r>
             <w:r w:rsidR="00793A3C">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00C91065">
               <w:t xml:space="preserve">implement preventative activities and work more </w:t>
             </w:r>
             <w:r w:rsidR="0016134A">
               <w:t xml:space="preserve">efficiently. </w:t>
             </w:r>
             <w:r w:rsidR="003F2C29">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC587F" w14:paraId="09A7BDBB" w14:textId="77777777" w:rsidTr="00890111">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="317DDB18" w14:textId="0117E53C" w:rsidR="00EC587F" w:rsidRDefault="00405B66" w:rsidP="00AF2224">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
@@ -10228,56 +10512,69 @@
             <w:r w:rsidR="00EF4948" w:rsidRPr="00C10959">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C26812">
               <w:t xml:space="preserve">The ICB QC </w:t>
             </w:r>
             <w:r w:rsidR="00A927D6">
               <w:t xml:space="preserve">is responsible for </w:t>
             </w:r>
             <w:r w:rsidR="00E236EF">
               <w:t xml:space="preserve">assuring </w:t>
             </w:r>
             <w:r w:rsidR="00A927D6" w:rsidRPr="00285A5F">
               <w:t xml:space="preserve">that </w:t>
             </w:r>
             <w:r w:rsidR="00470DFC">
               <w:t>quality requirements</w:t>
             </w:r>
             <w:r w:rsidR="00643228">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00514E73">
-              <w:t xml:space="preserve">pertaining to the </w:t>
+              <w:t>pertaining</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00514E73">
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00514E73">
+              <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk103157130"/>
             <w:r w:rsidR="00514E73">
-              <w:t>safety, effectiveness, positive experience</w:t>
+              <w:t>safety</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00514E73">
+              <w:t>, effectiveness, positive experience</w:t>
             </w:r>
             <w:r w:rsidR="008E1CBF">
               <w:t>, good leadership</w:t>
             </w:r>
             <w:r w:rsidR="00A42DDA">
               <w:t>, resource sustainability and</w:t>
             </w:r>
             <w:r w:rsidR="000F697C">
               <w:t xml:space="preserve"> equity </w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidR="000F697C">
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidR="000842D8">
               <w:t xml:space="preserve">commissioned </w:t>
             </w:r>
             <w:r w:rsidR="000F697C">
               <w:t>service</w:t>
             </w:r>
             <w:r w:rsidR="000842D8">
               <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r w:rsidR="00CF56CB">
               <w:t>are</w:t>
@@ -10577,51 +10874,59 @@
             <w:r w:rsidRPr="00165A15">
               <w:t xml:space="preserve"> principles</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00165A15">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000526DF" w:rsidRPr="00165A15">
               <w:t>values,</w:t>
             </w:r>
             <w:r w:rsidRPr="00165A15">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00165A15">
               <w:t xml:space="preserve"> rights which patients, public and </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">NHS </w:t>
             </w:r>
             <w:r w:rsidRPr="00165A15">
-              <w:t>staff are entitled, and which the NHS is committed to achieve</w:t>
+              <w:t xml:space="preserve">staff are </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00165A15">
+              <w:t>entitled</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00165A15">
+              <w:t>, and which the NHS is committed to achieve</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00165A15">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>The NHS Constitution aims</w:t>
             </w:r>
             <w:r w:rsidRPr="00165A15">
               <w:t xml:space="preserve"> to ensure that the NHS operates fairly and effectively.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD3411" w14:paraId="5B9C72F7" w14:textId="77777777" w:rsidTr="00890111">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525F843B" w14:textId="3B3FF42F" w:rsidR="00FD3411" w:rsidRDefault="00FD3411" w:rsidP="00CD5821">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
@@ -10857,50 +11162,51 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00846A6B" w14:paraId="5D3B5CA6" w14:textId="77777777" w:rsidTr="006A28C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FBDE871" w14:textId="0D6226E0" w:rsidR="00846A6B" w:rsidRDefault="006E7D1B" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="007801CB">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidR="00AB6A42">
               <w:t xml:space="preserve">Chief </w:t>
             </w:r>
             <w:r w:rsidR="0044729A">
               <w:t>Nurse</w:t>
             </w:r>
             <w:r w:rsidRPr="007801CB">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00AB6A42">
               <w:t>ICB Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="138B2C9E" w14:textId="310BAE41" w:rsidR="00846A6B" w:rsidRPr="007801CB" w:rsidRDefault="006E7D1B" w:rsidP="00C61F50">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
@@ -10967,51 +11273,50 @@
             <w:r w:rsidRPr="006E7D1B">
               <w:t>business decisions</w:t>
             </w:r>
             <w:r w:rsidR="006C7EF0">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="006E7D1B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B05801" w14:paraId="28D51134" w14:textId="77777777" w:rsidTr="006A28C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58B60371" w14:textId="58C213BF" w:rsidR="00B05801" w:rsidRPr="007801CB" w:rsidRDefault="00AB6A42" w:rsidP="00FB5DA1">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Associate </w:t>
             </w:r>
             <w:r w:rsidR="00B05801">
               <w:t>Director</w:t>
             </w:r>
             <w:r>
               <w:t>/Deputy Director</w:t>
             </w:r>
             <w:r w:rsidR="00B05801">
               <w:t xml:space="preserve"> of Nursing &amp; Quality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59AEFAB6" w14:textId="32CBD624" w:rsidR="00B05801" w:rsidRDefault="00AB6A42" w:rsidP="00C61F50">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11121,59 +11426,62 @@
               </w:rPr>
               <w:t>Associate Chief Nurse</w:t>
             </w:r>
             <w:r w:rsidR="00CE5818">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00561C45" w:rsidRPr="00AF5201">
               <w:t>has</w:t>
             </w:r>
             <w:r w:rsidR="00C613B4" w:rsidRPr="00AF5201">
               <w:t xml:space="preserve"> oversight of the </w:t>
             </w:r>
             <w:r w:rsidR="0047669E" w:rsidRPr="0083009E">
               <w:t xml:space="preserve">production and review of the QIA </w:t>
             </w:r>
             <w:r w:rsidR="00A672B9" w:rsidRPr="0083009E">
               <w:t>policy</w:t>
             </w:r>
             <w:r w:rsidR="00A672B9">
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidR="00805E09">
-              <w:t xml:space="preserve"> assuring the </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00805E09">
+              <w:t>assuring</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00805E09">
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
             <w:r w:rsidR="00841123">
-              <w:t>policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">policy </w:t>
             </w:r>
             <w:r w:rsidR="00805E09">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00D96FFF">
               <w:t xml:space="preserve">the QIA </w:t>
             </w:r>
             <w:r w:rsidR="00805E09">
               <w:t>process is fit to achieve its aims</w:t>
             </w:r>
             <w:r w:rsidR="00697EF2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007224CE" w14:paraId="286AB39F" w14:textId="77777777" w:rsidTr="006A28C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37C157F0" w14:textId="420B2BC6" w:rsidR="007224CE" w:rsidRPr="0083009E" w:rsidRDefault="002E16C8" w:rsidP="007224CE">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
@@ -11224,59 +11532,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007224CE" w14:paraId="6BED4C8C" w14:textId="77777777" w:rsidTr="006A28C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5195393B" w14:textId="7F33FCA4" w:rsidR="007224CE" w:rsidRDefault="0083009E" w:rsidP="007224CE">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Senior </w:t>
             </w:r>
             <w:r w:rsidR="00E147D9">
               <w:t xml:space="preserve">Responsible Officers </w:t>
             </w:r>
             <w:r w:rsidR="007A6CF4">
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="007A6CF4" w:rsidRPr="00970BB5">
-              <w:t xml:space="preserve">Project and </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Leads</w:t>
+              <w:t>Project and Programme Leads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64C16FDD" w14:textId="5DC287E0" w:rsidR="007224CE" w:rsidRPr="00DF6897" w:rsidRDefault="0083009E" w:rsidP="00C61F50">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Senior Managers</w:t>
             </w:r>
             <w:r w:rsidR="00A27AA1">
               <w:t xml:space="preserve"> and Project Leads</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> are r</w:t>
             </w:r>
             <w:r w:rsidRPr="0083009E">
@@ -11326,59 +11626,51 @@
           <w:p w14:paraId="7E8D86F2" w14:textId="42CFFC6D" w:rsidR="007224CE" w:rsidRDefault="007A6CF4" w:rsidP="007224CE">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">All staff </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="167EE9BA" w14:textId="23C01CDA" w:rsidR="007224CE" w:rsidRPr="00DF6897" w:rsidRDefault="007A6CF4" w:rsidP="00C61F50">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">All staff within the scope of this policy are responsible for </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> themselves with the purpose of QIAs, the conditions under which QIAs are </w:t>
+              <w:t xml:space="preserve">All staff within the scope of this policy are responsible for familiarising themselves with the purpose of QIAs, the conditions under which QIAs are </w:t>
             </w:r>
             <w:r w:rsidR="00C20F62">
               <w:t>requisite</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="00035701">
               <w:t>adhering to</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the QIA process</w:t>
             </w:r>
             <w:r w:rsidR="00C20F62">
               <w:t xml:space="preserve"> when </w:t>
             </w:r>
             <w:r w:rsidR="00C613B4">
               <w:t xml:space="preserve">implementing </w:t>
             </w:r>
             <w:r w:rsidR="00C20F62">
               <w:t>QIAs</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
@@ -11397,73 +11689,97 @@
     </w:p>
     <w:p w14:paraId="5136D9A8" w14:textId="46E41C16" w:rsidR="00E558A9" w:rsidRDefault="00CA5F54" w:rsidP="00E558A9">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CA5F54">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Quality </w:t>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA5F54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quality </w:t>
       </w:r>
       <w:r w:rsidR="00336EF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Impact</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA5F54">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Assessmen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11505,102 +11821,96 @@
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>6.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E4067" w:rsidRPr="008E4067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>QIA Online Training</w:t>
       </w:r>
       <w:r w:rsidR="008E4067">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA011DC" w14:textId="5F04F397" w:rsidR="00485FA1" w:rsidRDefault="008E4067" w:rsidP="006E5305">
+    <w:p w14:paraId="4C31FA78" w14:textId="683BC0AE" w:rsidR="00485FA1" w:rsidRPr="00464778" w:rsidRDefault="008E4067" w:rsidP="00485FA1">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00485FA1">
         <w:t>Prior to completing a QIA</w:t>
       </w:r>
       <w:r w:rsidR="00C47E4D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00485FA1">
-        <w:t xml:space="preserve"> please see the QIA online training guide at the following link: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00485FA1" w:rsidRPr="00F4330F">
+        <w:t xml:space="preserve"> please see the </w:t>
+      </w:r>
+      <w:r w:rsidR="00464778">
+        <w:t>information on the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00464778" w:rsidRPr="00823B0A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>QEIA Process &amp; Templates</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00464778">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>QIA Online Training Guide</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> for completing a QIA are also available below:</w:t>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="00464778" w:rsidRPr="00464778">
+        <w:t>page on the NHS Futures website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C31FA78" w14:textId="77777777" w:rsidR="00485FA1" w:rsidRDefault="00485FA1" w:rsidP="00485FA1">
+    <w:p w14:paraId="3E9AD6C0" w14:textId="77777777" w:rsidR="00464778" w:rsidRDefault="00464778" w:rsidP="00485FA1">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="492DF993" w14:textId="65BEB328" w:rsidR="00A0773A" w:rsidRPr="00485FA1" w:rsidRDefault="00C47E4D" w:rsidP="00485FA1">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C47E4D">
         <w:t>6.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -11618,59 +11928,51 @@
     <w:p w14:paraId="458A0BCB" w14:textId="32C43CFB" w:rsidR="00976CA9" w:rsidRDefault="00C61F50" w:rsidP="00A0773A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>To achieve the aims of this policy, the steps laid out in this section should be followed in sequence when completing a QIA</w:t>
       </w:r>
       <w:r w:rsidR="001F5F09">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A0773A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F862BB">
         <w:t>Before</w:t>
       </w:r>
       <w:r w:rsidR="006A323A">
         <w:t xml:space="preserve"> completing a QIA, </w:t>
       </w:r>
       <w:r w:rsidR="002C0773">
-        <w:t xml:space="preserve">staff are advised to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> themselves with</w:t>
+        <w:t>staff are advised to familiarise themselves with</w:t>
       </w:r>
       <w:r w:rsidR="00532F38">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="005B3244">
         <w:t xml:space="preserve">quality domains in the QIA </w:t>
       </w:r>
       <w:r w:rsidR="005B3244" w:rsidRPr="005B3244">
         <w:t>Initial Screening Tool (Appendix A)</w:t>
       </w:r>
       <w:r w:rsidR="00445D4F">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="00445D4F" w:rsidRPr="00445D4F">
         <w:t xml:space="preserve">Consequence </w:t>
       </w:r>
       <w:r w:rsidR="003137A7">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00445D4F" w:rsidRPr="00445D4F">
         <w:t>core severity</w:t>
       </w:r>
       <w:r w:rsidR="00345CA2">
         <w:t xml:space="preserve"> definitions and</w:t>
       </w:r>
@@ -11908,55 +12210,53 @@
       </w:r>
       <w:r w:rsidR="00685090">
         <w:t>roject</w:t>
       </w:r>
       <w:r w:rsidR="00A0773A" w:rsidRPr="00A0773A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007422D0">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidR="00A0773A" w:rsidRPr="00A0773A">
         <w:t xml:space="preserve"> to be scored. </w:t>
       </w:r>
       <w:r w:rsidR="004342E2">
         <w:t>Further g</w:t>
       </w:r>
       <w:r w:rsidR="00A0773A" w:rsidRPr="00A0773A">
         <w:t xml:space="preserve">uidance on the criteria for scoring risks is </w:t>
       </w:r>
       <w:r w:rsidR="006F328A">
         <w:t>set out</w:t>
       </w:r>
       <w:r w:rsidR="00A0773A" w:rsidRPr="00A0773A">
         <w:t xml:space="preserve"> in paragraph 6.4 and </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006F328A">
         <w:t>summarised</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A0773A" w:rsidRPr="00A0773A">
         <w:t xml:space="preserve"> in Appendix B.</w:t>
       </w:r>
       <w:r w:rsidR="00656135" w:rsidRPr="00656135">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B106CB0" w14:textId="77777777" w:rsidR="004F713D" w:rsidRDefault="004F713D" w:rsidP="006B786C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20B8CA83" w14:textId="47FC748F" w:rsidR="005F39AB" w:rsidRDefault="00656135" w:rsidP="006B786C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -12168,71 +12468,67 @@
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4B099F" w14:textId="77777777" w:rsidR="00936458" w:rsidRDefault="00936458" w:rsidP="00E00240">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C15C366" w14:textId="344FFA28" w:rsidR="00E14177" w:rsidRDefault="00936458" w:rsidP="00936458">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="000C07C3">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0093281A">
         <w:t xml:space="preserve">Before attempting to complete the QIA, </w:t>
       </w:r>
       <w:r w:rsidR="00C8516A" w:rsidRPr="00725B78">
         <w:t xml:space="preserve">first </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C8516A">
-        <w:t>familiarise</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> yourself with</w:t>
+        <w:t>familiarise yourself with</w:t>
       </w:r>
       <w:r w:rsidR="00C8516A" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00C8516A" w:rsidRPr="0093281A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>consequence</w:t>
       </w:r>
       <w:r w:rsidR="00C8516A" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> descriptions and</w:t>
       </w:r>
       <w:r w:rsidR="00AE4650">
         <w:t xml:space="preserve"> 1-5</w:t>
       </w:r>
       <w:r w:rsidR="00C8516A" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> ratings (Appendix B table 1 &amp; additional descriptions in table 6) and the </w:t>
       </w:r>
       <w:r w:rsidR="00C8516A" w:rsidRPr="0093281A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -12256,51 +12552,50 @@
     </w:p>
     <w:p w14:paraId="40E198C0" w14:textId="77777777" w:rsidR="002C5EF7" w:rsidRDefault="002C5EF7" w:rsidP="00936458">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F3B1897" w14:textId="43CF7E33" w:rsidR="00E14177" w:rsidRPr="006D322C" w:rsidRDefault="006D322C" w:rsidP="00936458">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006D322C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>How to complete the QIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDDA5D3" w14:textId="2AADBE94" w:rsidR="00135741" w:rsidRDefault="003569F3" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Read the ‘Instructions’ at the top of the QIA </w:t>
@@ -12308,51 +12603,59 @@
       <w:r w:rsidR="00A9637C">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nitial </w:t>
       </w:r>
       <w:r w:rsidR="00A9637C">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">creening </w:t>
       </w:r>
       <w:r w:rsidR="00A9637C">
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ool </w:t>
       </w:r>
       <w:r w:rsidR="00060B83">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00CF1450">
         <w:t xml:space="preserve">explore </w:t>
       </w:r>
       <w:r w:rsidR="00060B83">
-        <w:t>the 5 ‘Quality Domains’ in the left column of the screening tool (Appendix A)</w:t>
+        <w:t xml:space="preserve">the 5 ‘Quality </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00060B83">
+        <w:t>Domains’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00060B83">
+        <w:t xml:space="preserve"> in the left column of the screening tool (Appendix A)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00135741">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04DDEDBF" w14:textId="133DB5F5" w:rsidR="00580AF9" w:rsidRDefault="00596FD7" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Evaluate</w:t>
       </w:r>
       <w:r w:rsidR="001225CD" w:rsidRPr="00725B78">
@@ -12595,62 +12898,64 @@
       </w:r>
       <w:r w:rsidR="001544F5">
         <w:t>consequence</w:t>
       </w:r>
       <w:r w:rsidR="002D024F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0057320C">
         <w:t>(C)</w:t>
       </w:r>
       <w:r w:rsidR="001544F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00936458" w:rsidRPr="00725B78">
         <w:t>score</w:t>
       </w:r>
       <w:r w:rsidR="000B03BE" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> (1 to 5)</w:t>
       </w:r>
       <w:r w:rsidR="008953AE">
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
       <w:r w:rsidR="00E652AA">
         <w:t xml:space="preserve">most accurately </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00634966">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="008953AE">
         <w:t>eflect</w:t>
       </w:r>
       <w:r w:rsidR="00E652AA">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008953AE">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00975E72">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00044E95">
         <w:t xml:space="preserve">project’s </w:t>
       </w:r>
       <w:r w:rsidR="00975E72">
         <w:t>impact on</w:t>
       </w:r>
       <w:r w:rsidR="00936458" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> each</w:t>
       </w:r>
       <w:r w:rsidR="000B03BE" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B56BD1" w:rsidRPr="00725B78">
         <w:t>quality domain</w:t>
       </w:r>
       <w:r w:rsidR="000B03BE" w:rsidRPr="00725B78">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00936458" w:rsidRPr="00725B78">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F5E0D">
@@ -12795,59 +13100,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>For total scores of 8 and over,</w:t>
       </w:r>
       <w:r w:rsidR="001E5C90">
         <w:t xml:space="preserve"> a Stage 2 QIA (Appendix C) will need completing,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00084B5A">
         <w:t xml:space="preserve">so </w:t>
       </w:r>
       <w:r>
         <w:t>enter ‘Y’ for yes in the ‘Stage 2 QIA</w:t>
       </w:r>
       <w:r w:rsidR="001E5C90">
-        <w:t xml:space="preserve"> required </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or no?’ </w:t>
+        <w:t xml:space="preserve"> required yes or no?’ </w:t>
       </w:r>
       <w:r>
         <w:t>column</w:t>
       </w:r>
       <w:r w:rsidR="000F5E0D">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F5E0D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B701B5" w14:textId="25C95B2A" w:rsidR="00A63332" w:rsidRDefault="00A63332" w:rsidP="00936458">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26124016" w14:textId="0E71DDC5" w:rsidR="00517F51" w:rsidRPr="00C96849" w:rsidRDefault="00A63332" w:rsidP="00530868">
@@ -13027,209 +13324,273 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> necessitate mitigation measures that could influence the project's original aims, scope, or direction.</w:t>
       </w:r>
       <w:r w:rsidR="000F5E0D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E36A90" w14:textId="77777777" w:rsidR="005A3B8A" w:rsidRPr="00EC10B7" w:rsidRDefault="005A3B8A" w:rsidP="00EC10B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F885CCE" w14:textId="77777777" w:rsidR="00EC10B7" w:rsidRPr="00EC10B7" w:rsidRDefault="00EC10B7" w:rsidP="00EC10B7">
+    <w:p w14:paraId="3F885CCE" w14:textId="2B7779C8" w:rsidR="00EC10B7" w:rsidRPr="00EC10B7" w:rsidRDefault="00EC10B7" w:rsidP="00EC10B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC10B7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The Stage 2 QIA serves as a critical component of the escalation process, enabling the project team to collectively assess the identified risks and determine appropriate mitigation strategies. This ensures that any potential adverse impacts on quality standards—such as patient safety, clinical effectiveness, or patient experience—are proactively addressed. The outcomes of the Stage 2 QIA should guide decision-making, ensuring the project continues to align with the principles of safe, effective, and high-quality care while balancing the need for innovation and improvement.</w:t>
+        <w:t>The Stage 2 QIA serves as a critical component of the escalation process, enabling the project team to collectively assess the identified risks and determine appropriate mitigation strategies. This ensures that any potential adverse impacts on quality standards</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2BF8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC10B7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>such as patient safety, clinical effectiveness, or patient experience</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2BF8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC10B7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are proactively addressed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B15A7F3" w14:textId="77777777" w:rsidR="00C748F4" w:rsidRDefault="00C748F4" w:rsidP="00327BD4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="075D64DC" w14:textId="071780EF" w:rsidR="00D8267E" w:rsidRDefault="001F5F09" w:rsidP="001F5F09">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="000C07C3">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004F007D" w:rsidRPr="00976CA9">
         <w:t xml:space="preserve">The flowchart below </w:t>
       </w:r>
       <w:r w:rsidR="00ED3018">
         <w:t xml:space="preserve">is a </w:t>
       </w:r>
       <w:r w:rsidR="00327A58">
         <w:t xml:space="preserve">summary of </w:t>
       </w:r>
       <w:r w:rsidR="00266957">
         <w:t xml:space="preserve">required </w:t>
       </w:r>
       <w:r w:rsidR="00327A58">
         <w:t>actions</w:t>
       </w:r>
       <w:r w:rsidR="00266957">
         <w:t xml:space="preserve"> when completing</w:t>
       </w:r>
       <w:r w:rsidR="004F007D" w:rsidRPr="00976CA9">
-        <w:t xml:space="preserve"> a QIA. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004F007D" w:rsidRPr="00976CA9">
+        <w:t>a QIA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004F007D" w:rsidRPr="00976CA9">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08511980" w14:textId="5FCFA4CF" w:rsidR="001F5F09" w:rsidRDefault="001F5F09" w:rsidP="001F5F09">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="436A8DDC" wp14:editId="4C4F50E3">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Diagram 3" descr="The QIA Initial Screening Tool (Appendicies A &amp; B) will be undertaken by the Project Lead/appropriate person (in consultation with other relavent parties) and signed off by the project's Programme Lead. Please then send the signed QIA to the Associate Chief Nurse for logging. &#10;&#10;For domains on the Initial QIA with high risk scores of 8 or above, the Stage 2 QIA (Appendix C) must be completed. Stage 2 QIAs detailing mitigating actions for high risk domains are to be sent to the the Associate Chief Nurse for review prior to being signed off by the project's Programme Lead.&#10;&#10;The Project/Programme Lead will review, sign off and submit all completed Initial QIA &amp; Stage 2 QIA to the their relevant Programme Board for review alongside the project's other submissions.&#10;  &#10;The Project Lead will review the project's stages and note any arising risks leading to significant changes that indicate need for a new QIA. Such revised QIAs must follow the steps above, including submission to the relevant Programme Board for review in light of the project's revisions."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="436A8DDC" wp14:editId="124AD013">
+            <wp:extent cx="5941060" cy="2197100"/>
+            <wp:effectExtent l="0" t="19050" r="40640" b="12700"/>
+            <wp:docPr id="3" name="Diagram 3" descr="Image of a flowchart summary of required actions when completing a QIA. "/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId11" r:lo="rId12" r:qs="rId13" r:cs="rId14"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId12" r:lo="rId13" r:qs="rId14" r:cs="rId15"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF28399" w14:textId="77777777" w:rsidR="00AA1B3A" w:rsidRDefault="00AA1B3A" w:rsidP="001F5F09">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48FDB5DB" w14:textId="77777777" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="001F5F09">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44A6AF9B" w14:textId="17ACEB68" w:rsidR="00F00989" w:rsidRPr="001F5F09" w:rsidRDefault="00C20F62" w:rsidP="00E558A9">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">7. </w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001F5F09">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001F5F09" w:rsidRPr="001F5F09">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Communication, Monitoring and Review</w:t>
+        <w:t>Communication</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F5F09" w:rsidRPr="001F5F09">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>, Monitoring and Review</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49239819" w14:textId="77777777" w:rsidR="00E558A9" w:rsidRDefault="00E558A9" w:rsidP="00E558A9">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1725655B" w14:textId="64CCEB57" w:rsidR="00D023C5" w:rsidRDefault="00E558A9" w:rsidP="00D023C5">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>7.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -13240,53 +13601,55 @@
         <w:t xml:space="preserve"> is available to all staff via the </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk100519059"/>
       <w:r w:rsidR="00FE0D53">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00B02589">
         <w:t>Intranet</w:t>
       </w:r>
       <w:r w:rsidR="00925394">
         <w:t>, and to the public via the Internet</w:t>
       </w:r>
       <w:r w:rsidR="00B02589">
         <w:t>. The policy</w:t>
       </w:r>
       <w:r w:rsidR="00D023C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D5DAD">
         <w:t xml:space="preserve">and its location </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D023C5">
         <w:t>shall</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B02589">
         <w:t xml:space="preserve"> also</w:t>
       </w:r>
       <w:r w:rsidR="00D023C5">
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:r w:rsidR="00CB79C0">
         <w:t>made available</w:t>
       </w:r>
       <w:r w:rsidR="00D023C5">
         <w:t xml:space="preserve"> to all staff as determined by their line manager</w:t>
       </w:r>
       <w:r w:rsidR="004D5DAD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D023C5">
         <w:t xml:space="preserve">at induction </w:t>
       </w:r>
       <w:r w:rsidR="004D5DAD">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00D023C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00812AEA">
@@ -14125,65 +14488,56 @@
             </w:r>
             <w:r w:rsidR="009B0412" w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for QIA inclusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AD677C9" w14:textId="45CF49FF" w:rsidR="00E76B7D" w:rsidRPr="00AF08B4" w:rsidRDefault="00D17D41" w:rsidP="00DE6926">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Programme</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Lead</w:t>
+              <w:t>Programme Lead</w:t>
             </w:r>
             <w:r w:rsidR="00594C82" w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/SRO/</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="517F8633" w14:textId="55E0980D" w:rsidR="00C62B68" w:rsidRPr="00AF08B4" w:rsidRDefault="004D6494" w:rsidP="00DE6926">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -14349,67 +14703,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F6B7CF6" w14:textId="7CFFA1C2" w:rsidR="00C62B68" w:rsidRPr="00AF08B4" w:rsidRDefault="00E774A6" w:rsidP="00DE6926">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Board </w:t>
+              <w:t xml:space="preserve">The Programme Board </w:t>
             </w:r>
             <w:r w:rsidR="004648F2" w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for the directorate producing the</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F375AB" w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>project</w:t>
             </w:r>
             <w:r w:rsidR="004648F2" w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -14950,67 +15288,51 @@
               </w:rPr>
               <w:t>project’s QIA.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0436975E" w14:textId="6CF78C0C" w:rsidR="00494E39" w:rsidRPr="00AF08B4" w:rsidRDefault="003C3F60" w:rsidP="00DE6926">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF08B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Board for the directorate producing the project &amp; QIA</w:t>
+              <w:t>The Programme Board for the directorate producing the project &amp; QIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE155A" w14:paraId="0363EEB1" w14:textId="77777777" w:rsidTr="00F27BB8">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="137FA488" w14:textId="183CC296" w:rsidR="00C62B68" w:rsidRPr="00AF08B4" w:rsidRDefault="00334585" w:rsidP="00DE6926">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -15403,229 +15725,225 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00C041F5" w:rsidRPr="00C1099B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Staff Training</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C100EB0" w14:textId="77777777" w:rsidR="00C041F5" w:rsidRPr="00C1099B" w:rsidRDefault="00C041F5" w:rsidP="00AF2224">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59848EB4" w14:textId="77777777" w:rsidR="00C1099B" w:rsidRPr="00C1099B" w:rsidRDefault="00916CF0" w:rsidP="00F062A1">
+    <w:p w14:paraId="59848EB4" w14:textId="3E72DA10" w:rsidR="00C1099B" w:rsidRPr="00C1099B" w:rsidRDefault="00FB2BF8" w:rsidP="00F062A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C1099B">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> module is available at: </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Prior to starting a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>QIA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> please read</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2BF8">
+        <w:t xml:space="preserve"> the information on the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00FB2BF8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>QEIA Process &amp; Templates</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FB2BF8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2BF8">
+        <w:t>page on the NHS Futures website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B723AF6" w14:textId="77777777" w:rsidR="00C1099B" w:rsidRPr="00C1099B" w:rsidRDefault="00C1099B" w:rsidP="00C1099B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B203BE6" w14:textId="69606272" w:rsidR="00F328AD" w:rsidRPr="00C1099B" w:rsidRDefault="00F31B4E" w:rsidP="00C1099B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C1099B">
-        <w:t xml:space="preserve">All staff should </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+        <w:t xml:space="preserve">All staff should familiarise themselves with LICB’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00C1099B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Risk Management Framework</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C1099B">
         <w:t xml:space="preserve">, and undertake </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00C1099B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>risk  training</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C1099B">
         <w:t>, focusing on risk awareness and the process for reporting risks.</w:t>
       </w:r>
       <w:r w:rsidR="00362E7D" w:rsidRPr="00C1099B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14354E80" w14:textId="76B9C40B" w:rsidR="00F36A7C" w:rsidRDefault="00F36A7C" w:rsidP="00AF2224">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10AABDE5" w14:textId="27CA1BD4" w:rsidR="00354B48" w:rsidRDefault="00000000" w:rsidP="00C1099B">
+    <w:p w14:paraId="10AABDE5" w14:textId="27CA1BD4" w:rsidR="00354B48" w:rsidRDefault="00C04A44" w:rsidP="00C1099B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00C04A44" w:rsidRPr="007341C1">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="007341C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NHS England’s (NHSE) Impact Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C04A44" w:rsidRPr="00C1099B">
+      <w:r w:rsidRPr="00C1099B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00C04A44">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C446C0" w:rsidRPr="00C446C0">
-        <w:t xml:space="preserve">As part of NHS’s role supporting large scale change </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> of work. The Impact Framework has been developed based on approaches used by others in the field of developmental evaluation, tailored to support improvement work in complex systems.</w:t>
+        <w:t>As part of NHS’s role supporting large scale change programmes, the Impact Framework has been developed to systematically capture the impact of these programmes of work. The Impact Framework has been developed based on approaches used by others in the field of developmental evaluation, tailored to support improvement work in complex systems.</w:t>
       </w:r>
       <w:r w:rsidR="007B46DC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="069E932B" w14:textId="77777777" w:rsidR="00C1099B" w:rsidRDefault="00C1099B" w:rsidP="00C1099B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A7363D8" w14:textId="5B8086BA" w:rsidR="00C1099B" w:rsidRDefault="00C1099B" w:rsidP="00C1099B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>If you are new to Quality Improvement (QI), further QI training</w:t>
       </w:r>
       <w:r w:rsidR="007341C1">
         <w:t xml:space="preserve"> can be accessed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="007341C1" w:rsidRPr="007341C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HERE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007341C1">
         <w:t xml:space="preserve"> (available at the  time of this policy update).</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007341C1" w:rsidRPr="007341C1">
         <w:t>Based around the Model for Improvement</w:t>
       </w:r>
       <w:r w:rsidR="007341C1">
         <w:t xml:space="preserve"> or ‘PDSA Cycle</w:t>
       </w:r>
       <w:r w:rsidR="007341C1" w:rsidRPr="007341C1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007341C1">
         <w:t>’</w:t>
       </w:r>
@@ -15728,54 +16046,62 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Equality Impact Assessment to ensure that changes to services </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> commissioning decisions do </w:t>
       </w:r>
       <w:r w:rsidR="001D29B2">
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> discrim</w:t>
       </w:r>
       <w:r w:rsidR="003C5EA3">
         <w:t xml:space="preserve">inate against any </w:t>
       </w:r>
       <w:r w:rsidR="005F363C">
         <w:t>staff/</w:t>
       </w:r>
       <w:r w:rsidR="003C5EA3">
-        <w:t>population group</w:t>
+        <w:t xml:space="preserve">population </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003C5EA3">
+        <w:t>group</w:t>
       </w:r>
       <w:r w:rsidR="00BF6A0E">
-        <w:t xml:space="preserve">, but </w:t>
+        <w:t>, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BF6A0E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA2174">
         <w:t>ideally</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE4B35">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F363C" w:rsidRPr="005F363C">
         <w:t>promote</w:t>
       </w:r>
       <w:r w:rsidR="00BF6A0E">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="005F363C" w:rsidRPr="005F363C">
         <w:t xml:space="preserve"> equality of opportunity</w:t>
       </w:r>
       <w:r w:rsidR="00F47977">
         <w:t xml:space="preserve"> and patient </w:t>
       </w:r>
       <w:r w:rsidR="006A3B2E">
         <w:t>experience.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336D9F17" w14:textId="77777777" w:rsidR="00FC5BDE" w:rsidRDefault="00FC5BDE" w:rsidP="00FC5BDE">
       <w:pPr>
@@ -15963,142 +16289,134 @@
         </w:rPr>
         <w:t xml:space="preserve"> groups</w:t>
       </w:r>
       <w:r w:rsidRPr="00986CD7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49668B58" w14:textId="77777777" w:rsidR="00B67B90" w:rsidRDefault="00B67B90" w:rsidP="00B67B90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38AECE65" w14:textId="65F0545A" w:rsidR="00B67B90" w:rsidRDefault="005C11C0" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B67B90">
-        <w:t xml:space="preserve">In applying this policy, LICB will have due regard for the need to eliminate unlawful discrimination, harassment and </w:t>
-[...3 lines deleted...]
-        <w:t>victimi</w:t>
+        <w:t>In applying this policy, LICB will have due regard for the need to eliminate unlawful discrimination, harassment and victimi</w:t>
       </w:r>
       <w:r w:rsidR="00477A06">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B67B90">
-        <w:t>ation</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, in keeping with the </w:t>
+        <w:t xml:space="preserve">ation, in keeping with the </w:t>
       </w:r>
       <w:r w:rsidR="00354B48">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00B67B90">
         <w:t>Public Sector Equality Duty detailed in s.149 of the Equality Act 2010</w:t>
       </w:r>
       <w:r w:rsidR="002B105C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B105C" w:rsidRPr="002B105C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Ministry of Justice 2012)</w:t>
       </w:r>
       <w:r w:rsidRPr="002B105C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B67B90">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B564A7">
         <w:t>The attached</w:t>
       </w:r>
       <w:r w:rsidR="00B67B90" w:rsidRPr="00B67B90">
         <w:t xml:space="preserve"> Equality Impact Assessment has</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> therefore</w:t>
       </w:r>
       <w:r w:rsidR="00B67B90" w:rsidRPr="00B67B90">
         <w:t xml:space="preserve"> been completed in conjunction with the creation of this QIA policy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C427D3" w14:textId="6599765D" w:rsidR="00E431CB" w:rsidRPr="004E4B76" w:rsidRDefault="00DC737C" w:rsidP="004E4B76">
+    <w:p w14:paraId="46C427D3" w14:textId="3CD96910" w:rsidR="00E431CB" w:rsidRPr="004E4B76" w:rsidRDefault="00DC737C" w:rsidP="004E4B76">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_MON_1800113712"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00702A5E">
+      <w:r w:rsidR="00FB7066">
         <w:object w:dxaOrig="1508" w:dyaOrig="983" w14:anchorId="56155465">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Word document icon with text below reading 'Equality Impact Assessment v3.0'" style="width:77.1pt;height:51.6pt" o:ole="">
-            <v:imagedata r:id="rId20" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Embedded Word doc - Equality Impact Assessment" style="width:77pt;height:51.5pt" o:ole="">
+            <v:imagedata r:id="rId22" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1813385206" r:id="rId21">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1826451034" r:id="rId23">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FCBF8B2" w14:textId="77777777" w:rsidR="00AF2224" w:rsidRPr="00846A6B" w:rsidRDefault="00AF2224" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -16251,51 +16569,51 @@
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4C28">
         <w:t xml:space="preserve">Health and Care Act </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4C28">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00683A17">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4C28">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00AC6E50" w:rsidRPr="00AC6E50">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>health-and-care-act-2022-summary-and-additional-measures-impact-assessment.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="791FF3F8" w14:textId="16C2C636" w:rsidR="00DC01BC" w:rsidRPr="008A6417" w:rsidRDefault="006164D2" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -16316,158 +16634,158 @@
       <w:r w:rsidRPr="003A7E50">
         <w:t xml:space="preserve">ector </w:t>
       </w:r>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="003A7E50">
         <w:t xml:space="preserve">quality </w:t>
       </w:r>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="003A7E50">
         <w:t>uty</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6417">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">GOV.UK </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00A3205A" w:rsidRPr="00A3205A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.gov.uk/government/publications/public-sector-equality-duty</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3702BBC3" w14:textId="77777777" w:rsidR="00345A8D" w:rsidRDefault="0042208F" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>National Quality Board (20</w:t>
       </w:r>
       <w:r w:rsidR="00F02FD5">
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="00466E9D">
         <w:t>Shared Commitment to Quality.</w:t>
       </w:r>
       <w:r w:rsidRPr="00345A8D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> NHS Publications.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00345A8D" w:rsidRPr="00345A8D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nqb-refreshed-shared-commitment-to-quality.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00345A8D" w:rsidRPr="00345A8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036A5B77" w14:textId="644DF6A4" w:rsidR="008C046F" w:rsidRPr="005D115F" w:rsidRDefault="0091371B" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091371B">
-        <w:lastRenderedPageBreak/>
         <w:t>NHS Standard Contract 202</w:t>
       </w:r>
       <w:r w:rsidR="00473E2F">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0091371B">
         <w:t>/2</w:t>
       </w:r>
       <w:r w:rsidR="00473E2F">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00793C90">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C74CD8">
         <w:t xml:space="preserve"> Technical Guidance (202</w:t>
       </w:r>
       <w:r w:rsidR="00473E2F">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00C74CD8">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007333D4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00466E9D" w:rsidRPr="00345A8D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">NHS Publications. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00473E2F" w:rsidRPr="00473E2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NHS England » NHS Standard Contract 2024/25 – Technical guidance</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7B47C830" w14:textId="77777777" w:rsidR="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="400FA7FA" w14:textId="77777777" w:rsidR="00AF2224" w:rsidRPr="00846A6B" w:rsidRDefault="00AF2224" w:rsidP="00474CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -16862,103 +17180,169 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CE192E">
               <w:t>Quality &amp; Patient Experience Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41FB5110" w14:textId="77777777" w:rsidR="009E113D" w:rsidRDefault="009E113D" w:rsidP="00AF2224">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:sectPr w:rsidR="009E113D" w:rsidSect="00B1392D">
-          <w:footerReference w:type="default" r:id="rId26"/>
+          <w:footerReference w:type="default" r:id="rId28"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk99962315"/>
     </w:p>
     <w:p w14:paraId="6F153B21" w14:textId="7CBB8C1E" w:rsidR="008E4529" w:rsidRDefault="00F00989" w:rsidP="00AF2224">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="70D67232" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
+    <w:p w14:paraId="70FC6B5D" w14:textId="18177E95" w:rsidR="008A223F" w:rsidRDefault="008A223F" w:rsidP="00711BBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB5C119" w14:textId="18CB753B" w:rsidR="008A223F" w:rsidRDefault="008A223F" w:rsidP="00711BBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Before starting the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>QIA  please</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> read </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A223F">
+        <w:t>the information on the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="008A223F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>QEIA Process &amp; Templates</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008A223F">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A223F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A223F">
+        <w:t>page on the NHS Futures website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589C1D8E" w14:textId="77777777" w:rsidR="008A223F" w:rsidRDefault="008A223F" w:rsidP="00711BBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE7E73D" w14:textId="6BD9FF9B" w:rsidR="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
         <w:t xml:space="preserve">The QIA can be downloaded from the ICB’s Intranet at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00711BBF">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="008A223F" w:rsidRPr="00C97CD9">
           <w:rPr>
-            <w:color w:val="0000FF"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="467886"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
-          <w:t>Quality, Equality &amp; Health Equity Impact Assessment tools and guidance - Lincolnshire ICB</w:t>
+          <w:t>QIA Policy and Screening Tools</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DE7E73D" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
+    <w:p w14:paraId="2D9B3FA1" w14:textId="77777777" w:rsidR="008A223F" w:rsidRPr="00711BBF" w:rsidRDefault="008A223F" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="749F11C2" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -17037,177 +17421,268 @@
       <w:r w:rsidRPr="00711BBF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>adverse</w:t>
       </w:r>
       <w:r w:rsidRPr="00711BBF">
         <w:t xml:space="preserve"> impacts, add a score for likelihood (L) and consequence (C) (Appendix B). Multiply the likelihood and consequence scores and record that number as the total score (T), then enter yes or no regarding need for a Stage 2 QIA for any domains with scores of 8 or greater.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C7378C" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
         <w:t>Stage 2 QIA</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="7" w:name="_MON_1807344222"/>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="39AAC3A3" w14:textId="73E1694C" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00702A5E" w:rsidP="00711BBF">
+    <w:p w14:paraId="39AAC3A3" w14:textId="73322F80" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00FB7066" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
         <w:object w:dxaOrig="1508" w:dyaOrig="983" w14:anchorId="292D44E4">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Word document icon with text underneath that reads '4. Stage 2 Quality Impact Assessment v3'" style="width:75.3pt;height:49.2pt;mso-position-vertical:absolute" o:ole="">
-            <v:imagedata r:id="rId28" o:title=""/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Embedded Word doc - Stage 2 Quality Impact Assessment" style="width:75.5pt;height:49pt" o:ole="">
+            <v:imagedata r:id="rId31" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1026" DrawAspect="Icon" ObjectID="_1813385207" r:id="rId29">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1026" DrawAspect="Icon" ObjectID="_1826451035" r:id="rId32">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="67200C85" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="538D2F05" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
         <w:t xml:space="preserve">An Equality Impact Assessment (EIA) should also be completed and the EIA section at the end of the QIA initial screening tool updated.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A51B173" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9378"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B11726D" w14:textId="77777777" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
+    <w:p w14:paraId="6C0E8988" w14:textId="1E2D7045" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="00711BBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9378"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Completed QIA’s must be submitted via the submission portal on the NHS Futures website </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="004A3952">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>HERE</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3466FE5A" w14:textId="77777777" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="00711BBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9378"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B11726D" w14:textId="04BF27D0" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9378"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
-        <w:t>Please use either the QIA initial screening tool MS Word template or download the MS Excel version here:</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00711BBF">
+        <w:t>use either</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00711BBF">
+        <w:t xml:space="preserve"> the QIA initial screening tool MS Word template or download the MS Excel version here:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475F9DC8" w14:textId="24F0C0E9" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
+    <w:p w14:paraId="475F9DC8" w14:textId="450CB53E" w:rsidR="00711BBF" w:rsidRPr="00711BBF" w:rsidRDefault="00711BBF" w:rsidP="00711BBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9378"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00711BBF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_MON_1805707533"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00702A5E" w:rsidRPr="00711BBF">
-[...2 lines deleted...]
-            <v:imagedata r:id="rId30" o:title=""/>
+      <w:r w:rsidR="00FB7066">
+        <w:pict w14:anchorId="48B8B3CC">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="Embedded Excel doc - QIA Inital Sreening Tool" style="width:75pt;height:49pt">
+            <v:imagedata r:id="rId34" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_i1027" DrawAspect="Icon" ObjectID="_1813385208" r:id="rId31"/>
-        </w:object>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683F8607" w14:textId="77777777" w:rsidR="002F47F6" w:rsidRPr="002F47F6" w:rsidRDefault="002F47F6" w:rsidP="002F47F6">
+    <w:p w14:paraId="683F8607" w14:textId="77777777" w:rsidR="002F47F6" w:rsidRDefault="002F47F6" w:rsidP="002F47F6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9378"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFC62C2" w14:textId="77777777" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="002F47F6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9378"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB3DC0F" w14:textId="77777777" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="002F47F6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9378"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D52BA70" w14:textId="77777777" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="002F47F6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9378"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C1C40F" w14:textId="77777777" w:rsidR="004A3952" w:rsidRPr="002F47F6" w:rsidRDefault="004A3952" w:rsidP="002F47F6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9378"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5712B813" w14:textId="713DD9FE" w:rsidR="00483CF9" w:rsidRPr="00474CD4" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070BE"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00483CF9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070BE"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Please add details of your project here:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15168" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="11766"/>
       </w:tblGrid>
       <w:tr w:rsidR="00483CF9" w:rsidRPr="00483CF9" w14:paraId="1EEFF48A" w14:textId="77777777" w:rsidTr="005D115F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
@@ -17236,51 +17711,50 @@
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483CF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Programme or project being assessed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B9A0649" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00483CF9" w:rsidRPr="00483CF9" w14:paraId="4684FB35" w14:textId="77777777" w:rsidTr="005D115F">
         <w:tc>
           <w:tcPr>
@@ -17314,51 +17788,50 @@
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483CF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6B3760AF" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00483CF9" w:rsidRPr="00483CF9" w14:paraId="7295CBCC" w14:textId="77777777" w:rsidTr="005D115F">
         <w:tc>
           <w:tcPr>
@@ -17392,51 +17865,50 @@
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483CF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Contact person (name, Directorate, email, phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="56A0D199" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00483CF9" w:rsidRPr="00483CF9" w14:paraId="5219A0CA" w14:textId="77777777" w:rsidTr="005D115F">
         <w:tc>
           <w:tcPr>
@@ -17470,51 +17942,50 @@
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483CF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of strategic leader</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71F7FFB4" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE/>
               <w:spacing w:before="60" w:after="60"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="126107DB" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
       <w:pPr>
@@ -17554,51 +18025,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5525" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F771EA6" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483CF9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Quality Impact Assessment - Initial Screening Tool</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9643" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07DF81BA" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483CF9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -18548,143 +19018,134 @@
               <w:t>The duty to safeguard children and vulnerable adults</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B087505" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">The duty to promote equality – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:anchor="public-sector-equality-duty" w:history="1">
+            <w:hyperlink r:id="rId35" w:anchor="public-sector-equality-duty" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Public Sector Equality Duty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3E7E4058" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">The functions of other services within the </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>The functions of other services within the organisation</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0C774FCE" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">The clinical effectiveness of services </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="583D5186" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">National Quality Board (NQB) Indicators – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>NQB shared commitment to quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="436D6AA8" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
@@ -18699,51 +19160,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="57A174DD" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="120" w:after="120"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Compliance with NHS constitution’s 7 core principles - see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>NHS Constitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="09995BD1" w14:textId="680D2736" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="005F4238">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
@@ -18936,104 +19397,95 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4392" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="21DC39A7" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Avoidable harm; clinical, environmental or other – See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:anchor=":~:text=Common%20adverse%20events%20that%20may,blood%20transfusion%20and%20venous%20thromboembolism." w:history="1">
+            <w:hyperlink r:id="rId38" w:anchor=":~:text=Common%20adverse%20events%20that%20may,blood%20transfusion%20and%20venous%20thromboembolism." w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">World Health </w:t>
+                <w:t>World Health Organisation</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="189C7331" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Infection prevention and control practices, systems, statutory expectations and acceptable standards – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>NHSE IP&amp;C Manual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44FBE921" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
@@ -19051,69 +19503,69 @@
               </w:rPr>
               <w:t xml:space="preserve">Referral to treatment times </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F2B7806" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Safeguarding Adults, Young People &amp; Children – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:anchor=":~:text=Safeguarding%20means%20protecting%20a%20citizen's,providing%20high-quality%20health%20care." w:history="1">
+            <w:hyperlink r:id="rId40" w:anchor=":~:text=Safeguarding%20means%20protecting%20a%20citizen's,providing%20high-quality%20health%20care." w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>NHSE Safeguarding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Lincs ICB Safeguarding Team</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="11A83A46" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -19314,51 +19766,50 @@
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="00663FE6" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Patient / Staff experience</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DAE1B11" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4392" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="62380A2D" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -19713,51 +20164,51 @@
             <w:tcW w:w="4392" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="63D55AB5" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Evidence based practice &amp; standards – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>NICE guidance, advice and quality standards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0B05AD05" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
@@ -19791,97 +20242,61 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical leadership and engagement </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A995B24" w14:textId="77777777" w:rsidR="005F4238" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="00474CD4">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicines safety and </w:t>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+              <w:t xml:space="preserve">Medicines safety and optimisation – see </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LICB Medicines </w:t>
-[...19 lines deleted...]
-                <w:t xml:space="preserve"> and Prescribing</w:t>
+                <w:t>LICB Medicines Optimisation and Prescribing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7FB23F98" w14:textId="484A496C" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="005F4238" w:rsidP="005F4238">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Any other risk indicators relevant to clinical effectiveness:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="430" w:type="dxa"/>
             <w:tcMar>
@@ -20122,69 +20537,53 @@
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Impact on staff satisfaction and welfare </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40F1CECB" w14:textId="77777777" w:rsidR="00836DD4" w:rsidRPr="005F4238" w:rsidRDefault="00836DD4" w:rsidP="00474CD4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Impact on the public perception of the </w:t>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+              <w:t xml:space="preserve">Impact on the public perception of the organisation – liaise with </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="005F4238">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>LICB Comms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="02723B16" w14:textId="77777777" w:rsidR="00474CD4" w:rsidRDefault="00836DD4" w:rsidP="00474CD4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
@@ -20356,339 +20755,332 @@
       <w:tr w:rsidR="00836DD4" w:rsidRPr="00483CF9" w14:paraId="3B7E2613" w14:textId="58954C9E" w:rsidTr="00836DD4">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5051BA8C" w14:textId="77777777" w:rsidR="00836DD4" w:rsidRPr="005F4238" w:rsidRDefault="00836DD4" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>EQUALITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ECD0D26" w14:textId="3AF6090C" w:rsidR="00836DD4" w:rsidRPr="005F4238" w:rsidRDefault="00836DD4" w:rsidP="00836DD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">An Equality Impact Assessment must also be </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="10" w:name="_MON_1800112778"/>
         <w:bookmarkEnd w:id="10"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8365" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A928A1" w14:textId="2A6486EA" w:rsidR="00836DD4" w:rsidRPr="005F4238" w:rsidRDefault="00702A5E" w:rsidP="00836DD4">
+          <w:p w14:paraId="72A928A1" w14:textId="22457124" w:rsidR="00836DD4" w:rsidRPr="005F4238" w:rsidRDefault="00FB7066" w:rsidP="00836DD4">
             <w:pPr>
               <w:ind w:left="2442"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:object w:dxaOrig="1508" w:dyaOrig="983" w14:anchorId="25EC6BFC">
-                <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="Word document icon with text underneath reading 'Equality Impact Assessment v3.0'" style="width:77.1pt;height:51.6pt" o:ole="">
-                  <v:imagedata r:id="rId20" o:title=""/>
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" alt="Embedded Word doc - Equality Impact Assessment" style="width:77pt;height:51.5pt" o:ole="">
+                  <v:imagedata r:id="rId22" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1028" DrawAspect="Icon" ObjectID="_1813385209" r:id="rId42">
+                <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1028" DrawAspect="Icon" ObjectID="_1826451036" r:id="rId45">
                   <o:FieldCodes>\s</o:FieldCodes>
                 </o:OLEObject>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00483CF9" w:rsidRPr="00483CF9" w14:paraId="7C8BFDCC" w14:textId="77777777" w:rsidTr="00836DD4">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71877460" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of person completing </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74888008" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>the Equality Impact Assessment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5183" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A4A82C" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4ED45DCD" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2082" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="441F55B1" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4393" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01274770" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F4238">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AEC48E3" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35B504F5" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="005F4238" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00483CF9" w:rsidRPr="00483CF9" w14:paraId="0C0872D3" w14:textId="77777777" w:rsidTr="00836DD4">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2194704D" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00836DD4" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836DD4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5183" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10B4A0C3" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2082" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C88165A" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4393" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BCE7FC5" w14:textId="77777777" w:rsidR="00483CF9" w:rsidRPr="00483CF9" w:rsidRDefault="00483CF9" w:rsidP="00483CF9">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F46B643" w14:textId="77777777" w:rsidR="00743E54" w:rsidRDefault="00743E54" w:rsidP="005F39AB">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -20703,51 +21095,50 @@
     <w:p w14:paraId="27AD6268" w14:textId="6E7CA805" w:rsidR="005F39AB" w:rsidRDefault="005F39AB" w:rsidP="005F39AB">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Appendix B</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5457729A" w14:textId="7D98B8F5" w:rsidR="005F39AB" w:rsidRDefault="005F39AB" w:rsidP="00105750">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061FCFCC" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -20950,111 +21341,108 @@
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Table 1 – Likelihood score (risk occurring during the next year) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="5C2DDECA" w14:textId="77777777" w:rsidTr="00255596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44445A32" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Likelihood score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D4518FE" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Probability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EDC802C" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Description/Frequency</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="366CF13C" w14:textId="77777777" w:rsidTr="00255596">
@@ -21599,187 +21987,182 @@
               <w:t xml:space="preserve">Table 2 - </w:t>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="_Hlk100134791"/>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Consequence score (severity levels) </w:t>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="5EC75728" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B19288" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Consequence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="024F34EA" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33ADAFC1" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Descriptor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="293C422E" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Risk to patients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07C398A2" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Organisational impact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75C341FC" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Personal injury</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="6A1782F3" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
@@ -22041,51 +22424,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF9900"/>
           </w:tcPr>
           <w:p w14:paraId="23079C2A" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF9900"/>
           </w:tcPr>
           <w:p w14:paraId="75FEC2B5" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
@@ -22744,311 +23126,304 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Table 3 - Risk (5 x 5) Matrix</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="5B3B2169" w14:textId="77777777" w:rsidTr="00255596">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15163" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C942ACE" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Likelihood</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="27B5DA8A" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2811" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="067DADA9" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1295" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E7BF12E" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Rare</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13E041D0" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D4982B6" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Unlikely</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="282831CC" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="290B22FF" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Possible</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B4A59D8" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E6578B3" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Likely</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75D464EF" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="703112F7" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Almost Certain</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25B18E89" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
@@ -23086,51 +23461,50 @@
           <w:p w14:paraId="068D9F87" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Consequence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="022DA4C9" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
@@ -23291,51 +23665,50 @@
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="51BE43CA" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B3B8117" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
@@ -23502,51 +23875,50 @@
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="779F5EF4" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="380AB771" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
@@ -23716,51 +24088,50 @@
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6C634776" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37B975F3" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
@@ -23930,51 +24301,50 @@
         <w:trPr>
           <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="596" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="5AFC5ADD" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E36B152" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
@@ -24518,296 +24888,286 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Table 5 - Risk Scoring Recap </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="7A908BCD" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18EE28AE" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="039B5ECD" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Define the risks in terms of the positive, neutral and adverse consequences that might arise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="4DDD3CB8" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1650338F" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DD6A0A3" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:t>Use table 1 to determine the consequence score for any adverse or neutral risks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="25202C50" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B6F3ED4" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35CA18A4" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:t>Use table 2 to determine the likelihood scores for any adverse or neutral risks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="37A76158" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E50BFA5" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AD4FAD3" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Calculate the risk score by multiplying the consequence by the likelihood scores, so that </w:t>
             </w:r>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>consequence x likelihood = risk score</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="5A69ADE7" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B4E4E01" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76133874" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:widowControl/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Complete a Stage 2 QIA for domains with a combined impact score of 8 or greater</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -24984,51 +25344,50 @@
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B389C10" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Table 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C7DD1F" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
@@ -25933,69 +26292,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BE16B43" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">An event which impacts on </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> patients </w:t>
+              <w:t xml:space="preserve">An event which impacts on a large number of patients </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="443E617B" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="2215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7A0B11FB" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -26618,71 +26959,52 @@
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="282E823A" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human resources/ </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> development/staffing/ competence </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Human resources/ organisational development/staffing/ competence </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B46BD0B" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -27389,82 +27711,80 @@
           <w:p w14:paraId="4A8C3193" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F56ABC4" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Critical report </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E4342B"/>
           </w:tcPr>
           <w:p w14:paraId="3B087677" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Multiple breeches in statutory duty </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EB57B3C" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23459BFE" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -27533,127 +27853,115 @@
           <w:p w14:paraId="133BCA3F" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77CA8A2E" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Severely critical report </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04516" w:rsidRPr="00B04516" w14:paraId="46C0FA96" w14:textId="77777777" w:rsidTr="00255596">
         <w:trPr>
           <w:trHeight w:val="1308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7174CD64" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Adverse publicity/ reputation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28F85DA1" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Rumours</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Rumours </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B2CBD55" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-2315"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E684988" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -28526,51 +28834,69 @@
           <w:p w14:paraId="752C04BD" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34BECC42" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Failure to meet specification/ slippage </w:t>
+              <w:t xml:space="preserve">Failure to meet </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B04516">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>specification</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B04516">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ slippage </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16AED4B9" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C238164" w14:textId="77777777" w:rsidR="00B04516" w:rsidRPr="00B04516" w:rsidRDefault="00B04516" w:rsidP="00B04516">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B04516">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
@@ -28937,75 +29263,93 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Catastrophic impact on environment </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="661A3E13" w14:textId="17CC4901" w:rsidR="00687079" w:rsidRDefault="00687079" w:rsidP="0093409C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F0D018" w14:textId="24AB452E" w:rsidR="0093409C" w:rsidRDefault="0093409C" w:rsidP="0093409C">
+    <w:p w14:paraId="3A0759BD" w14:textId="77777777" w:rsidR="004A3952" w:rsidRDefault="004A3952" w:rsidP="0093409C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F0D018" w14:textId="358B3F47" w:rsidR="0093409C" w:rsidRDefault="0093409C" w:rsidP="0093409C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix C</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8875D8" w14:textId="77777777" w:rsidR="004D4350" w:rsidRPr="004D4350" w:rsidRDefault="004D4350" w:rsidP="0093409C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E305C22" w14:textId="77777777" w:rsidR="00530868" w:rsidRPr="004D4350" w:rsidRDefault="00530868" w:rsidP="0093409C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -29230,51 +29574,50 @@
       </w:r>
       <w:r w:rsidR="005D0CFB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.’ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7999E821" w14:textId="7BE96EC0" w:rsidR="005D0CFB" w:rsidRDefault="005D0CFB" w:rsidP="0093409C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB7788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>is a blank</w:t>
       </w:r>
       <w:r w:rsidR="00B55218">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stage 2 QIA table. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F3B910" w14:textId="66C46C88" w:rsidR="0093409C" w:rsidRDefault="0093409C" w:rsidP="00921796">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
@@ -29502,96 +29845,94 @@
             <w:tcW w:w="3973" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71AF6A53" w14:textId="77777777" w:rsidR="00FA1882" w:rsidRPr="00FA1882" w:rsidRDefault="00FA1882" w:rsidP="00FA1882">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1882">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NAME OF QIA ASSESSOR AND ROLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11331" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F70D2CC" w14:textId="77777777" w:rsidR="00FA1882" w:rsidRPr="00FA1882" w:rsidRDefault="00FA1882" w:rsidP="00FA1882">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1882" w:rsidRPr="00FA1882" w14:paraId="26DF3E70" w14:textId="77777777" w:rsidTr="00B81459">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3973" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00C367A2" w14:textId="77777777" w:rsidR="00FA1882" w:rsidRPr="00FA1882" w:rsidRDefault="00FA1882" w:rsidP="00FA1882">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA1882">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">DATE OF ASSESSMENT </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11331" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="636B4FBF" w14:textId="04F899DA" w:rsidR="00FA1882" w:rsidRPr="00FA1882" w:rsidRDefault="00FA1882" w:rsidP="00FA1882">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1436809D" w14:textId="77777777" w:rsidR="0093409C" w:rsidRDefault="0093409C" w:rsidP="0093409C"/>
     <w:p w14:paraId="17E3D3E3" w14:textId="77777777" w:rsidR="000C04B1" w:rsidRDefault="000C04B1" w:rsidP="0093409C"/>
     <w:p w14:paraId="1CAA14ED" w14:textId="533E5E6E" w:rsidR="00DA1C5F" w:rsidRPr="00DA1C5F" w:rsidRDefault="00DA1C5F" w:rsidP="0093409C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -29995,50 +30336,51 @@
       <w:tr w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w14:paraId="2AE14194" w14:textId="77777777" w:rsidTr="00B81459">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27802F30" w14:textId="7200B6C3" w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w:rsidRDefault="00194EC5" w:rsidP="00A25AB5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041899">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00041899" w:rsidRPr="00041899">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>XAMPLE</w:t>
             </w:r>
             <w:r w:rsidRPr="00041899">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
@@ -30241,62 +30583,62 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w14:paraId="565AB3C4" w14:textId="77777777" w:rsidTr="00B81459">
         <w:trPr>
           <w:trHeight w:val="1910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E9D9000" w14:textId="77777777" w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w:rsidRDefault="00A25AB5" w:rsidP="00474CD4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_Hlk188464783"/>
             <w:r w:rsidRPr="00A25AB5">
               <w:t xml:space="preserve">The duty to safeguard children and vulnerable adults </w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="00A25AB5">
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:anchor=":~:text=NHS%20Lincolnshire%20Integrated%20Care%20Board,commission%20are%20safe%20and%20effective." w:history="1">
+            <w:hyperlink r:id="rId46" w:anchor=":~:text=NHS%20Lincolnshire%20Integrated%20Care%20Board,commission%20are%20safe%20and%20effective." w:history="1">
               <w:r w:rsidRPr="00A25AB5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>LICB</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A25AB5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="00A25AB5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>LGA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5255" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="57BB4CCE" w14:textId="55270A49" w:rsidR="00041899" w:rsidRPr="00041899" w:rsidRDefault="00041899" w:rsidP="00A25AB5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041899">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -30472,60 +30814,51 @@
       </w:tr>
       <w:tr w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w14:paraId="3E0FB19D" w14:textId="77777777" w:rsidTr="00B81459">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="71A2F928" w14:textId="77777777" w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w:rsidRDefault="00A25AB5" w:rsidP="00A25AB5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A25AB5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notes – The above mixed-model mitigations, if implemented, indicate minor consequences (2) that could possibly (3) occur, resulting in an </w:t>
-[...8 lines deleted...]
-              <w:t>overall impact score of 6</w:t>
+              <w:t>Notes – The above mixed-model mitigations, if implemented, indicate minor consequences (2) that could possibly (3) occur, resulting in an overall impact score of 6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7045BA79" w14:textId="7CB4E63D" w:rsidR="00A25AB5" w:rsidRPr="00A25AB5" w:rsidRDefault="00A25AB5" w:rsidP="00A25AB5">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="14"/>
     </w:tbl>
     <w:p w14:paraId="4E5EB7C9" w14:textId="77777777" w:rsidR="00921796" w:rsidRDefault="00921796" w:rsidP="0093409C"/>
     <w:p w14:paraId="28C023A8" w14:textId="417BCBA2" w:rsidR="00DA1C5F" w:rsidRPr="00C2616F" w:rsidRDefault="00DA1C5F" w:rsidP="0093409C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA1C5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -31138,162 +31471,161 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>The duty to safeguard children and vulnerable adults</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D0409C3" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">The duty to promote equality – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:anchor="public-sector-equality-duty" w:history="1">
+            <w:hyperlink r:id="rId48" w:anchor="public-sector-equality-duty" w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>Public Sector Equality Duty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1EF787A3" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">The functions of other services within the </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>The functions of other services within the organisation</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="191B2D31" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">The clinical effectiveness of services </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42A17463" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">National Quality Board (NQB) Indicators – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>NQB shared commitment to quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="46FACDA9" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Patient and public experiences of services </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EB0A21D" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Compliance with NHS constitution’s 7 core principles - see </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+              <w:t xml:space="preserve">Compliance with NHS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00852B03">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">constitution’s 7 core principles - see </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>NHS Constitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7BFB3B39" w14:textId="79480494" w:rsidR="00C05178" w:rsidRPr="00C05178" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Any other factors related to the duty to uphold and improve quality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5255" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="23236401" w14:textId="77777777" w:rsidR="00C05178" w:rsidRPr="00C05178" w:rsidRDefault="00C05178" w:rsidP="00C05178">
             <w:pPr>
@@ -31303,51 +31635,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2D23C654" w14:textId="64378051" w:rsidR="00C05178" w:rsidRPr="00C05178" w:rsidRDefault="00C05178" w:rsidP="00C05178">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C05178" w:rsidRPr="00C05178" w14:paraId="555E5439" w14:textId="77777777" w:rsidTr="00852B03">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF3C877" w14:textId="3EE57E1A" w:rsidR="00C05178" w:rsidRPr="00852B03" w:rsidRDefault="00C05178" w:rsidP="00C05178">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C05178">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r w:rsidR="00852B03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
@@ -31730,51 +32061,50 @@
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="5CDBBD4C" w14:textId="77777777" w:rsidTr="008430BE">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F05AA09" w14:textId="0A193E85" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="00852B03" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Patient Safety</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2758F868" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
@@ -31904,156 +32234,147 @@
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="61A40D78" w14:textId="77777777" w:rsidTr="008430BE">
         <w:trPr>
           <w:trHeight w:val="1910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="063AE3AC" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Avoidable harm; clinical, environmental or other – See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:anchor=":~:text=Common%20adverse%20events%20that%20may,blood%20transfusion%20and%20venous%20thromboembolism." w:history="1">
+            <w:hyperlink r:id="rId51" w:anchor=":~:text=Common%20adverse%20events%20that%20may,blood%20transfusion%20and%20venous%20thromboembolism." w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
-                <w:t xml:space="preserve">World Health </w:t>
+                <w:t>World Health Organisation</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C3CFAC7" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Infection prevention and control practices, systems, statutory expectations and acceptable standards – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>NHSE IP&amp;C Manual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A6D6E18" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Referral to treatment times </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03258BB4" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Safeguarding Adults, Young People &amp; Children – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:anchor=":~:text=Safeguarding%20means%20protecting%20a%20citizen's,providing%20high-quality%20health%20care." w:history="1">
+            <w:hyperlink r:id="rId53" w:anchor=":~:text=Safeguarding%20means%20protecting%20a%20citizen's,providing%20high-quality%20health%20care." w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>NHSE Safeguarding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00852B03">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>Lincs ICB Safeguarding Team</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="526D2AF7" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Workforce levels and competencies </w:t>
             </w:r>
@@ -32080,51 +32401,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="418D37D7" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="030ABDC0" w14:textId="77777777" w:rsidTr="00852B03">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03AC461F" w14:textId="05802074" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D115F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes – </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="28C75890" w14:textId="77777777" w:rsidTr="008430BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
@@ -32663,50 +32983,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="42FF55B8" w14:textId="77777777" w:rsidTr="008430BE">
         <w:trPr>
           <w:trHeight w:val="1910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B48DC65" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Informed choice, autonomy, and involvement </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="553BD798" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B03">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Access to services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73CAD84E" w14:textId="77777777" w:rsidR="00852B03" w:rsidRPr="00852B03" w:rsidRDefault="00852B03" w:rsidP="00852B03">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -32800,67 +33121,65 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="67BC6F1B" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="01E69585" w14:textId="77777777" w:rsidTr="005D115F">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="019D12CB" w14:textId="2A9E8A5A" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D115F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Notes – </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="1E0C4ACC" w14:textId="77777777" w:rsidTr="008430BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="357D734B" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28BCC5CF" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
@@ -33385,51 +33704,51 @@
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="110B1CD5" w14:textId="77777777" w:rsidTr="008430BE">
         <w:trPr>
           <w:trHeight w:val="1910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4287F8FE" w14:textId="77777777" w:rsidR="00C2616F" w:rsidRPr="00C2616F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Evidence based practice &amp; standards – see </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="00C2616F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>NICE guidance, advice and quality standards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7568039C" w14:textId="77777777" w:rsidR="00C2616F" w:rsidRPr="00C2616F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Clinical outcomes</w:t>
@@ -33446,137 +33765,106 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical leadership and engagement </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5139F447" w14:textId="37633086" w:rsidR="00C2616F" w:rsidRPr="00C2616F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicines safety and </w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+              <w:t xml:space="preserve">Medicines safety and optimisation – see </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="00C2616F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
-                <w:t xml:space="preserve">LICB Medicines </w:t>
-[...15 lines deleted...]
-                <w:t xml:space="preserve"> and Prescribing</w:t>
+                <w:t>LICB Medicines Optimisation and Prescribing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7114D71B" w14:textId="6EA5299A" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Any other risk indicators relevant to clinical effectiveness:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5255" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="478D25BD" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0CED921D" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="4930841C" w14:textId="77777777" w:rsidTr="005D115F">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="150DB048" w14:textId="734953BA" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D115F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes – </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="0ACD816E" w14:textId="77777777" w:rsidTr="008430BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3529" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -34168,345 +34456,321 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Impact on staff satisfaction and welfare </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BB65C8E" w14:textId="77777777" w:rsidR="00C2616F" w:rsidRPr="00C2616F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Impact on the public perception of the </w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+              <w:t xml:space="preserve">Impact on the public perception of the organisation – liaise with </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="00C2616F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>LICB Comms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4E09B4C3" w14:textId="77777777" w:rsidR="00C2616F" w:rsidRPr="00C2616F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Social value impact</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="514F0A75" w14:textId="65687C5F" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="00C2616F" w:rsidP="00C2616F">
             <w:r w:rsidRPr="00C2616F">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Relationships with partner </w:t>
-[...7 lines deleted...]
-              <w:t>organisations</w:t>
+              <w:t>Relationships with partner organisations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5255" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="6051156D" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="21AFD828" w14:textId="77777777" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D115F" w:rsidRPr="005D115F" w14:paraId="4E713124" w14:textId="77777777" w:rsidTr="005D115F">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="397812AC" w14:textId="6F38BCE3" w:rsidR="005D115F" w:rsidRPr="005D115F" w:rsidRDefault="005D115F" w:rsidP="005D115F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D115F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes – </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43321C64" w14:textId="77777777" w:rsidR="00C05178" w:rsidRPr="00BE57B4" w:rsidRDefault="00C05178" w:rsidP="0093409C"/>
     <w:sectPr w:rsidR="00C05178" w:rsidRPr="00BE57B4" w:rsidSect="009E113D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C2B30F4" w14:textId="77777777" w:rsidR="00CD7FAC" w:rsidRDefault="00CD7FAC" w:rsidP="00E655CF">
+    <w:p w14:paraId="002F5B02" w14:textId="77777777" w:rsidR="0093244F" w:rsidRDefault="0093244F" w:rsidP="00E655CF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="624CD0AC" w14:textId="77777777" w:rsidR="00CD7FAC" w:rsidRDefault="00CD7FAC" w:rsidP="00E655CF">
+    <w:p w14:paraId="5EB4F4D7" w14:textId="77777777" w:rsidR="0093244F" w:rsidRDefault="0093244F" w:rsidP="00E655CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1226575362"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="52D3527E" w14:textId="77777777" w:rsidR="00F36A7C" w:rsidRDefault="00F36A7C">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Page | </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46F106F4" w14:textId="77777777" w:rsidR="00CD7FAC" w:rsidRDefault="00CD7FAC" w:rsidP="00E655CF">
+    <w:p w14:paraId="145F1EFE" w14:textId="77777777" w:rsidR="0093244F" w:rsidRDefault="0093244F" w:rsidP="00E655CF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7268E21C" w14:textId="77777777" w:rsidR="00CD7FAC" w:rsidRDefault="00CD7FAC" w:rsidP="00E655CF">
+    <w:p w14:paraId="22D93476" w14:textId="77777777" w:rsidR="0093244F" w:rsidRDefault="0093244F" w:rsidP="00E655CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02540F65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A44463C8"/>
-    <w:lvl w:ilvl="0" w:tplc="66C2AC98">
+    <w:tmpl w:val="71C4F064"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="H2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
@@ -36288,51 +36552,51 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1917864551">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1551459969">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="318733013">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1799759898">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2023819584">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1655913867">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F24E9"/>
     <w:rsid w:val="00000950"/>
     <w:rsid w:val="0000107A"/>
     <w:rsid w:val="000017FC"/>
@@ -36576,51 +36840,50 @@
     <w:rsid w:val="001B0B31"/>
     <w:rsid w:val="001B11A6"/>
     <w:rsid w:val="001B1BDD"/>
     <w:rsid w:val="001B262C"/>
     <w:rsid w:val="001B3FEE"/>
     <w:rsid w:val="001B625F"/>
     <w:rsid w:val="001B65D4"/>
     <w:rsid w:val="001B6788"/>
     <w:rsid w:val="001B7B9B"/>
     <w:rsid w:val="001B7E59"/>
     <w:rsid w:val="001C015C"/>
     <w:rsid w:val="001C0A4F"/>
     <w:rsid w:val="001C0A53"/>
     <w:rsid w:val="001C0D97"/>
     <w:rsid w:val="001C1256"/>
     <w:rsid w:val="001C42AA"/>
     <w:rsid w:val="001C4A27"/>
     <w:rsid w:val="001C7234"/>
     <w:rsid w:val="001D29B2"/>
     <w:rsid w:val="001D41B9"/>
     <w:rsid w:val="001D510C"/>
     <w:rsid w:val="001E0CBE"/>
     <w:rsid w:val="001E11A2"/>
     <w:rsid w:val="001E27DE"/>
     <w:rsid w:val="001E3AC5"/>
-    <w:rsid w:val="001E432C"/>
     <w:rsid w:val="001E56C8"/>
     <w:rsid w:val="001E5C90"/>
     <w:rsid w:val="001E61F2"/>
     <w:rsid w:val="001E6DD2"/>
     <w:rsid w:val="001E7A85"/>
     <w:rsid w:val="001F0697"/>
     <w:rsid w:val="001F2A17"/>
     <w:rsid w:val="001F2C2F"/>
     <w:rsid w:val="001F2E6E"/>
     <w:rsid w:val="001F2F7D"/>
     <w:rsid w:val="001F3A83"/>
     <w:rsid w:val="001F499E"/>
     <w:rsid w:val="001F5F09"/>
     <w:rsid w:val="00200000"/>
     <w:rsid w:val="00200825"/>
     <w:rsid w:val="002011DE"/>
     <w:rsid w:val="002017D6"/>
     <w:rsid w:val="00201A18"/>
     <w:rsid w:val="00202474"/>
     <w:rsid w:val="00202790"/>
     <w:rsid w:val="00203B50"/>
     <w:rsid w:val="00204362"/>
     <w:rsid w:val="00204378"/>
     <w:rsid w:val="002045A8"/>
     <w:rsid w:val="00204A17"/>
@@ -36653,50 +36916,51 @@
     <w:rsid w:val="00243420"/>
     <w:rsid w:val="00245F6B"/>
     <w:rsid w:val="0024635A"/>
     <w:rsid w:val="00252210"/>
     <w:rsid w:val="00252EB6"/>
     <w:rsid w:val="002541EA"/>
     <w:rsid w:val="002547E1"/>
     <w:rsid w:val="00256FC2"/>
     <w:rsid w:val="00257588"/>
     <w:rsid w:val="002578E7"/>
     <w:rsid w:val="002604D2"/>
     <w:rsid w:val="002604FA"/>
     <w:rsid w:val="00264108"/>
     <w:rsid w:val="0026517A"/>
     <w:rsid w:val="00266073"/>
     <w:rsid w:val="00266957"/>
     <w:rsid w:val="0026697E"/>
     <w:rsid w:val="002672F0"/>
     <w:rsid w:val="00273485"/>
     <w:rsid w:val="002762AA"/>
     <w:rsid w:val="002801F8"/>
     <w:rsid w:val="00282279"/>
     <w:rsid w:val="00282794"/>
     <w:rsid w:val="00283012"/>
     <w:rsid w:val="0028314E"/>
+    <w:rsid w:val="00284C66"/>
     <w:rsid w:val="00285394"/>
     <w:rsid w:val="002855A7"/>
     <w:rsid w:val="00285A5F"/>
     <w:rsid w:val="00291832"/>
     <w:rsid w:val="00291B12"/>
     <w:rsid w:val="00291B5D"/>
     <w:rsid w:val="00292A7D"/>
     <w:rsid w:val="00293EF9"/>
     <w:rsid w:val="00294024"/>
     <w:rsid w:val="00295893"/>
     <w:rsid w:val="00296890"/>
     <w:rsid w:val="002A016C"/>
     <w:rsid w:val="002A0193"/>
     <w:rsid w:val="002A25AE"/>
     <w:rsid w:val="002A7773"/>
     <w:rsid w:val="002B073A"/>
     <w:rsid w:val="002B0B51"/>
     <w:rsid w:val="002B105C"/>
     <w:rsid w:val="002B14B4"/>
     <w:rsid w:val="002B317A"/>
     <w:rsid w:val="002B7C30"/>
     <w:rsid w:val="002B7ED7"/>
     <w:rsid w:val="002C0773"/>
     <w:rsid w:val="002C0C22"/>
     <w:rsid w:val="002C1CAE"/>
@@ -36743,50 +37007,51 @@
     <w:rsid w:val="00312DD7"/>
     <w:rsid w:val="0031334F"/>
     <w:rsid w:val="00313445"/>
     <w:rsid w:val="003137A7"/>
     <w:rsid w:val="00316E4A"/>
     <w:rsid w:val="0031757E"/>
     <w:rsid w:val="00320B83"/>
     <w:rsid w:val="003210C4"/>
     <w:rsid w:val="003211F4"/>
     <w:rsid w:val="00322992"/>
     <w:rsid w:val="00322C51"/>
     <w:rsid w:val="00322DBD"/>
     <w:rsid w:val="00324575"/>
     <w:rsid w:val="00325952"/>
     <w:rsid w:val="003266C7"/>
     <w:rsid w:val="00327A58"/>
     <w:rsid w:val="00327BD4"/>
     <w:rsid w:val="003341CF"/>
     <w:rsid w:val="00334585"/>
     <w:rsid w:val="00334DB6"/>
     <w:rsid w:val="00334DCF"/>
     <w:rsid w:val="00336E08"/>
     <w:rsid w:val="00336EF6"/>
     <w:rsid w:val="0034167D"/>
     <w:rsid w:val="00341886"/>
+    <w:rsid w:val="00341AC5"/>
     <w:rsid w:val="00343C31"/>
     <w:rsid w:val="003454EC"/>
     <w:rsid w:val="00345A8D"/>
     <w:rsid w:val="00345CA2"/>
     <w:rsid w:val="003465E9"/>
     <w:rsid w:val="00347A6B"/>
     <w:rsid w:val="00347E21"/>
     <w:rsid w:val="003519DA"/>
     <w:rsid w:val="00351A59"/>
     <w:rsid w:val="00351A5D"/>
     <w:rsid w:val="003521BA"/>
     <w:rsid w:val="00354B48"/>
     <w:rsid w:val="00355A60"/>
     <w:rsid w:val="003569F3"/>
     <w:rsid w:val="00357DF5"/>
     <w:rsid w:val="00362E7D"/>
     <w:rsid w:val="00362EAF"/>
     <w:rsid w:val="0036313F"/>
     <w:rsid w:val="00363FA9"/>
     <w:rsid w:val="00364464"/>
     <w:rsid w:val="003644A4"/>
     <w:rsid w:val="0036485B"/>
     <w:rsid w:val="00364F84"/>
     <w:rsid w:val="003654AE"/>
     <w:rsid w:val="00366B6C"/>
@@ -36907,133 +37172,134 @@
     <w:rsid w:val="00434F28"/>
     <w:rsid w:val="00434FCB"/>
     <w:rsid w:val="0043563D"/>
     <w:rsid w:val="00435E26"/>
     <w:rsid w:val="004374AA"/>
     <w:rsid w:val="0043752C"/>
     <w:rsid w:val="0043788F"/>
     <w:rsid w:val="00441BDC"/>
     <w:rsid w:val="00442713"/>
     <w:rsid w:val="004432F1"/>
     <w:rsid w:val="00444ADD"/>
     <w:rsid w:val="004453D3"/>
     <w:rsid w:val="00445D4F"/>
     <w:rsid w:val="0044665C"/>
     <w:rsid w:val="0044729A"/>
     <w:rsid w:val="00447728"/>
     <w:rsid w:val="00447AD4"/>
     <w:rsid w:val="0045216A"/>
     <w:rsid w:val="00452CDE"/>
     <w:rsid w:val="00452F65"/>
     <w:rsid w:val="00454273"/>
     <w:rsid w:val="00455F12"/>
     <w:rsid w:val="00461435"/>
     <w:rsid w:val="0046207A"/>
     <w:rsid w:val="004632B0"/>
+    <w:rsid w:val="00464778"/>
     <w:rsid w:val="004648F2"/>
     <w:rsid w:val="00465470"/>
     <w:rsid w:val="00465A05"/>
     <w:rsid w:val="004662BB"/>
     <w:rsid w:val="00466E9D"/>
     <w:rsid w:val="00467303"/>
     <w:rsid w:val="004676C8"/>
     <w:rsid w:val="00470DFC"/>
     <w:rsid w:val="00473290"/>
     <w:rsid w:val="004735D4"/>
     <w:rsid w:val="00473E2F"/>
     <w:rsid w:val="004748D2"/>
     <w:rsid w:val="0047494A"/>
     <w:rsid w:val="00474B12"/>
     <w:rsid w:val="00474CD4"/>
     <w:rsid w:val="0047669E"/>
     <w:rsid w:val="00477430"/>
     <w:rsid w:val="00477A06"/>
     <w:rsid w:val="00477E5D"/>
     <w:rsid w:val="004805C5"/>
     <w:rsid w:val="004811CD"/>
     <w:rsid w:val="004825FA"/>
     <w:rsid w:val="00482672"/>
     <w:rsid w:val="00483CF9"/>
     <w:rsid w:val="00484803"/>
     <w:rsid w:val="00484BA4"/>
     <w:rsid w:val="0048502B"/>
     <w:rsid w:val="00485516"/>
     <w:rsid w:val="00485C56"/>
     <w:rsid w:val="00485FA1"/>
     <w:rsid w:val="00491939"/>
     <w:rsid w:val="00492473"/>
     <w:rsid w:val="00493AA7"/>
     <w:rsid w:val="00494E39"/>
     <w:rsid w:val="00495000"/>
     <w:rsid w:val="00495EA9"/>
     <w:rsid w:val="0049774C"/>
     <w:rsid w:val="00497AB7"/>
     <w:rsid w:val="00497E56"/>
     <w:rsid w:val="004A1437"/>
     <w:rsid w:val="004A20EE"/>
     <w:rsid w:val="004A2141"/>
     <w:rsid w:val="004A21A3"/>
     <w:rsid w:val="004A2790"/>
     <w:rsid w:val="004A2D68"/>
+    <w:rsid w:val="004A3952"/>
     <w:rsid w:val="004A4D07"/>
     <w:rsid w:val="004A4D0A"/>
     <w:rsid w:val="004A56B2"/>
     <w:rsid w:val="004A5ACE"/>
     <w:rsid w:val="004A6213"/>
     <w:rsid w:val="004A6CD1"/>
     <w:rsid w:val="004A7170"/>
     <w:rsid w:val="004B001F"/>
     <w:rsid w:val="004B0CA9"/>
     <w:rsid w:val="004B1EF4"/>
     <w:rsid w:val="004B3635"/>
     <w:rsid w:val="004B5804"/>
     <w:rsid w:val="004B5B89"/>
     <w:rsid w:val="004B7A48"/>
     <w:rsid w:val="004B7A67"/>
     <w:rsid w:val="004B7F1F"/>
     <w:rsid w:val="004B7FE6"/>
     <w:rsid w:val="004C0BB4"/>
     <w:rsid w:val="004C1185"/>
     <w:rsid w:val="004C194F"/>
     <w:rsid w:val="004C1D4B"/>
     <w:rsid w:val="004C36F1"/>
     <w:rsid w:val="004C3CF4"/>
     <w:rsid w:val="004C709B"/>
     <w:rsid w:val="004C722C"/>
     <w:rsid w:val="004C7878"/>
     <w:rsid w:val="004C7D01"/>
     <w:rsid w:val="004D1D4D"/>
     <w:rsid w:val="004D23D3"/>
     <w:rsid w:val="004D2A9D"/>
     <w:rsid w:val="004D391B"/>
     <w:rsid w:val="004D39E6"/>
     <w:rsid w:val="004D4037"/>
     <w:rsid w:val="004D4350"/>
     <w:rsid w:val="004D54BF"/>
     <w:rsid w:val="004D5DAD"/>
     <w:rsid w:val="004D6494"/>
-    <w:rsid w:val="004D6692"/>
     <w:rsid w:val="004D7855"/>
     <w:rsid w:val="004E00BC"/>
     <w:rsid w:val="004E0EA0"/>
     <w:rsid w:val="004E10C1"/>
     <w:rsid w:val="004E28AA"/>
     <w:rsid w:val="004E4B76"/>
     <w:rsid w:val="004E52D8"/>
     <w:rsid w:val="004E6369"/>
     <w:rsid w:val="004F0014"/>
     <w:rsid w:val="004F007D"/>
     <w:rsid w:val="004F0BE8"/>
     <w:rsid w:val="004F10E8"/>
     <w:rsid w:val="004F24E9"/>
     <w:rsid w:val="004F29C1"/>
     <w:rsid w:val="004F2A53"/>
     <w:rsid w:val="004F3E1D"/>
     <w:rsid w:val="004F5E17"/>
     <w:rsid w:val="004F5EC4"/>
     <w:rsid w:val="004F713D"/>
     <w:rsid w:val="004F7CB2"/>
     <w:rsid w:val="00500FD0"/>
     <w:rsid w:val="00502EF3"/>
     <w:rsid w:val="00502FFA"/>
     <w:rsid w:val="0050328D"/>
     <w:rsid w:val="00503C71"/>
@@ -37258,86 +37524,83 @@
     <w:rsid w:val="006A0A2E"/>
     <w:rsid w:val="006A1938"/>
     <w:rsid w:val="006A28C8"/>
     <w:rsid w:val="006A323A"/>
     <w:rsid w:val="006A32A4"/>
     <w:rsid w:val="006A3719"/>
     <w:rsid w:val="006A3B2E"/>
     <w:rsid w:val="006A5DEB"/>
     <w:rsid w:val="006A62F9"/>
     <w:rsid w:val="006A6D6D"/>
     <w:rsid w:val="006A78E4"/>
     <w:rsid w:val="006B2440"/>
     <w:rsid w:val="006B2459"/>
     <w:rsid w:val="006B4E1F"/>
     <w:rsid w:val="006B5F32"/>
     <w:rsid w:val="006B6338"/>
     <w:rsid w:val="006B634B"/>
     <w:rsid w:val="006B786C"/>
     <w:rsid w:val="006B7F02"/>
     <w:rsid w:val="006C18CA"/>
     <w:rsid w:val="006C2D9A"/>
     <w:rsid w:val="006C3039"/>
     <w:rsid w:val="006C4095"/>
     <w:rsid w:val="006C4150"/>
     <w:rsid w:val="006C43D0"/>
-    <w:rsid w:val="006C48F4"/>
     <w:rsid w:val="006C6FBA"/>
     <w:rsid w:val="006C7EF0"/>
     <w:rsid w:val="006D13AA"/>
     <w:rsid w:val="006D2ED1"/>
     <w:rsid w:val="006D319E"/>
     <w:rsid w:val="006D322C"/>
     <w:rsid w:val="006D3D0E"/>
     <w:rsid w:val="006D56BF"/>
     <w:rsid w:val="006D5749"/>
     <w:rsid w:val="006D6A0E"/>
     <w:rsid w:val="006D7C59"/>
     <w:rsid w:val="006E130A"/>
     <w:rsid w:val="006E1BDB"/>
     <w:rsid w:val="006E2AC8"/>
     <w:rsid w:val="006E328F"/>
     <w:rsid w:val="006E37B5"/>
     <w:rsid w:val="006E5305"/>
     <w:rsid w:val="006E62E0"/>
     <w:rsid w:val="006E70FC"/>
     <w:rsid w:val="006E7D1B"/>
     <w:rsid w:val="006F0452"/>
     <w:rsid w:val="006F04DC"/>
     <w:rsid w:val="006F17A4"/>
     <w:rsid w:val="006F250D"/>
     <w:rsid w:val="006F2C7B"/>
     <w:rsid w:val="006F2F0D"/>
     <w:rsid w:val="006F328A"/>
     <w:rsid w:val="006F36CD"/>
     <w:rsid w:val="006F3B98"/>
     <w:rsid w:val="006F4F11"/>
     <w:rsid w:val="006F5B5F"/>
     <w:rsid w:val="006F5C0F"/>
-    <w:rsid w:val="006F659E"/>
     <w:rsid w:val="007015CD"/>
-    <w:rsid w:val="00702A5E"/>
     <w:rsid w:val="00703D20"/>
     <w:rsid w:val="007059CB"/>
     <w:rsid w:val="007059D1"/>
     <w:rsid w:val="00705D51"/>
     <w:rsid w:val="007064DD"/>
     <w:rsid w:val="00711BBF"/>
     <w:rsid w:val="00712759"/>
     <w:rsid w:val="007140A1"/>
     <w:rsid w:val="00714D18"/>
     <w:rsid w:val="00716325"/>
     <w:rsid w:val="007168E9"/>
     <w:rsid w:val="007177A1"/>
     <w:rsid w:val="007224CE"/>
     <w:rsid w:val="00723206"/>
     <w:rsid w:val="00723E4E"/>
     <w:rsid w:val="00725B78"/>
     <w:rsid w:val="00725B8D"/>
     <w:rsid w:val="00726840"/>
     <w:rsid w:val="00727186"/>
     <w:rsid w:val="00727E84"/>
     <w:rsid w:val="00727F0B"/>
     <w:rsid w:val="0073089A"/>
     <w:rsid w:val="00730C00"/>
     <w:rsid w:val="00730DF6"/>
     <w:rsid w:val="00731751"/>
@@ -37457,110 +37720,113 @@
     <w:rsid w:val="007F249B"/>
     <w:rsid w:val="007F286B"/>
     <w:rsid w:val="007F5291"/>
     <w:rsid w:val="007F63AC"/>
     <w:rsid w:val="007F63CF"/>
     <w:rsid w:val="007F6D09"/>
     <w:rsid w:val="00800ABF"/>
     <w:rsid w:val="00803E22"/>
     <w:rsid w:val="00803E62"/>
     <w:rsid w:val="00804503"/>
     <w:rsid w:val="00804FF9"/>
     <w:rsid w:val="00805AA9"/>
     <w:rsid w:val="00805E09"/>
     <w:rsid w:val="00806DC4"/>
     <w:rsid w:val="00807656"/>
     <w:rsid w:val="00807A55"/>
     <w:rsid w:val="008103B0"/>
     <w:rsid w:val="00812AEA"/>
     <w:rsid w:val="0081431D"/>
     <w:rsid w:val="00814EF1"/>
     <w:rsid w:val="00816AE4"/>
     <w:rsid w:val="00816E49"/>
     <w:rsid w:val="00820A21"/>
     <w:rsid w:val="0082279E"/>
     <w:rsid w:val="008236CC"/>
+    <w:rsid w:val="00823B0A"/>
     <w:rsid w:val="0082584A"/>
     <w:rsid w:val="00825DA1"/>
     <w:rsid w:val="00826DD9"/>
     <w:rsid w:val="00827267"/>
     <w:rsid w:val="0083009E"/>
     <w:rsid w:val="00831CAA"/>
     <w:rsid w:val="00836576"/>
     <w:rsid w:val="00836DD4"/>
     <w:rsid w:val="00837813"/>
     <w:rsid w:val="00840612"/>
     <w:rsid w:val="00841123"/>
     <w:rsid w:val="008413E0"/>
     <w:rsid w:val="00841C25"/>
     <w:rsid w:val="00842556"/>
     <w:rsid w:val="00843E91"/>
     <w:rsid w:val="00845A3B"/>
     <w:rsid w:val="00846A6B"/>
     <w:rsid w:val="00847034"/>
     <w:rsid w:val="0084711E"/>
     <w:rsid w:val="00847251"/>
     <w:rsid w:val="0085000B"/>
     <w:rsid w:val="0085065E"/>
     <w:rsid w:val="00851307"/>
     <w:rsid w:val="00852B03"/>
     <w:rsid w:val="0085563D"/>
     <w:rsid w:val="008564BC"/>
     <w:rsid w:val="0086046B"/>
     <w:rsid w:val="0086124E"/>
     <w:rsid w:val="00863342"/>
     <w:rsid w:val="00864FB7"/>
     <w:rsid w:val="0086536D"/>
     <w:rsid w:val="00870023"/>
     <w:rsid w:val="008702FD"/>
     <w:rsid w:val="00871377"/>
     <w:rsid w:val="008719A3"/>
     <w:rsid w:val="00871F43"/>
     <w:rsid w:val="0087226F"/>
+    <w:rsid w:val="0087241B"/>
     <w:rsid w:val="00872D65"/>
     <w:rsid w:val="00873CD8"/>
     <w:rsid w:val="00874616"/>
     <w:rsid w:val="00876B4C"/>
     <w:rsid w:val="00876E24"/>
     <w:rsid w:val="008812AA"/>
     <w:rsid w:val="00881750"/>
     <w:rsid w:val="008819C5"/>
     <w:rsid w:val="0088252A"/>
     <w:rsid w:val="00886A45"/>
     <w:rsid w:val="00886F63"/>
     <w:rsid w:val="00887B16"/>
     <w:rsid w:val="00887C36"/>
     <w:rsid w:val="00887F0F"/>
     <w:rsid w:val="00890111"/>
     <w:rsid w:val="0089128A"/>
     <w:rsid w:val="0089437B"/>
     <w:rsid w:val="008953AE"/>
     <w:rsid w:val="008966B8"/>
     <w:rsid w:val="00896ABA"/>
     <w:rsid w:val="00896D2F"/>
     <w:rsid w:val="008A14B8"/>
     <w:rsid w:val="008A20CA"/>
+    <w:rsid w:val="008A223F"/>
     <w:rsid w:val="008A26E4"/>
     <w:rsid w:val="008A2DB6"/>
     <w:rsid w:val="008A371F"/>
     <w:rsid w:val="008A49A6"/>
     <w:rsid w:val="008A5305"/>
     <w:rsid w:val="008A5D2B"/>
     <w:rsid w:val="008A6111"/>
     <w:rsid w:val="008A6417"/>
     <w:rsid w:val="008A7013"/>
     <w:rsid w:val="008B20B6"/>
     <w:rsid w:val="008B219A"/>
     <w:rsid w:val="008B4B5D"/>
     <w:rsid w:val="008B4C28"/>
     <w:rsid w:val="008B6253"/>
     <w:rsid w:val="008B6785"/>
     <w:rsid w:val="008B78F9"/>
     <w:rsid w:val="008C046F"/>
     <w:rsid w:val="008C0CBE"/>
     <w:rsid w:val="008C1578"/>
     <w:rsid w:val="008C29F2"/>
     <w:rsid w:val="008C30CA"/>
     <w:rsid w:val="008C43D4"/>
     <w:rsid w:val="008C5970"/>
     <w:rsid w:val="008C5F16"/>
     <w:rsid w:val="008C6328"/>
@@ -37587,50 +37853,51 @@
     <w:rsid w:val="008F66D0"/>
     <w:rsid w:val="008F7C2B"/>
     <w:rsid w:val="009015C6"/>
     <w:rsid w:val="00902E1A"/>
     <w:rsid w:val="00903AB5"/>
     <w:rsid w:val="0090541F"/>
     <w:rsid w:val="00906977"/>
     <w:rsid w:val="00906EC5"/>
     <w:rsid w:val="009105FE"/>
     <w:rsid w:val="00910E9E"/>
     <w:rsid w:val="00910EAA"/>
     <w:rsid w:val="0091371B"/>
     <w:rsid w:val="00916CF0"/>
     <w:rsid w:val="00916D23"/>
     <w:rsid w:val="00916F55"/>
     <w:rsid w:val="009170DB"/>
     <w:rsid w:val="00921796"/>
     <w:rsid w:val="00921C88"/>
     <w:rsid w:val="00922278"/>
     <w:rsid w:val="009235D4"/>
     <w:rsid w:val="00925394"/>
     <w:rsid w:val="00926560"/>
     <w:rsid w:val="00926783"/>
     <w:rsid w:val="009308E2"/>
     <w:rsid w:val="009309D2"/>
+    <w:rsid w:val="0093244F"/>
     <w:rsid w:val="009326C3"/>
     <w:rsid w:val="0093281A"/>
     <w:rsid w:val="009334BB"/>
     <w:rsid w:val="0093409C"/>
     <w:rsid w:val="00934263"/>
     <w:rsid w:val="0093433F"/>
     <w:rsid w:val="0093453A"/>
     <w:rsid w:val="009345E9"/>
     <w:rsid w:val="009347EC"/>
     <w:rsid w:val="009357E5"/>
     <w:rsid w:val="00936458"/>
     <w:rsid w:val="0093678F"/>
     <w:rsid w:val="0093697B"/>
     <w:rsid w:val="00937950"/>
     <w:rsid w:val="00937EA0"/>
     <w:rsid w:val="00940AE5"/>
     <w:rsid w:val="00943272"/>
     <w:rsid w:val="00944527"/>
     <w:rsid w:val="00944743"/>
     <w:rsid w:val="0094583F"/>
     <w:rsid w:val="00946224"/>
     <w:rsid w:val="00947A80"/>
     <w:rsid w:val="00951594"/>
     <w:rsid w:val="00953429"/>
     <w:rsid w:val="00953C62"/>
@@ -37709,78 +37976,78 @@
     <w:rsid w:val="009F35E9"/>
     <w:rsid w:val="009F3B36"/>
     <w:rsid w:val="009F477C"/>
     <w:rsid w:val="009F5C92"/>
     <w:rsid w:val="009F6752"/>
     <w:rsid w:val="009F7F53"/>
     <w:rsid w:val="00A00274"/>
     <w:rsid w:val="00A00704"/>
     <w:rsid w:val="00A01C79"/>
     <w:rsid w:val="00A03AD9"/>
     <w:rsid w:val="00A041FD"/>
     <w:rsid w:val="00A05971"/>
     <w:rsid w:val="00A062EE"/>
     <w:rsid w:val="00A06BE1"/>
     <w:rsid w:val="00A06FC1"/>
     <w:rsid w:val="00A07020"/>
     <w:rsid w:val="00A0773A"/>
     <w:rsid w:val="00A07DAA"/>
     <w:rsid w:val="00A10107"/>
     <w:rsid w:val="00A1230B"/>
     <w:rsid w:val="00A12BAA"/>
     <w:rsid w:val="00A142E4"/>
     <w:rsid w:val="00A14402"/>
     <w:rsid w:val="00A14A33"/>
     <w:rsid w:val="00A14CC9"/>
+    <w:rsid w:val="00A15D2D"/>
     <w:rsid w:val="00A17E4E"/>
     <w:rsid w:val="00A213E9"/>
     <w:rsid w:val="00A2168B"/>
     <w:rsid w:val="00A232B6"/>
     <w:rsid w:val="00A23493"/>
     <w:rsid w:val="00A23651"/>
     <w:rsid w:val="00A23DAF"/>
     <w:rsid w:val="00A247AE"/>
     <w:rsid w:val="00A25AB5"/>
     <w:rsid w:val="00A26464"/>
     <w:rsid w:val="00A27AA1"/>
     <w:rsid w:val="00A3190A"/>
     <w:rsid w:val="00A3205A"/>
     <w:rsid w:val="00A33716"/>
     <w:rsid w:val="00A342E0"/>
     <w:rsid w:val="00A357C1"/>
     <w:rsid w:val="00A4014B"/>
     <w:rsid w:val="00A4182F"/>
     <w:rsid w:val="00A42DDA"/>
     <w:rsid w:val="00A43762"/>
     <w:rsid w:val="00A43848"/>
     <w:rsid w:val="00A43A95"/>
     <w:rsid w:val="00A46D48"/>
     <w:rsid w:val="00A47E8D"/>
     <w:rsid w:val="00A51DFF"/>
     <w:rsid w:val="00A51F5B"/>
     <w:rsid w:val="00A52E71"/>
-    <w:rsid w:val="00A531F8"/>
     <w:rsid w:val="00A54B35"/>
     <w:rsid w:val="00A56AA9"/>
     <w:rsid w:val="00A56F35"/>
     <w:rsid w:val="00A572B8"/>
     <w:rsid w:val="00A60047"/>
     <w:rsid w:val="00A61731"/>
     <w:rsid w:val="00A61A21"/>
     <w:rsid w:val="00A61A70"/>
     <w:rsid w:val="00A63332"/>
     <w:rsid w:val="00A66A13"/>
     <w:rsid w:val="00A672B9"/>
     <w:rsid w:val="00A713FA"/>
     <w:rsid w:val="00A7193B"/>
     <w:rsid w:val="00A726E1"/>
     <w:rsid w:val="00A73344"/>
     <w:rsid w:val="00A73504"/>
     <w:rsid w:val="00A73F60"/>
     <w:rsid w:val="00A755A0"/>
     <w:rsid w:val="00A75BA4"/>
     <w:rsid w:val="00A77809"/>
     <w:rsid w:val="00A82991"/>
     <w:rsid w:val="00A82EB4"/>
     <w:rsid w:val="00A83234"/>
     <w:rsid w:val="00A836D8"/>
     <w:rsid w:val="00A8749B"/>
@@ -37956,50 +38223,51 @@
     <w:rsid w:val="00BD6AEF"/>
     <w:rsid w:val="00BD6BD5"/>
     <w:rsid w:val="00BD707E"/>
     <w:rsid w:val="00BD7630"/>
     <w:rsid w:val="00BE22FB"/>
     <w:rsid w:val="00BE255A"/>
     <w:rsid w:val="00BE25DC"/>
     <w:rsid w:val="00BE5730"/>
     <w:rsid w:val="00BE57B4"/>
     <w:rsid w:val="00BE5849"/>
     <w:rsid w:val="00BE628C"/>
     <w:rsid w:val="00BE62F2"/>
     <w:rsid w:val="00BE6598"/>
     <w:rsid w:val="00BE725F"/>
     <w:rsid w:val="00BE7313"/>
     <w:rsid w:val="00BE7369"/>
     <w:rsid w:val="00BF0358"/>
     <w:rsid w:val="00BF0858"/>
     <w:rsid w:val="00BF1D67"/>
     <w:rsid w:val="00BF1DA0"/>
     <w:rsid w:val="00BF226C"/>
     <w:rsid w:val="00BF2D72"/>
     <w:rsid w:val="00BF3323"/>
     <w:rsid w:val="00BF49C4"/>
     <w:rsid w:val="00BF4FD7"/>
+    <w:rsid w:val="00BF64C2"/>
     <w:rsid w:val="00BF6A0E"/>
     <w:rsid w:val="00BF7118"/>
     <w:rsid w:val="00BF75CE"/>
     <w:rsid w:val="00C000A6"/>
     <w:rsid w:val="00C00199"/>
     <w:rsid w:val="00C033C8"/>
     <w:rsid w:val="00C034CE"/>
     <w:rsid w:val="00C03FDE"/>
     <w:rsid w:val="00C041F5"/>
     <w:rsid w:val="00C04A44"/>
     <w:rsid w:val="00C05095"/>
     <w:rsid w:val="00C05178"/>
     <w:rsid w:val="00C064CD"/>
     <w:rsid w:val="00C06DF6"/>
     <w:rsid w:val="00C07421"/>
     <w:rsid w:val="00C0755C"/>
     <w:rsid w:val="00C10959"/>
     <w:rsid w:val="00C1099B"/>
     <w:rsid w:val="00C15F8E"/>
     <w:rsid w:val="00C16604"/>
     <w:rsid w:val="00C17BE0"/>
     <w:rsid w:val="00C205D4"/>
     <w:rsid w:val="00C2096D"/>
     <w:rsid w:val="00C20F62"/>
     <w:rsid w:val="00C21538"/>
@@ -38096,91 +38364,89 @@
     <w:rsid w:val="00CB4387"/>
     <w:rsid w:val="00CB4573"/>
     <w:rsid w:val="00CB524F"/>
     <w:rsid w:val="00CB6374"/>
     <w:rsid w:val="00CB75AB"/>
     <w:rsid w:val="00CB79C0"/>
     <w:rsid w:val="00CC0135"/>
     <w:rsid w:val="00CC0C47"/>
     <w:rsid w:val="00CC1CBC"/>
     <w:rsid w:val="00CC1D2A"/>
     <w:rsid w:val="00CC2385"/>
     <w:rsid w:val="00CC328F"/>
     <w:rsid w:val="00CC34DF"/>
     <w:rsid w:val="00CC5C66"/>
     <w:rsid w:val="00CC6DE2"/>
     <w:rsid w:val="00CC6F45"/>
     <w:rsid w:val="00CD0F72"/>
     <w:rsid w:val="00CD3345"/>
     <w:rsid w:val="00CD4D5B"/>
     <w:rsid w:val="00CD5097"/>
     <w:rsid w:val="00CD54AF"/>
     <w:rsid w:val="00CD5821"/>
     <w:rsid w:val="00CD5C06"/>
     <w:rsid w:val="00CD622E"/>
     <w:rsid w:val="00CD6635"/>
-    <w:rsid w:val="00CD7FAC"/>
     <w:rsid w:val="00CE192E"/>
     <w:rsid w:val="00CE2424"/>
     <w:rsid w:val="00CE25A3"/>
     <w:rsid w:val="00CE3703"/>
     <w:rsid w:val="00CE3B5F"/>
     <w:rsid w:val="00CE55F1"/>
     <w:rsid w:val="00CE5818"/>
     <w:rsid w:val="00CE6672"/>
     <w:rsid w:val="00CF057C"/>
     <w:rsid w:val="00CF0AE7"/>
     <w:rsid w:val="00CF1450"/>
     <w:rsid w:val="00CF2CE9"/>
     <w:rsid w:val="00CF448A"/>
     <w:rsid w:val="00CF534D"/>
     <w:rsid w:val="00CF56CB"/>
     <w:rsid w:val="00CF5ADA"/>
     <w:rsid w:val="00D00CBB"/>
     <w:rsid w:val="00D01ED3"/>
     <w:rsid w:val="00D023C5"/>
     <w:rsid w:val="00D025FF"/>
     <w:rsid w:val="00D02B03"/>
     <w:rsid w:val="00D03791"/>
     <w:rsid w:val="00D05FC3"/>
     <w:rsid w:val="00D06221"/>
     <w:rsid w:val="00D07021"/>
     <w:rsid w:val="00D07805"/>
     <w:rsid w:val="00D07B50"/>
     <w:rsid w:val="00D103F3"/>
     <w:rsid w:val="00D11ED6"/>
     <w:rsid w:val="00D1470F"/>
     <w:rsid w:val="00D150FF"/>
     <w:rsid w:val="00D15F7D"/>
     <w:rsid w:val="00D177FF"/>
     <w:rsid w:val="00D17D41"/>
     <w:rsid w:val="00D17E0B"/>
     <w:rsid w:val="00D2454B"/>
     <w:rsid w:val="00D24A5A"/>
     <w:rsid w:val="00D25C94"/>
     <w:rsid w:val="00D276D8"/>
-    <w:rsid w:val="00D351C8"/>
     <w:rsid w:val="00D35625"/>
     <w:rsid w:val="00D35934"/>
     <w:rsid w:val="00D36809"/>
     <w:rsid w:val="00D435E9"/>
     <w:rsid w:val="00D4480A"/>
     <w:rsid w:val="00D458DA"/>
     <w:rsid w:val="00D46EC0"/>
     <w:rsid w:val="00D46F2F"/>
     <w:rsid w:val="00D472A6"/>
     <w:rsid w:val="00D47925"/>
     <w:rsid w:val="00D5346D"/>
     <w:rsid w:val="00D53E6F"/>
     <w:rsid w:val="00D542D3"/>
     <w:rsid w:val="00D5447D"/>
     <w:rsid w:val="00D56BE8"/>
     <w:rsid w:val="00D571DA"/>
     <w:rsid w:val="00D60D11"/>
     <w:rsid w:val="00D6237D"/>
     <w:rsid w:val="00D62611"/>
     <w:rsid w:val="00D63DEF"/>
     <w:rsid w:val="00D656FA"/>
     <w:rsid w:val="00D65D4D"/>
     <w:rsid w:val="00D65F67"/>
     <w:rsid w:val="00D67434"/>
     <w:rsid w:val="00D67F42"/>
@@ -38201,95 +38467,92 @@
     <w:rsid w:val="00D84503"/>
     <w:rsid w:val="00D846DA"/>
     <w:rsid w:val="00D86B79"/>
     <w:rsid w:val="00D86E2B"/>
     <w:rsid w:val="00D92ED1"/>
     <w:rsid w:val="00D93902"/>
     <w:rsid w:val="00D93C92"/>
     <w:rsid w:val="00D9458E"/>
     <w:rsid w:val="00D94B23"/>
     <w:rsid w:val="00D96FFF"/>
     <w:rsid w:val="00D97137"/>
     <w:rsid w:val="00DA109A"/>
     <w:rsid w:val="00DA1C5F"/>
     <w:rsid w:val="00DA2174"/>
     <w:rsid w:val="00DA21B6"/>
     <w:rsid w:val="00DA32F4"/>
     <w:rsid w:val="00DA5E3B"/>
     <w:rsid w:val="00DA69AF"/>
     <w:rsid w:val="00DB02C5"/>
     <w:rsid w:val="00DB140D"/>
     <w:rsid w:val="00DB2073"/>
     <w:rsid w:val="00DB34E7"/>
     <w:rsid w:val="00DB3EA9"/>
     <w:rsid w:val="00DB4EE6"/>
     <w:rsid w:val="00DB54F9"/>
-    <w:rsid w:val="00DB67C1"/>
     <w:rsid w:val="00DB7743"/>
     <w:rsid w:val="00DC01BC"/>
     <w:rsid w:val="00DC1402"/>
     <w:rsid w:val="00DC409E"/>
     <w:rsid w:val="00DC6828"/>
     <w:rsid w:val="00DC701E"/>
     <w:rsid w:val="00DC737C"/>
     <w:rsid w:val="00DC74EA"/>
     <w:rsid w:val="00DD102D"/>
     <w:rsid w:val="00DD2D97"/>
-    <w:rsid w:val="00DD2FB0"/>
     <w:rsid w:val="00DD540A"/>
     <w:rsid w:val="00DD6EE3"/>
     <w:rsid w:val="00DD740F"/>
     <w:rsid w:val="00DD7D92"/>
     <w:rsid w:val="00DE0288"/>
     <w:rsid w:val="00DE2ED0"/>
     <w:rsid w:val="00DE405C"/>
     <w:rsid w:val="00DE4B35"/>
     <w:rsid w:val="00DE6926"/>
     <w:rsid w:val="00DE79DF"/>
     <w:rsid w:val="00DF0B7D"/>
     <w:rsid w:val="00DF15DF"/>
     <w:rsid w:val="00DF2D5D"/>
     <w:rsid w:val="00DF34C7"/>
     <w:rsid w:val="00DF34D5"/>
     <w:rsid w:val="00DF3B0D"/>
     <w:rsid w:val="00DF4FE8"/>
     <w:rsid w:val="00DF541B"/>
     <w:rsid w:val="00DF57E2"/>
     <w:rsid w:val="00DF5A60"/>
     <w:rsid w:val="00DF5C78"/>
     <w:rsid w:val="00DF5E87"/>
     <w:rsid w:val="00DF6897"/>
     <w:rsid w:val="00DF7431"/>
     <w:rsid w:val="00E00240"/>
     <w:rsid w:val="00E011FC"/>
     <w:rsid w:val="00E02165"/>
     <w:rsid w:val="00E0243E"/>
     <w:rsid w:val="00E02902"/>
     <w:rsid w:val="00E05529"/>
     <w:rsid w:val="00E06208"/>
     <w:rsid w:val="00E069BD"/>
-    <w:rsid w:val="00E10770"/>
     <w:rsid w:val="00E11CC7"/>
     <w:rsid w:val="00E12401"/>
     <w:rsid w:val="00E14177"/>
     <w:rsid w:val="00E147D9"/>
     <w:rsid w:val="00E15399"/>
     <w:rsid w:val="00E164B9"/>
     <w:rsid w:val="00E16F10"/>
     <w:rsid w:val="00E17CFE"/>
     <w:rsid w:val="00E221F1"/>
     <w:rsid w:val="00E224BF"/>
     <w:rsid w:val="00E236EF"/>
     <w:rsid w:val="00E24650"/>
     <w:rsid w:val="00E2529F"/>
     <w:rsid w:val="00E27AFC"/>
     <w:rsid w:val="00E27FCD"/>
     <w:rsid w:val="00E325CE"/>
     <w:rsid w:val="00E32C51"/>
     <w:rsid w:val="00E33160"/>
     <w:rsid w:val="00E33575"/>
     <w:rsid w:val="00E338EB"/>
     <w:rsid w:val="00E35F2A"/>
     <w:rsid w:val="00E3673F"/>
     <w:rsid w:val="00E374BD"/>
     <w:rsid w:val="00E37EBC"/>
     <w:rsid w:val="00E40368"/>
@@ -38323,50 +38586,51 @@
     <w:rsid w:val="00E63C66"/>
     <w:rsid w:val="00E649D6"/>
     <w:rsid w:val="00E652AA"/>
     <w:rsid w:val="00E655CF"/>
     <w:rsid w:val="00E664A0"/>
     <w:rsid w:val="00E665EF"/>
     <w:rsid w:val="00E66CC2"/>
     <w:rsid w:val="00E66EEC"/>
     <w:rsid w:val="00E71AAA"/>
     <w:rsid w:val="00E72A70"/>
     <w:rsid w:val="00E7325B"/>
     <w:rsid w:val="00E7379F"/>
     <w:rsid w:val="00E73DB1"/>
     <w:rsid w:val="00E7502C"/>
     <w:rsid w:val="00E75A94"/>
     <w:rsid w:val="00E75CBE"/>
     <w:rsid w:val="00E76B7D"/>
     <w:rsid w:val="00E774A6"/>
     <w:rsid w:val="00E800E1"/>
     <w:rsid w:val="00E8083D"/>
     <w:rsid w:val="00E80D91"/>
     <w:rsid w:val="00E81765"/>
     <w:rsid w:val="00E82A72"/>
     <w:rsid w:val="00E82DA6"/>
     <w:rsid w:val="00E85773"/>
+    <w:rsid w:val="00E85D42"/>
     <w:rsid w:val="00E864E7"/>
     <w:rsid w:val="00E91475"/>
     <w:rsid w:val="00E925CB"/>
     <w:rsid w:val="00E92D65"/>
     <w:rsid w:val="00E93749"/>
     <w:rsid w:val="00E93DBD"/>
     <w:rsid w:val="00E95DCA"/>
     <w:rsid w:val="00E96076"/>
     <w:rsid w:val="00E96769"/>
     <w:rsid w:val="00E9695C"/>
     <w:rsid w:val="00E979B8"/>
     <w:rsid w:val="00EA2CCB"/>
     <w:rsid w:val="00EA412D"/>
     <w:rsid w:val="00EA5007"/>
     <w:rsid w:val="00EA6284"/>
     <w:rsid w:val="00EA6C05"/>
     <w:rsid w:val="00EA72F4"/>
     <w:rsid w:val="00EA77B1"/>
     <w:rsid w:val="00EB2C22"/>
     <w:rsid w:val="00EB3E7A"/>
     <w:rsid w:val="00EB4677"/>
     <w:rsid w:val="00EB54BC"/>
     <w:rsid w:val="00EB6C22"/>
     <w:rsid w:val="00EB7788"/>
     <w:rsid w:val="00EC02CE"/>
@@ -38477,115 +38741,115 @@
     <w:rsid w:val="00F828C0"/>
     <w:rsid w:val="00F829A8"/>
     <w:rsid w:val="00F83B7D"/>
     <w:rsid w:val="00F844AA"/>
     <w:rsid w:val="00F860C8"/>
     <w:rsid w:val="00F862BB"/>
     <w:rsid w:val="00F91641"/>
     <w:rsid w:val="00F91D7B"/>
     <w:rsid w:val="00F920C8"/>
     <w:rsid w:val="00F92EA4"/>
     <w:rsid w:val="00F92F1F"/>
     <w:rsid w:val="00F9336A"/>
     <w:rsid w:val="00F93F07"/>
     <w:rsid w:val="00F93F1A"/>
     <w:rsid w:val="00F95ED5"/>
     <w:rsid w:val="00F97A1E"/>
     <w:rsid w:val="00FA0BB8"/>
     <w:rsid w:val="00FA1882"/>
     <w:rsid w:val="00FA32EB"/>
     <w:rsid w:val="00FA567F"/>
     <w:rsid w:val="00FA5889"/>
     <w:rsid w:val="00FA5E6D"/>
     <w:rsid w:val="00FA777B"/>
     <w:rsid w:val="00FA7ED0"/>
     <w:rsid w:val="00FB28DA"/>
+    <w:rsid w:val="00FB2BF8"/>
     <w:rsid w:val="00FB3DC4"/>
     <w:rsid w:val="00FB5489"/>
     <w:rsid w:val="00FB5DA1"/>
+    <w:rsid w:val="00FB7066"/>
     <w:rsid w:val="00FB7862"/>
     <w:rsid w:val="00FB7B09"/>
     <w:rsid w:val="00FC1419"/>
     <w:rsid w:val="00FC287C"/>
     <w:rsid w:val="00FC450F"/>
     <w:rsid w:val="00FC4E35"/>
     <w:rsid w:val="00FC5BDE"/>
     <w:rsid w:val="00FC7A69"/>
     <w:rsid w:val="00FD09EE"/>
     <w:rsid w:val="00FD0BBF"/>
     <w:rsid w:val="00FD29FF"/>
     <w:rsid w:val="00FD3411"/>
     <w:rsid w:val="00FD3482"/>
     <w:rsid w:val="00FD39FB"/>
     <w:rsid w:val="00FD50A6"/>
     <w:rsid w:val="00FD5740"/>
     <w:rsid w:val="00FE0D53"/>
     <w:rsid w:val="00FE155A"/>
-    <w:rsid w:val="00FE2C95"/>
     <w:rsid w:val="00FE59B2"/>
     <w:rsid w:val="00FE5FFD"/>
     <w:rsid w:val="00FE65AF"/>
     <w:rsid w:val="00FE7A44"/>
     <w:rsid w:val="00FF0045"/>
     <w:rsid w:val="00FF0FE3"/>
     <w:rsid w:val="00FF2041"/>
     <w:rsid w:val="00FF20E8"/>
-    <w:rsid w:val="00FF34D9"/>
     <w:rsid w:val="00FF5AE0"/>
     <w:rsid w:val="00FF763F"/>
     <w:rsid w:val="00FF76BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7EDBA494"/>
   <w15:docId w15:val="{3535ECB7-FC4C-4281-9379-EE5DE3B2BED2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -38951,93 +39215,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003F7232"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...41 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -39049,51 +39270,50 @@
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004F24E9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004F24E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B1392D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00846A6B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
@@ -39461,163 +39681,55 @@
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001715C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...106 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="869495605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="976227301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -39661,51 +39773,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2026053239">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/evaluation-impact-framework/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/published?ngt=Cancer%20service%20guidelines&amp;ngt=Clinical%20guidelines&amp;ngt=Medicines%20practice%20guidelines&amp;ngt=Public%20health%20guidelines&amp;ngt=Safe%20staffing%20guidelines&amp;ngt=Social%20care%20guidelines&amp;ndt=Guidance" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-nhs-constitution-for-england/the-nhs-constitution-for-england" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-nhs-constitution-for-england/the-nhs-constitution-for-england" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/safeguarding/about/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshireccg.nhs.uk/documents/?search=RISK+STRATEGY&amp;search_contents=1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/equality-act-2010-guidance" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/safeguarding/about/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/your-health-and-services/medicines-optimisation-and-prescribing/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/equality-act-2010-guidance" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/your-health-and-services/medicines-optimisation-and-prescribing/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nhselect.nhs.uk/online_training_courses_detail.aspx?sectionID=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.local.gov.uk/safeguarding-adults-roles-and-responsibilities-health-and-care-services" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/published?ngt=Cancer%20service%20guidelines&amp;ngt=Clinical%20guidelines&amp;ngt=Medicines%20practice%20guidelines&amp;ngt=Public%20health%20guidelines&amp;ngt=Safe%20staffing%20guidelines&amp;ngt=Social%20care%20guidelines&amp;ndt=Guidance" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6363d911e90e0705a8c35457/health-and-care-act-2022-summary-and-additional-measures-impact-assessment.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6363d911e90e0705a8c35457/health-and-care-act-2022-summary-and-additional-measures-impact-assessment.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/quality-equality-health-impact-assessment-tools-and-guidance/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news-room/fact-sheets/detail/patient-safety" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/about-us/safeguarding/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news-room/fact-sheets/detail/patient-safety" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/about-us/safeguarding/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.esr.nhs.uk/localresponse/?TAM_OP=login&amp;USERNAME=unauthenticated&amp;ERROR_CODE=0x00000000&amp;METHOD=GET&amp;URL=https%3A%2F%2Fmy.esr.nhs.uk%2FOA_HTML%2FAppsLocalLogin.jsp%3FrequestUrl%3D%2Fdashboard%2Fweb%2Fesrweb%26cancelUrl%3D&amp;HOSTNAME=my.esr.nhs.uk&amp;FAILREASON=&amp;PROTOCOL=https" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/publication/nhs-standard-contract-2024-25-technical-guidance/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/about-us/safeguarding/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.communications@nhs.net." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.communications@nhs.net." TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/public-sector-equality-duty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/national-infection-prevention-and-control-manual-nipcm-for-england/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/national-infection-prevention-and-control-manual-nipcm-for-england/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshireccg.nhs.uk/documents/?search=RISK+STRATEGY&amp;search_contents=1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/national-infection-prevention-and-control-manual-nipcm-for-england/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nhselect.nhs.uk/online_training_courses_detail.aspx?sectionID=1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/published?ngt=Cancer%20service%20guidelines&amp;ngt=Clinical%20guidelines&amp;ngt=Medicines%20practice%20guidelines&amp;ngt=Public%20health%20guidelines&amp;ngt=Safe%20staffing%20guidelines&amp;ngt=Social%20care%20guidelines&amp;ndt=Guidance" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.local.gov.uk/safeguarding-adults-roles-and-responsibilities-health-and-care-services" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-nhs-constitution-for-england/the-nhs-constitution-for-england" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/published?ngt=Cancer%20service%20guidelines&amp;ngt=Clinical%20guidelines&amp;ngt=Medicines%20practice%20guidelines&amp;ngt=Public%20health%20guidelines&amp;ngt=Safe%20staffing%20guidelines&amp;ngt=Social%20care%20guidelines&amp;ndt=Guidance" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://future.nhs.uk/LincsSTP/view?objectId=67533136" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://future.nhs.uk/LincsSTP/view?objectId=67533136" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6363d911e90e0705a8c35457/health-and-care-act-2022-summary-and-additional-measures-impact-assessment.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-nhs-constitution-for-england/the-nhs-constitution-for-england" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/safeguarding/about/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/safeguarding/about/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.esr.nhs.uk/localresponse/?TAM_OP=login&amp;USERNAME=unauthenticated&amp;ERROR_CODE=0x00000000&amp;METHOD=GET&amp;URL=https%3A%2F%2Fmy.esr.nhs.uk%2FOA_HTML%2FAppsLocalLogin.jsp%3FrequestUrl%3D%2Fdashboard%2Fweb%2Fesrweb%26cancelUrl%3D&amp;HOSTNAME=my.esr.nhs.uk&amp;FAILREASON=&amp;PROTOCOL=https" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6363d911e90e0705a8c35457/health-and-care-act-2022-summary-and-additional-measures-impact-assessment.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/publication/nhs-standard-contract-2024-25-technical-guidance/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/documents/our-policies-and-procedures/quality/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/equality-act-2010-guidance" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/your-health-and-services/medicines-optimisation-and-prescribing/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/equality-act-2010-guidance" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/your-health-and-services/medicines-optimisation-and-prescribing/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news-room/fact-sheets/detail/patient-safety" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://future.nhs.uk/LincsSTP/view?objectId=67533136" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/public-sector-equality-duty" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/tTeG1uzpPi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news-room/fact-sheets/detail/patient-safety" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/about-us/safeguarding/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/evaluation-impact-framework/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/about-us/safeguarding/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshire.icb.nhs.uk/about-us/safeguarding/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.communications@nhs.net." TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/wp-content/uploads/2021/04/nqb-refreshed-shared-commitment-to-quality.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.communications@nhs.net." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/national-infection-prevention-and-control-manual-nipcm-for-england/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/e/tTeG1uzpPi" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -40470,72 +40586,51 @@
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>The QIA Initial Screening Tool (Appendicies A &amp; B) will be undertaken by the Project Lead/appropriate person (in consultation with other relavent parties) and signed off by the project's Programme Lead. Please then send the signed QIA to the </a:t>
-[...20 lines deleted...]
-            <a:t>for logging. </a:t>
+            <a:t>The QIA Initial Screening Tool (Appendicies A &amp; B) will be undertaken by the Project Lead/appropriate person (in consultation with other relavent parties) and reviewed by the project's Programme Lead. </a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{65EC4924-B411-45AD-A3A1-8DA75222A728}" type="parTrans" cxnId="{A48C1DC8-3914-4472-B2D7-289021FA5793}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0FC54164-1B74-4DE4-B42E-574BAFD2EE61}" type="sibTrans" cxnId="{A48C1DC8-3914-4472-B2D7-289021FA5793}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
@@ -40554,108 +40649,61 @@
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-GB" sz="1000">
-[...11 lines deleted...]
-          </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>For domains on the Initial QIA with high risk scores of 8 or above, the Stage 2 QIA (Appendix C) must be completed. Stage 2 QIAs detailing mitigating actions for high risk domains are to be sent to the the </a:t>
+            <a:t>For domains on the Initial QIA with high risk scores of 8 or above, the Stage 2 QIA (Appendix C) must be completed for additional scrutiny but only for the domains scroing 8 or above.  </a:t>
           </a:r>
-          <a:r>
-[...32 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{AD769AB2-B7ED-4AB5-9365-E6E96180E6E2}" type="parTrans" cxnId="{7899F02D-EDFB-49E4-BF95-341A40165B66}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F820AE9E-C908-4FC8-A63F-3B3D79DE51FA}" type="sibTrans" cxnId="{7899F02D-EDFB-49E4-BF95-341A40165B66}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
@@ -40673,89 +40721,103 @@
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-GB" sz="1000">
-[...11 lines deleted...]
-          </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>The Project/Programme Lead will review, sign off and submit all completed Initial QIA &amp; Stage 2 QIA to the their relevant Programme Board for review alongside the project's other submissions.  </a:t>
+            <a:t>The Project/Programme Lead will review, sign off and submit the Initial QIA viat the submission portal on the </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="1" u="sng">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>NHS Futures website</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="1">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>(see 6.1).</a:t>
           </a:r>
         </a:p>
-        <a:p>
-[...11 lines deleted...]
-        </a:p>
       </dgm:t>
+      <dgm:extLst>
+        <a:ext uri="{E40237B7-FDA0-4F09-8148-C483321AD2D9}">
+          <dgm14:cNvPr xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" id="0" name="">
+            <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+          </dgm14:cNvPr>
+        </a:ext>
+      </dgm:extLst>
     </dgm:pt>
     <dgm:pt modelId="{962589C8-0743-415C-B8C9-3C98C4C50D1F}" type="parTrans" cxnId="{6C434EB0-CC38-4D82-BB16-9D5BB3A60DE3}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{99C3451A-4C93-4FA3-BBC9-98F6B0A9E8F1}" type="sibTrans" cxnId="{6C434EB0-CC38-4D82-BB16-9D5BB3A60DE3}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5BEA2C57-6701-4DCD-B2AE-1904B7EA4182}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
@@ -40860,127 +40922,127 @@
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B8EF43A7-5C6B-4C3C-A6F5-D18AA4A0801A}" type="pres">
       <dgm:prSet presAssocID="{5BEA2C57-6701-4DCD-B2AE-1904B7EA4182}" presName="boxAndChildren" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{7FCFA201-A2E3-4F52-B98A-437BA4C530A0}" type="pres">
       <dgm:prSet presAssocID="{5BEA2C57-6701-4DCD-B2AE-1904B7EA4182}" presName="parentTextBox" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4" custLinFactNeighborX="3156" custLinFactNeighborY="211"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{92271B0B-B500-4D33-A5C1-CDF85714E8E8}" type="pres">
       <dgm:prSet presAssocID="{99C3451A-4C93-4FA3-BBC9-98F6B0A9E8F1}" presName="sp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{07E6A7B5-E0DD-4A8B-9C6F-B37425ED45E1}" type="pres">
       <dgm:prSet presAssocID="{B12D2AC3-D40E-4372-968A-219640E5ECB2}" presName="arrowAndChildren" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{9CB6BB06-E6FE-4DA2-93DA-71ECDFAC56E2}" type="pres">
-      <dgm:prSet presAssocID="{B12D2AC3-D40E-4372-968A-219640E5ECB2}" presName="parentTextArrow" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{B12D2AC3-D40E-4372-968A-219640E5ECB2}" presName="parentTextArrow" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4" custScaleY="52908"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{FC706678-A8D3-4380-A9BA-751A6C2F406C}" type="pres">
       <dgm:prSet presAssocID="{F820AE9E-C908-4FC8-A63F-3B3D79DE51FA}" presName="sp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{011A9794-AEFA-4F51-BDBB-AC0BF10A713F}" type="pres">
       <dgm:prSet presAssocID="{3F6301E8-51B0-4469-9FF2-4E44126D2A06}" presName="arrowAndChildren" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{311D84B0-9779-492E-B16D-DC6A26078634}" type="pres">
-      <dgm:prSet presAssocID="{3F6301E8-51B0-4469-9FF2-4E44126D2A06}" presName="parentTextArrow" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custScaleY="106496"/>
+      <dgm:prSet presAssocID="{3F6301E8-51B0-4469-9FF2-4E44126D2A06}" presName="parentTextArrow" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custScaleY="49021"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{A214927A-D046-4B56-B0E1-9F703774A0B4}" type="pres">
       <dgm:prSet presAssocID="{0FC54164-1B74-4DE4-B42E-574BAFD2EE61}" presName="sp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D88B7375-3CAA-4D6B-8AAA-F5FA2DA2D733}" type="pres">
       <dgm:prSet presAssocID="{A4093636-79C9-474A-8F76-1D05FD281FDD}" presName="arrowAndChildren" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{3F9964C7-4873-4167-8ADF-05AA04C58B97}" type="pres">
-      <dgm:prSet presAssocID="{A4093636-79C9-474A-8F76-1D05FD281FDD}" presName="parentTextArrow" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4"/>
+      <dgm:prSet presAssocID="{A4093636-79C9-474A-8F76-1D05FD281FDD}" presName="parentTextArrow" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4" custScaleY="55585"/>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{7899F02D-EDFB-49E4-BF95-341A40165B66}" srcId="{83B9F30D-2639-4409-89DA-346484F7E2BE}" destId="{3F6301E8-51B0-4469-9FF2-4E44126D2A06}" srcOrd="1" destOrd="0" parTransId="{AD769AB2-B7ED-4AB5-9365-E6E96180E6E2}" sibTransId="{F820AE9E-C908-4FC8-A63F-3B3D79DE51FA}"/>
     <dgm:cxn modelId="{209A6170-4AF5-483D-9D9E-C783025FB937}" type="presOf" srcId="{B12D2AC3-D40E-4372-968A-219640E5ECB2}" destId="{9CB6BB06-E6FE-4DA2-93DA-71ECDFAC56E2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{2D68819C-4453-41EA-8519-9F1A3CB4C9D1}" srcId="{83B9F30D-2639-4409-89DA-346484F7E2BE}" destId="{5BEA2C57-6701-4DCD-B2AE-1904B7EA4182}" srcOrd="3" destOrd="0" parTransId="{E6D48AA8-BF7E-4CE0-82AA-F87E802DD7F2}" sibTransId="{5C782F63-671A-4D75-9A2F-0EFC4DF84C96}"/>
     <dgm:cxn modelId="{BB3AF4A1-BF32-4EC7-903E-BBA647490C17}" type="presOf" srcId="{A4093636-79C9-474A-8F76-1D05FD281FDD}" destId="{3F9964C7-4873-4167-8ADF-05AA04C58B97}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{6C434EB0-CC38-4D82-BB16-9D5BB3A60DE3}" srcId="{83B9F30D-2639-4409-89DA-346484F7E2BE}" destId="{B12D2AC3-D40E-4372-968A-219640E5ECB2}" srcOrd="2" destOrd="0" parTransId="{962589C8-0743-415C-B8C9-3C98C4C50D1F}" sibTransId="{99C3451A-4C93-4FA3-BBC9-98F6B0A9E8F1}"/>
     <dgm:cxn modelId="{EEDCECC5-0EB7-4863-BA94-709BF2CFB34E}" type="presOf" srcId="{83B9F30D-2639-4409-89DA-346484F7E2BE}" destId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{A48C1DC8-3914-4472-B2D7-289021FA5793}" srcId="{83B9F30D-2639-4409-89DA-346484F7E2BE}" destId="{A4093636-79C9-474A-8F76-1D05FD281FDD}" srcOrd="0" destOrd="0" parTransId="{65EC4924-B411-45AD-A3A1-8DA75222A728}" sibTransId="{0FC54164-1B74-4DE4-B42E-574BAFD2EE61}"/>
     <dgm:cxn modelId="{20F630F1-8BBC-45D4-8375-C071835448F1}" type="presOf" srcId="{3F6301E8-51B0-4469-9FF2-4E44126D2A06}" destId="{311D84B0-9779-492E-B16D-DC6A26078634}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{47B4EBF8-9D75-461A-A9F8-8082B38C87C0}" type="presOf" srcId="{5BEA2C57-6701-4DCD-B2AE-1904B7EA4182}" destId="{7FCFA201-A2E3-4F52-B98A-437BA4C530A0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{CF0C0080-C182-45B7-A758-A68CB209F422}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{B8EF43A7-5C6B-4C3C-A6F5-D18AA4A0801A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{C5B7009C-A48D-4F5F-ADBE-79FD7622B021}" type="presParOf" srcId="{B8EF43A7-5C6B-4C3C-A6F5-D18AA4A0801A}" destId="{7FCFA201-A2E3-4F52-B98A-437BA4C530A0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{01D7E51C-BA94-4597-A679-B940E4A100DA}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{92271B0B-B500-4D33-A5C1-CDF85714E8E8}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{FFE8F097-4DF4-416E-B17D-346C1FD09AF8}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{07E6A7B5-E0DD-4A8B-9C6F-B37425ED45E1}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{79456D93-CA1C-4B6D-9ECE-0C9DAC819667}" type="presParOf" srcId="{07E6A7B5-E0DD-4A8B-9C6F-B37425ED45E1}" destId="{9CB6BB06-E6FE-4DA2-93DA-71ECDFAC56E2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{7F5805BE-FA14-4366-9129-B38896D2E5CE}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{FC706678-A8D3-4380-A9BA-751A6C2F406C}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{1FAF47CE-CDF9-4B1B-9F59-0011651B4503}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{011A9794-AEFA-4F51-BDBB-AC0BF10A713F}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{EE97825C-71B5-46ED-92D5-FB7335966150}" type="presParOf" srcId="{011A9794-AEFA-4F51-BDBB-AC0BF10A713F}" destId="{311D84B0-9779-492E-B16D-DC6A26078634}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{1C7C16A7-2287-40EF-90CA-A7BD21D10CC1}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{A214927A-D046-4B56-B0E1-9F703774A0B4}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{33ADB342-920B-47BE-9303-C02F493345AF}" type="presParOf" srcId="{183E8851-50CC-4E22-8CDC-C4EEEB2DA55E}" destId="{D88B7375-3CAA-4D6B-8AAA-F5FA2DA2D733}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
     <dgm:cxn modelId="{9087A69B-1DDB-47B1-868B-C8D17A496E90}" type="presParOf" srcId="{D88B7375-3CAA-4D6B-8AAA-F5FA2DA2D733}" destId="{3F9964C7-4873-4167-8ADF-05AA04C58B97}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/process4"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId15" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId16" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{7FCFA201-A2E3-4F52-B98A-437BA4C530A0}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2086876"/>
-          <a:ext cx="5941060" cy="446569"/>
+          <a:off x="0" y="1546981"/>
+          <a:ext cx="5941060" cy="650118"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -41050,336 +41112,63 @@
         </a:p>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="2086876"/>
-        <a:ext cx="5941060" cy="446569"/>
+        <a:off x="0" y="1546981"/>
+        <a:ext cx="5941060" cy="650118"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{9CB6BB06-E6FE-4DA2-93DA-71ECDFAC56E2}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="10800000">
-          <a:off x="0" y="1405808"/>
-[...273 lines deleted...]
-          <a:ext cx="5941060" cy="686823"/>
+          <a:off x="0" y="1027074"/>
+          <a:ext cx="5941060" cy="529017"/>
         </a:xfrm>
         <a:prstGeom prst="upArrowCallout">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:sysClr val="window" lastClr="FFFFFF">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:sysClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
@@ -41400,78 +41189,254 @@
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>The QIA Initial Screening Tool (Appendicies A &amp; B) will be undertaken by the Project Lead/appropriate person (in consultation with other relavent parties) and signed off by the project's Programme Lead. Please then send the signed QIA to the </a:t>
+            <a:t>The Project/Programme Lead will review, sign off and submit the Initial QIA viat the submission portal on the </a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-GB" sz="1000" kern="1200">
+            <a:rPr lang="en-GB" sz="1000" b="1" u="sng" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Associate Chief Nurse </a:t>
+            <a:t>NHS Futures website</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="1" kern="1200">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" kern="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>for logging. </a:t>
+            <a:t>(see 6.1).</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="10800000">
-        <a:off x="0" y="942"/>
-        <a:ext cx="5941060" cy="446277"/>
+        <a:off x="0" y="1027074"/>
+        <a:ext cx="5941060" cy="343739"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{311D84B0-9779-492E-B16D-DC6A26078634}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="10800000">
+          <a:off x="0" y="546673"/>
+          <a:ext cx="5941060" cy="490152"/>
+        </a:xfrm>
+        <a:prstGeom prst="upArrowCallout">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:sysClr val="window" lastClr="FFFFFF">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:sysClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="71120" rIns="71120" bIns="71120" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" kern="1200">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>For domains on the Initial QIA with high risk scores of 8 or above, the Stage 2 QIA (Appendix C) must be completed for additional scrutiny but only for the domains scroing 8 or above.  </a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm rot="10800000">
+        <a:off x="0" y="546673"/>
+        <a:ext cx="5941060" cy="318486"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{3F9964C7-4873-4167-8ADF-05AA04C58B97}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="10800000">
+          <a:off x="0" y="641"/>
+          <a:ext cx="5941060" cy="555784"/>
+        </a:xfrm>
+        <a:prstGeom prst="upArrowCallout">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:sysClr val="window" lastClr="FFFFFF">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:sysClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="71120" rIns="71120" bIns="71120" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" kern="1200">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>The QIA Initial Screening Tool (Appendicies A &amp; B) will be undertaken by the Project Lead/appropriate person (in consultation with other relavent parties) and reviewed by the project's Programme Lead. </a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm rot="10800000">
+        <a:off x="0" y="641"/>
+        <a:ext cx="5941060" cy="361132"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/process4">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="16000"/>
     <dgm:cat type="list" pri="20000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="11">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="12">
@@ -43130,69 +43095,69 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A92733D-1CAB-4BD4-9011-A5E66AC641FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{37c354b2-85b0-47f5-b222-07b48d774ee3}" enabled="0" method="" siteId="{37c354b2-85b0-47f5-b222-07b48d774ee3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>6740</Words>
-  <Characters>38421</Characters>
+  <Words>6787</Words>
+  <Characters>38687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>320</Lines>
+  <Lines>322</Lines>
   <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lincolnshire NHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45071</CharactersWithSpaces>
+  <CharactersWithSpaces>45384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Ellis-Fenwick Julie (SLCCG)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>