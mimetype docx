--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -1,64 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="60E40570" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26B17C4C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -184,816 +183,826 @@
     </w:p>
     <w:p w14:paraId="676C1955" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4251"/>
-        <w:gridCol w:w="4657"/>
+        <w:gridCol w:w="4236"/>
+        <w:gridCol w:w="4672"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="48FFFEEE" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="48FFFEEE" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3914CEF0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3914CEF0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E539232" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="6E539232" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="171C6D2C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="171C6D2C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3894DEC4" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3894DEC4" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="173F85A8" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRPr="00D57796" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
+          <w:p w14:paraId="173F85A8" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRPr="00DD0B16" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0070C0"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0070C0"/>
-                <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Example Policy for General Practice and Domestic Abuse</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AF7412A" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRPr="00672D6A" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34899BD5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="34899BD5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E2C127F" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="1E2C127F" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BCE5CFE" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="1BCE5CFE" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="56D2415B" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="56D2415B" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B222C07" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="5B222C07" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="37F2164C" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="37F2164C" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE3CA01" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="1FE3CA01" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> ICB document reference:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C93E2A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="007B03B4" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
-[...14 lines deleted...]
-          <w:p w14:paraId="436294C5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="00C93E2A" w14:textId="74FBA0DA" w:rsidR="009275FD" w:rsidRPr="00C32696" w:rsidRDefault="002A5E65" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C32696">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>ICB SAFEGUARDING 014</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="436294C5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="002A5E65" w:rsidRDefault="009275FD" w:rsidP="0008563F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="0AEAC40F" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="0AEAC40F" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4E208C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="5D4E208C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of originator/author:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19438AE1" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="19438AE1" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AAEC407" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3780"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Louise Roscoe (Named GP for Safeguarding Adults and Children)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F33A26B" w14:textId="1DA33EF3" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3780"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Claire Tozer (Head of Safeguarding Adults and Primary Care)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="073AEB52" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="073AEB52" w14:textId="77777777" w:rsidTr="0008563F">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B70171D" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="6B70171D" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">of approval: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46339F0F" w14:textId="2532C525" w:rsidR="009275FD" w:rsidRDefault="00BB10BF" w:rsidP="00BC501B">
+          <w:p w14:paraId="46339F0F" w14:textId="2532C525" w:rsidR="009275FD" w:rsidRDefault="00BB10BF" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>01/09/2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4569CF1A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="4569CF1A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="1C213DFB" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="1C213DFB" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A625837" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="7A625837" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of responsible </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00622BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>ommittee:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29DF355C" w14:textId="0A5AF683" w:rsidR="009275FD" w:rsidRPr="003E6937" w:rsidRDefault="008F368B" w:rsidP="00BC501B">
+          <w:p w14:paraId="29DF355C" w14:textId="0A5AF683" w:rsidR="009275FD" w:rsidRPr="003E6937" w:rsidRDefault="008F368B" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6937">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical </w:t>
             </w:r>
             <w:r w:rsidR="00EF10E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Policy</w:t>
             </w:r>
             <w:r w:rsidRPr="003E6937">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sub-Group</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="730EDC2A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="730EDC2A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="1D0D60D9" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="1D0D60D9" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42539070" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="42539070" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Responsible Director/ICB Officer:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AD8F2C1" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="1AD8F2C1" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE59655" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
-[...7 lines deleted...]
-          <w:p w14:paraId="75C4E18A" w14:textId="49EF51E9" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="003B6F19" w:rsidP="00BC501B">
+          <w:p w14:paraId="75C4E18A" w14:textId="49EF51E9" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="003B6F19" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Chief Nurse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="56C3D315" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="56C3D315" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25492619" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="25492619" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Category: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02474894" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="02474894" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03B811CA" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="007B03B4" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="03B811CA" w14:textId="7456CC98" w:rsidR="009275FD" w:rsidRPr="007B03B4" w:rsidRDefault="002A5E65" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B03B4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>To be completed by the Board/Deputy Board Secretary</w:t>
+              <w:t>SAFEGUARDING</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="478F1274" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="007B03B4" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="478F1274" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="007B03B4" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="73FA15BE" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00622BFE" w14:paraId="73FA15BE" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3185AD36" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3185AD36" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>EIA undertaken:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7052CFA0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="7052CFA0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35936E45" w14:textId="53D3A34E" w:rsidR="009275FD" w:rsidRPr="00622BFE" w:rsidRDefault="00A33C9D" w:rsidP="00A33C9D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="069B2C80" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="069B2C80" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C212191" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="5C212191" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00672D6A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date issued:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E11A824" w14:textId="37A33F07" w:rsidR="009275FD" w:rsidRDefault="00BB10BF" w:rsidP="00BC501B">
+          <w:p w14:paraId="7E11A824" w14:textId="34750DD6" w:rsidR="009275FD" w:rsidRDefault="006701D1" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>01/09/2024</w:t>
+              <w:t>13/01/2026</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="066C5F93" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="005F6390" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="066C5F93" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="005F6390" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="3DD42CC8" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="3DD42CC8" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A06D06B" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00515586" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="0A06D06B" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00515586" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00515586">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Review date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427648E6" w14:textId="15847DE4" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
-[...7 lines deleted...]
-          <w:p w14:paraId="4ED789F4" w14:textId="652A1FA1" w:rsidR="009275FD" w:rsidRPr="005F6390" w:rsidRDefault="005D6B4D" w:rsidP="00BC501B">
+          <w:p w14:paraId="69AF4594" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="006701D1" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>13/01/2029</w:t>
             </w:r>
-            <w:r w:rsidR="00A33C9D">
+          </w:p>
+          <w:p w14:paraId="4ED789F4" w14:textId="1DC30998" w:rsidR="002A5E65" w:rsidRPr="005F6390" w:rsidRDefault="002A5E65" w:rsidP="0008563F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> year from issue date</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="3FEB45D5" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="3FEB45D5" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC6D804" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="0FC6D804" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00672D6A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Target audience:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A59BF62" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="5A59BF62" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="400FF9B4" w14:textId="27099F4E" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="003C4A5A" w:rsidP="00BC501B">
+          <w:p w14:paraId="400FF9B4" w14:textId="27099F4E" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="003C4A5A" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>General Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="523F180F" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00672D6A" w14:paraId="523F180F" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE2D53F" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3FE2D53F" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00672D6A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Distributed via:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1B95B2" w14:textId="7629EA40" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="7C1B95B2" w14:textId="7629EA40" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Intranet and Internet</w:t>
             </w:r>
             <w:r w:rsidR="003C4A5A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Email</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="494AB644" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="494AB644" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00672D6A" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1350CBD8" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006F11E0" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="300701CE" w14:textId="77777777" w:rsidR="002A5E65" w:rsidRDefault="002A5E65" w:rsidP="009275FD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="60" w:after="60"/>
+        <w:ind w:right="505"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005EB8"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1350CBD8" w14:textId="54F4023F" w:rsidR="009275FD" w:rsidRPr="006F11E0" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:right="505"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F11E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
@@ -1019,1010 +1028,996 @@
           <w:bCs/>
           <w:color w:val="000090"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4805" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000090"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2204"/>
         <w:gridCol w:w="6460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="4B6E5FA6" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="4B6E5FA6" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F761051" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="6F761051" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Document Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3728" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5F159234" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRPr="00903EDF" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Example Policy for General Practice and Domestic Abuse</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F5CEFF5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="1F5CEFF5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="000090"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="3FAC6377" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="3FAC6377" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="005EB8"/>
           </w:tcPr>
-          <w:p w14:paraId="64582E62" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="64582E62" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">Version </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3728" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="25F83F98" w14:textId="30A2294D" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="25F83F98" w14:textId="1F295EB3" w:rsidR="009275FD" w:rsidRPr="00DD0B16" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00903EDF">
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
-            <w:r w:rsidR="009F709F">
+            <w:r w:rsidR="00083457" w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="4D683FB0" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="4D683FB0" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53709D60" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="53709D60" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3728" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="22526137" w14:textId="165686A6" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00C71FBA" w:rsidP="00BC501B">
+          <w:p w14:paraId="22526137" w14:textId="165686A6" w:rsidR="009275FD" w:rsidRPr="00DD0B16" w:rsidRDefault="00C71FBA" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="008F368B" w:rsidRPr="00903EDF">
+            <w:r w:rsidR="008F368B" w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>inal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="7A809A85" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="7A809A85" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="005EB8"/>
           </w:tcPr>
-          <w:p w14:paraId="3360326F" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3360326F" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3728" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2876BD3C" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRPr="00903EDF" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
+          <w:p w14:paraId="2876BD3C" w14:textId="77777777" w:rsidR="003C4A5A" w:rsidRPr="00DD0B16" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00903EDF">
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Claire Tozer and Louise Roscoe</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C7B8A98" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00136626" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="0C7B8A98" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00DD0B16" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="542F2511" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="542F2511" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="32B4CE16" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="32B4CE16" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3728" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5D52FFE0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00136626" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="5D52FFE0" w14:textId="685A90EF" w:rsidR="009275FD" w:rsidRPr="00DD0B16" w:rsidRDefault="003225DC" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:ind w:right="381"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:color w:val="000090"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14/11/2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FADDE36" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00136626" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4805" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000090"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000090"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="966"/>
         <w:gridCol w:w="2088"/>
         <w:gridCol w:w="2630"/>
         <w:gridCol w:w="2980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="77740884" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="77740884" w14:textId="77777777" w:rsidTr="0008563F">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="005EB8"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3279B6" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00136626" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3C3279B6" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00136626" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136626">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Document history</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="006B6EE9" w14:paraId="346DE56E" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="006B6EE9" w14:paraId="346DE56E" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="557" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3977A225" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3977A225" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1205" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D943863" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="3D943863" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A440AB9" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="7A440AB9" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5C5677" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="1F5C5677" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="006B6EE9" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6EE9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="6B0047F9" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="009275FD" w:rsidRPr="00136626" w14:paraId="6B0047F9" w14:textId="77777777" w:rsidTr="0008563F">
         <w:trPr>
           <w:trHeight w:val="402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="557" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="77076A66" w14:textId="06CB056D" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="005D6B4D" w:rsidP="00BC501B">
+          <w:p w14:paraId="77076A66" w14:textId="06CB056D" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="005D6B4D" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1205" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7289C928" w14:textId="3066D350" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00903EDF" w:rsidP="00BC501B">
+          <w:p w14:paraId="7289C928" w14:textId="3066D350" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00903EDF" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="005D6B4D" w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>/0</w:t>
             </w:r>
             <w:r w:rsidR="00EF10E5" w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="005D6B4D" w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="120071F1" w14:textId="77777777" w:rsidR="005D6B4D" w:rsidRPr="00903EDF" w:rsidRDefault="005D6B4D" w:rsidP="005D6B4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Claire Tozer and Louise Roscoe</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AF6F859" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00BC501B">
+          <w:p w14:paraId="2AF6F859" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA228B3" w14:textId="34EF7DCA" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="005D6B4D" w:rsidP="00BC501B">
+          <w:p w14:paraId="5FA228B3" w14:textId="34EF7DCA" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="005D6B4D" w:rsidP="0008563F">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903EDF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Initial policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6F19" w:rsidRPr="00136626" w14:paraId="016CE3E1" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="003B6F19" w:rsidRPr="00136626" w14:paraId="016CE3E1" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="557" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04D5F959" w14:textId="0C70B717" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="04D5F959" w14:textId="0C70B717" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1205" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCB6F60" w14:textId="34617D52" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="1FCB6F60" w14:textId="34617D52" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>01/09/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCF9118" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRPr="00903EDF" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="6CCF9118" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRPr="000B290B" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00903EDF">
+            <w:r w:rsidRPr="000B290B">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Claire Tozer and Louise Roscoe</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A7C7783" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="5A7C7783" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7401BAEC" w14:textId="68F6CCC0" w:rsidR="003B6F19" w:rsidRPr="00136626" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="7401BAEC" w14:textId="68F6CCC0" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Policy reviewed by LMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6F19" w:rsidRPr="00136626" w14:paraId="21913A44" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="003B6F19" w:rsidRPr="00136626" w14:paraId="21913A44" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="557" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="496ED0D5" w14:textId="0DF09CA1" w:rsidR="003B6F19" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
+          <w:p w14:paraId="496ED0D5" w14:textId="0DF09CA1" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1205" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4E47A8" w14:textId="4E9ACD11" w:rsidR="003B6F19" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
+          <w:p w14:paraId="3B4E47A8" w14:textId="4E9ACD11" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08/04/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="451FD9E3" w14:textId="632DE8A2" w:rsidR="003B6F19" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
+          <w:p w14:paraId="451FD9E3" w14:textId="632DE8A2" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barbara Young</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71F6BBD8" w14:textId="53036A9F" w:rsidR="003B6F19" w:rsidRPr="00136626" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
+          <w:p w14:paraId="71F6BBD8" w14:textId="53036A9F" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="009F709F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Update of LSCP Link to new </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trixonline</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00DD0B16">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. 6.20.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B6F19" w:rsidRPr="00136626" w14:paraId="5D5D7C78" w14:textId="77777777" w:rsidTr="00BC501B">
+      <w:tr w:rsidR="003B6F19" w:rsidRPr="00136626" w14:paraId="5D5D7C78" w14:textId="77777777" w:rsidTr="0008563F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="557" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7512A6" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="5B7512A6" w14:textId="3E873C16" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="0008563F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>005</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1205" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3559633D" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="3559633D" w14:textId="2DAFE635" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="0010103A" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>08/09/2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4140FB71" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="4140FB71" w14:textId="4E8D51EE" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="0008563F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Claire Tozer</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000090"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000090"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74FB078C" w14:textId="77777777" w:rsidR="003B6F19" w:rsidRDefault="003B6F19" w:rsidP="003B6F19">
+          <w:p w14:paraId="74FB078C" w14:textId="7DB484A9" w:rsidR="003B6F19" w:rsidRPr="00DD0B16" w:rsidRDefault="0008563F" w:rsidP="003B6F19">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="39" w:after="39"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Inclusion of RSPCA</w:t>
+            </w:r>
+            <w:r w:rsidR="001301B7" w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>typologies</w:t>
+            </w:r>
+            <w:r w:rsidR="001301B7" w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>, RCGP standards and how to book on ICB training</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="667CF61C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62FA8D4D" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2178,112 +2173,68 @@
     </w:p>
     <w:p w14:paraId="233B1C18" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DB18994" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF7C9D6" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5306CCC4" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="50CDC00F" w14:textId="77777777" w:rsidR="00CC0339" w:rsidRDefault="00CC0339" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46EA539E" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...7 lines deleted...]
-    <w:p w14:paraId="337C9639" w14:textId="77777777" w:rsidR="008F368B" w:rsidRDefault="008F368B" w:rsidP="009275FD">
+    <w:p w14:paraId="48F42168" w14:textId="25D10B21" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:right="505"/>
-      </w:pPr>
-[...34 lines deleted...]
-        <w:ind w:right="505"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B267AC" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
@@ -2671,144 +2622,150 @@
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903EDF">
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4270DF7E" w14:textId="77777777" w:rsidR="00B52FA5" w:rsidRDefault="00B52FA5" w:rsidP="00B52FA5">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B079ED" w14:textId="2BC9838D" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00B52FA5" w:rsidP="00B52FA5">
+    <w:p w14:paraId="78B079ED" w14:textId="476B4F04" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00B52FA5" w:rsidP="00B52FA5">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">7          </w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:t>Communication, Monitoring and Review</w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903EDF">
-        <w:t>18</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:t>9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25427076" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0012099F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00E11FFC" w14:textId="2E060904" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="0012099F" w:rsidP="0012099F">
+    <w:p w14:paraId="00E11FFC" w14:textId="7AC324B7" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="0012099F" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
         <w:t>Staff Training</w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903EDF">
-        <w:t>18</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:t>9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5794B41A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0012099F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ECE3411" w14:textId="602FEF5F" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="0012099F" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">9          </w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:t>Equality and Diversity Statement</w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
@@ -2821,342 +2778,367 @@
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903EDF">
         <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B067B0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="558699FC" w14:textId="38D7033C" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0012099F">
+    <w:p w14:paraId="558699FC" w14:textId="2B647FA3" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
         <w:t>Interaction with other Policies</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903EDF">
-        <w:t xml:space="preserve">            19</w:t>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:t>20</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27CE4A97" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="301047DE" w14:textId="7A77B6AF" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="0012099F">
+    <w:p w14:paraId="301047DE" w14:textId="01B2AAAF" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
         <w:t>References</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903EDF">
-        <w:t xml:space="preserve"> 21</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F199502" w14:textId="77777777" w:rsidR="00F862FA" w:rsidRDefault="00F862FA" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5019FF02" w14:textId="4A421054" w:rsidR="00F862FA" w:rsidRPr="00903EDF" w:rsidRDefault="00F862FA" w:rsidP="0012099F">
+    <w:p w14:paraId="5019FF02" w14:textId="22225335" w:rsidR="00F862FA" w:rsidRPr="00903EDF" w:rsidRDefault="00F862FA" w:rsidP="0012099F">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12        Glossary </w:t>
       </w:r>
       <w:r w:rsidR="00CC3047">
-        <w:t xml:space="preserve">                                                                                                                   22 </w:t>
+        <w:t xml:space="preserve">                                                                                                                  2</w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC3047">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA1CE49" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C102C9" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="181F7CD7" w14:textId="1051AEC9" w:rsidR="000B290B" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5F94994E" w14:textId="72601333" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>Appendix A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213310314"/>
+      <w:r w:rsidR="001F1DA8">
+        <w:t>Domestic Abuse Disclosure Pathway</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000B290B">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001A36E6">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD85998" w14:textId="77777777" w:rsidR="000B290B" w:rsidRDefault="000B290B" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+    </w:p>
+    <w:p w14:paraId="5F94994E" w14:textId="4B65BCEB" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="000B290B" w:rsidP="009275FD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix B     Useful Contact Details</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:tab/>
-      </w:r>
-[...15 lines deleted...]
-      <w:r w:rsidR="00D8607B" w:rsidRPr="00903EDF">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00903EDF">
-        <w:t>0</w:t>
+      <w:r w:rsidR="00C6765E">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve">                                                                                     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62CA3FB1" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65ABFE92" w14:textId="48C4AB61" w:rsidR="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...24 lines deleted...]
-    <w:p w14:paraId="03FA5AE5" w14:textId="27E9D873" w:rsidR="009275FD" w:rsidRDefault="00903EDF" w:rsidP="009275FD">
+    <w:p w14:paraId="03FA5AE5" w14:textId="6D8599A8" w:rsidR="009275FD" w:rsidRDefault="00903EDF" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Appendix C </w:t>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t>EIA and QIA</w:t>
+      </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve">                                                                       2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6765E">
+        <w:t>3</w:t>
+      </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009275FD" w:rsidRPr="00903EDF">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidR="00D8607B" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A32EC1C" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="009275FD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76F8C45A" w14:textId="4AE19CCC" w:rsidR="00D833F4" w:rsidRPr="00903EDF" w:rsidRDefault="00D833F4" w:rsidP="009275FD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
-        <w:t>1</w:t>
-[...18 lines deleted...]
-        <w:t>Appendix D                                                                                                                            21</w:t>
+        <w:t xml:space="preserve">                                                                                                                           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="367DC4C1" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11F1F77C" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AAFFB95" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -3395,587 +3377,600 @@
         <w:t xml:space="preserve">The Crime Survey for England and Wales estimated that 2.1 million people aged 16 years and over (1.4 million women and 751,000 men) experienced domestic abuse in the year ending March 2023. </w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="323132"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This equates to approximately one in 25 people. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B075623" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="323132"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73805D25" w14:textId="2AF332CB" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
+    <w:p w14:paraId="73805D25" w14:textId="2DDEB9FB" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="323132"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Everyone</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> has the right to live life free from abuse and violence in any form and the responsibility for such acts lies with the perpetrators. Prevention of abuse and the protection of victims lies at the heart of the Domestic Abuse Act (2021). It </w:t>
+        <w:t xml:space="preserve"> has the right to live life free from abuse and violence in any form and the responsibility for such acts lies with the perpetrators. Prevention of abuse and the protection of victims </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4C3C" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lie</w:t>
+      </w:r>
+      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the heart of the Domestic Abuse Act (2021). It </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recognises</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that domestic abuse can have a long-lasting physical and psychological effect on adult and child victims.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E824BE1" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
-[...2 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="07A5BEE6" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="323132"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07A5BEE6" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7C992DF4" w14:textId="74FC3A4D" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Children</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and young people are also deemed to be victims within their own right under the 2021 Act because of seeing, </w:t>
       </w:r>
       <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hearing,</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or otherwise experiencing domestic abuse between two people where the child is related to at least one of them. Within this context, </w:t>
       </w:r>
-      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00774A82" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(insert practice name) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recognises</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> its responsibilities to safeguard and protect both children and adults at risk of abuse (Children’s </w:t>
       </w:r>
       <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Act 1989</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/2004 and the Care Act </w:t>
       </w:r>
-      <w:commentRangeStart w:id="1"/>
+      <w:commentRangeStart w:id="2"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2014</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="1"/>
+      <w:commentRangeEnd w:id="2"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:commentReference w:id="1"/>
+        <w:commentReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B84F6E2" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56FFFEB6" w14:textId="1089100E" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
+    <w:p w14:paraId="56FFFEB6" w14:textId="7A960F48" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Local</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Childhood Data on Risks and Needs estimated that, between 2019 and 2020, approximately 1 in 15 children under the age of 17 live in households where a parent is a victim of domestic abuse</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> Childhood Data on Risks and Needs estimated that, between 2019 and 2020, approximately 1 in 15 children under the age of 17 live in households where a parent is a victim of domestic abuse. </w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The NHS has a responsibility for the welfare of </w:t>
       </w:r>
       <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> patients and employees and believes domestic abuse is never acceptable or justifiable. </w:t>
       </w:r>
-      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+      <w:r w:rsidR="00774A82" w:rsidRPr="004541FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(insert practice </w:t>
       </w:r>
-      <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
+      <w:r w:rsidR="00763C15" w:rsidRPr="004541FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">name) </w:t>
       </w:r>
       <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>committed to raising awareness of domestic abuse and providing guidance for patients and staff to address the issue and its effects</w:t>
       </w:r>
       <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DB7851" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FA379FE" w14:textId="20DB9D76" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
+    <w:p w14:paraId="3FA379FE" w14:textId="46B84645" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.5.</w:t>
       </w:r>
       <w:r w:rsidR="00763C15" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Primary Care provides a vital opportunity for identification and disclosure of domestic abuse, staff are in a key position for early identification in their day to-day work potentially seeing both victims and perpetrators of domestic violence. </w:t>
+        <w:t xml:space="preserve">Primary Care provides a vital opportunity for identification and disclosure of domestic </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>abuse;</w:t>
+      </w:r>
+      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff are in a key position for early identification in their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>day to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-day work potentially seeing both victims and perpetrators of domestic violence. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4C3C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please see Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4C3C" w:rsidRPr="00165789">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A - Domestic Abuse Disclosure Pathway</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4C3C" w:rsidRPr="00165789">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8BD272" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7815630F" w14:textId="02F0F117" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00763C15" w:rsidP="00774A82">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1.6</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00774A82" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(insert practice name) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:t>recognises</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> that both its employees and patients will be amongst those affected by domestic abuse; for example, as a survivor of domestic abuse, an individual who is currently living with domestic abuse, someone who has been impacted upon by domestic abuse or as an individual who perpetrates domestic abuse. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67863C32" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="67863C32" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D580DEB" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="0D580DEB" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="001A36E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7474631E" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00763C15">
+    <w:p w14:paraId="7474631E" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="001A36E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FCD7EFE" w14:textId="2E0855E7" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
+    <w:p w14:paraId="4FCD7EFE" w14:textId="6F9623D5" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> This</w:t>
+      </w:r>
+      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> policy aims to ensure that Primary Care staff are aware of their duty to be alert to signs of domestic </w:t>
+      </w:r>
+      <w:r w:rsidR="00F62AD4" w:rsidRPr="00903EDF">
+        <w:t>abuse and</w:t>
+      </w:r>
+      <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> actively facilitate disclosure to explore and know how to respond to disclosures of domestic abuse. Also to support victims and survivors (who may be patients or staff) and signpost or make onward referral to external agencies where appropriate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198DC64B" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EFCF3ED" w14:textId="27437853" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2.1.</w:t>
+        <w:t>2.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> This</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> policy aims to ensure that Primary Care staff are aware of their duty to be alert to signs of domestic abuse, and actively facilitate disclosure to explore and know how to respond to disclosures of domestic abuse. Also to support victims and survivors (who may be patients or staff) and signpost or make onward referral to external agencies where appropriate. </w:t>
-[...46 lines deleted...]
-        <w:t>or alleged perpetrator of domestic abuse.</w:t>
+        <w:t xml:space="preserve"> document also provides guidance for line managers on how to appropriately support staff when a manager becomes aware that a member of their staff is either a victim or alleged perpetrator of domestic abuse.</w:t>
       </w:r>
       <w:r w:rsidR="00774A82" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7926AC47" w14:textId="77777777" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00774A82" w:rsidP="00774A82">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BAC1042" w14:textId="2A8651CA" w:rsidR="00774A82" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -4012,309 +4007,304 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="061ABA41" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E235273" w14:textId="45978EBB" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">The Domestic Abuse Act (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00C25AF3" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Domestic Abuse Act 2021 (legislation.gov.uk</w:t>
         </w:r>
         <w:r w:rsidR="00C25AF3" w:rsidRPr="00903EDF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3C1EDF51" w14:textId="13E7AD74" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="3" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Responding to domestic abuse. A resource for health professionals Domestic Abuse:   a resource for health professionals (2017); </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00C25AF3" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Domestic abuse: a resource for health professionals - GOV.UK (www.gov.uk</w:t>
         </w:r>
         <w:r w:rsidR="00C25AF3" w:rsidRPr="00903EDF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="076A0297" w14:textId="010C578F" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="3" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Working Together to Safeguard Children (2023);</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00C25AF3" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Working together to safeguard children - GOV.UK (www.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="08F21E5F" w14:textId="3D2D14AC" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="3" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The Care Act (2014)</w:t>
       </w:r>
       <w:r w:rsidR="00C25AF3" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00C25AF3" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Care Act 2014 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A1D5F57" w14:textId="3811A4BA" w:rsidR="00763C15" w:rsidRPr="00903EDF" w:rsidRDefault="00763C15" w:rsidP="007B6C4B">
+    <w:p w14:paraId="5A1D5F57" w14:textId="3811A4BA" w:rsidR="00763C15" w:rsidRPr="00903EDF" w:rsidRDefault="00763C15" w:rsidP="001A36E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="3" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The Practice`s safeguarding policies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DB1490" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...8 lines deleted...]
-    <w:p w14:paraId="56B0A377" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="13DB1490" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56B0A377" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00C6765E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Scope</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517BED30" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...8 lines deleted...]
-    <w:p w14:paraId="587A486D" w14:textId="7297C717" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+    <w:p w14:paraId="517BED30" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00C6765E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587A486D" w14:textId="7297C717" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="00C6765E">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="00871B05" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">This policy applies to all patients registered with </w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(insert practice name) </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>as well as all staff employed by the practice including those on fixed-term contracts, temporary staff, bank staff, locums, agency staff, contractors, volunteers (including celebrities), students and any other learners undertaking any type of work experience or work-related activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FC4D72" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...7 lines deleted...]
-    <w:p w14:paraId="1A33FFEF" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="70FC4D72" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A33FFEF" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00C6765E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A770533" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="009D072B">
       <w:pPr>
@@ -4333,203 +4323,246 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The new </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidR="007B6C4B" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Domestic Abuse Act </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidR="007B6C4B" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>(2021)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for the first time provides a statutory definition of domestic abuse; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC2CF13" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="458ED7A8" w14:textId="10D45709" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Domestic abuse, is defined in the Domestic Abuse </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">Domestic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>abuse,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is defined in the Domestic Abuse </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Act </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="13F41403" w14:textId="3D1BBF20" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and B are each aged 16 or over and are “personally connected” to each other, and (b) the behaviour is abusive. ‘’</w:t>
+    <w:p w14:paraId="13F41403" w14:textId="311310B4" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>Behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> of a person (“A”) towards another person (“B”) is “domestic abuse” if— (</w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>a) A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and B are each aged 16 or over and are “personally connected” to each other, and (b) the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> is abusive. ‘’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A984F5F" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15B0719D" w14:textId="7705E843" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="00871B05" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The behaviour can encompass, but is not limited to, the following types of abuse:</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can encompass, but is not limited to, the following types of abuse:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D034231" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="710F2771" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Physical</w:t>
       </w:r>
     </w:p>
@@ -4583,159 +4616,183 @@
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Emotional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182682A8" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Harassment and Stalking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186F133E" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+    <w:p w14:paraId="186F133E" w14:textId="54918B56" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="001F1DA8" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...3 lines deleted...]
-    <w:p w14:paraId="7841EB71" w14:textId="30F555FE" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">iolent or threatening </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7841EB71" w14:textId="6E9B3449" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="001F1DA8" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...3 lines deleted...]
-    <w:p w14:paraId="13F2378E" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">ontrolling or coercive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F2378E" w14:textId="5331D0C0" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="001F1DA8" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...3 lines deleted...]
-    <w:p w14:paraId="4E49EC78" w14:textId="2D3A4EFF" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
+        <w:t>sychological, emotional or other abuse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E49EC78" w14:textId="55C754E0" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">So called </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
         <w:t>honour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00903EDF">
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>-based</w:t>
+      </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:t>abuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0501A60B" w14:textId="5029BE30" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Female genital mutilation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7206A2" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="6C7206A2" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="00CC0339">
+      <w:pPr>
         <w:spacing w:after="200"/>
-        <w:ind w:left="1134" w:hanging="567"/>
+        <w:ind w:left="1134"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B4B9D6F" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">It does not matter whether the behaviour consists of a single incident or a course </w:t>
+        <w:t xml:space="preserve">It does not matter whether the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> consists of a single incident or a course </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE36FF6" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">of conduct. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464AF287" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44470DCB" w14:textId="4EF0C471" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
@@ -4761,153 +4818,194 @@
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Two people are “personally connected” to each other if any of the following applies </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50D7EC88" w14:textId="77777777" w:rsidR="009D072B" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2919D690" w14:textId="16DE4AFA" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">they are, or have been, married to </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>they</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> are, or have been, married to </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>each other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F491E5D" w14:textId="68EF26AB" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">they are, or have been, civil partners of </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>they</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> are, or have been, civil partners of </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>each other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A3F241F" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>they have agreed to marry one another (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>whether or not</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> the agreement has been terminated); they have entered into a civil partnership agreement (whether or not the agreement has been terminated)</w:t>
+        <w:t xml:space="preserve"> the agreement has been terminated); they have entered into a civil partnership agreement (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> the agreement has been terminated)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2359841E" w14:textId="39AB63C2" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">they are, or have been, in an intimate personal relationship with </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>each other.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2E37FC" w14:textId="34FB14A4" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+    <w:p w14:paraId="3C2E37FC" w14:textId="53C0B54D" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
+        <w:lastRenderedPageBreak/>
         <w:t>they each have, or there has been a time when they each have had, a parental relationship in relation to the same child (see subsection</w:t>
       </w:r>
       <w:r w:rsidR="00373ECC" w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> 2)</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve"> of the Domestic Abuse Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00373ECC" w:rsidRPr="00903EDF">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="001F1DA8" w:rsidRPr="00106434">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Domestic Abuse Act 2021 (legislation.gov.uk)</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54268428" w14:textId="7F1EEA0E" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="567"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">they are </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>they</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> are </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>relatives.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC0C0B7" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4734"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4131F895" w14:textId="33E102F1" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
@@ -4948,198 +5046,200 @@
       <w:r w:rsidRPr="00903EDF">
         <w:t>recognises</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> that non-fatal strangulation (NFS) is a stand-alone </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>offence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400BED08" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>A person commits an offence if that person unlawfully strangles, suffocates, or asphyxiates another person to whom they are personally connected where the strangulation, suffocation or asphyxiation does not result in death.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A8C28E" w14:textId="249118A3" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:spacing w:after="19"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B30130D" w14:textId="21FE49C3" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+    <w:p w14:paraId="0B30130D" w14:textId="0E857874" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
       <w:r w:rsidR="00B675B7" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Victims may use terms such as being ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>grabbed’, ‘throttled, ‘choked’</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> very few victims of NFS are thought to seek medical help. In 50% of strangulation cases, including fatal, there are no visible external injuries and in 35% only minor marks such as </w:t>
+        <w:t>grabbed’, ‘throttled, ‘choked</w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and very</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> few victims of NFS are thought to seek medical help. In 50% of strangulation cases, including fatal, there are no visible external injuries and in 35% only minor marks such as </w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:t>reddening.</w:t>
       </w:r>
       <w:r w:rsidR="00257B31" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00257B31" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Non-fatal-strangulation-in-physical-and-sexual-assault-Dr-C-White-Jan-2023.pdf (ifas.org.uk</w:t>
         </w:r>
         <w:r w:rsidR="00257B31" w:rsidRPr="00903EDF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6CE6AF39" w14:textId="77777777" w:rsidR="009D072B" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E577FEF" w14:textId="31CA03C8" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.5.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> If</w:t>
       </w:r>
       <w:r w:rsidR="007B6C4B" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> they have lost consciousness due to NFS they may not remember the incident, but may recall being incontinent when strangled, indicating a loss of consciousness. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD3E618" w14:textId="66180EA1" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
+    <w:p w14:paraId="0DD3E618" w14:textId="66180EA1" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="001A36E6">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">NFS can result in physical and mental health injuries such as </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk171581026"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk171581026"/>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>Post Traumatic Stress Disorder (</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>PTSD</w:t>
       </w:r>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">cardiac arrest, stroke, miscarriage, seizures, vocal cord problems, facial palsy, </w:t>
       </w:r>
       <w:r w:rsidR="00600C06" w:rsidRPr="00903EDF">
         <w:t>dementia,</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> and other forms of long-term brain injury. The risk of death increases by 7.5 times after suffering an episode of strangulation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152EDA46" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
-[...14 lines deleted...]
-    <w:p w14:paraId="58F09A8D" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="720F8866" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F09A8D" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="001A36E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Roles and Responsibilities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="216609D6" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
@@ -5149,97 +5249,97 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="488454B4" w14:textId="1BE7E984" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">All  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">insert practice name) </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">staff: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B25356" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="007B6C4B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F33CAD5" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>To be aware of and implement the (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">insert practice name) </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Domestic Abuse Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F916E2" w14:textId="77777777" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EEFBD36" w14:textId="43F6266E" w:rsidR="007B6C4B" w:rsidRPr="00903EDF" w:rsidRDefault="007B6C4B" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
@@ -5318,391 +5418,433 @@
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>To use clinical enquiry and know how to respond to disclosures appropriately using professional curiosity and support/ signpost victims/perpetrators to specialist</w:t>
       </w:r>
       <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> services both in Lincolnshire and out of area if they are not a resident within Lincolnshire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486DAB03" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="1287" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32466B8E" w14:textId="51A2FC85" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="32466B8E" w14:textId="067D867D" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">To be aware of and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>utilise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> the </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Hlk171581048"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk171581048"/>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Domestic Abuse, Stalking and Harassment and </w:t>
+        <w:t>Domestic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> Abuse, Stalking and Harassment and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>Honour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">ased </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>iolence (</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>DASH</w:t>
       </w:r>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">risk assessment tool to identify low, </w:t>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">risk assessment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>tool</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> to identify low, </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:t>medium,</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:t>high-risk</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:t>victims.</w:t>
       </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve"> These are available on the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001F1DA8">
+        <w:t>SystmOne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F1DA8">
+        <w:t xml:space="preserve"> and Ardens Templates</w:t>
+      </w:r>
+      <w:r w:rsidR="00D964FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00165789" w:rsidRPr="00A63084">
+          <w:rPr>
+            <w:color w:val="4472C4" w:themeColor="accent1"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Domestic abuse resources – Professional resources (lincolnshire.gov.uk)</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5298FBC7" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51FFEF49" w14:textId="54A19D21" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="51FFEF49" w14:textId="672B5A32" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:lastRenderedPageBreak/>
-        <w:t>To know where to access professional safeguarding support and advice and refer into</w:t>
+        <w:t xml:space="preserve">To know where to access professional safeguarding support and advice and refer </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk171581062"/>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>to the Multi</w:t>
       </w:r>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>Multi-Agency Risk Assessment Conference (</w:t>
+        <w:t>-Agency Risk Assessment Conference (</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>MARAC</w:t>
       </w:r>
       <w:r w:rsidR="00EA46B5" w:rsidRPr="00903EDF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">if identified as high </w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:t>risk.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628BB63C" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:spacing w:after="19"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24DAF929" w14:textId="60F8E2F5" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">To know how to escalate concerns to the ICB safeguarding </w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:t>team if</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> required (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>licb.safeguarding1@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9559CE" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:spacing w:after="23"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FA331B8" w14:textId="17665257" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="1FA331B8" w14:textId="6DC0893D" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t>To be compliant with the adult and children intercollegiate documents for adult and children safeguarding training</w:t>
+        <w:t xml:space="preserve">To be compliant with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:t xml:space="preserve">RCGP Safeguarding standards and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>adult and children intercollegiate documents for adult and children safeguarding training</w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="640FF7F5" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20EB4258" w14:textId="7C5CF545" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="20EB4258" w14:textId="165436E2" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Practice Safeguarding Leads or other suitable designated practice member: </w:t>
+        <w:t xml:space="preserve">Practice Safeguarding Leads or other suitable designated practice </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676F5473" w14:textId="7A5B702C" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BFFF82" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="42BFFF82" w14:textId="677558CF" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Ensure that practice members receive adequate support when dealing with Domestic Abuse and signpost or refer colleagues to sources of advice and support. </w:t>
+        <w:t xml:space="preserve">Ensure that practice members receive support when dealing with Domestic Abuse and signpost or refer colleagues to sources of advice and support. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB9E927" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29326F96" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Act as a point of contact (advice and support) for Practice Partners and staff (clinical and non-clinical) to bring concerns regarding Domestic Abuse and record these discussions along with any subsequent action taken. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EEF8EFC" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:spacing w:after="18"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174D0396" w14:textId="2852C604" w:rsidR="00572322" w:rsidRPr="00825F1E" w:rsidRDefault="00572322" w:rsidP="00825F1E">
+    <w:p w14:paraId="174D0396" w14:textId="1ED357BB" w:rsidR="00572322" w:rsidRPr="00825F1E" w:rsidRDefault="00572322" w:rsidP="00825F1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Encourage regular discussion of safeguarding issues including where Domestic Abuse is a factor at Practice team meetings. This may include learning from </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk171581120"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk171581120"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">child safeguarding practice reviews (CSPR) </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk171581104"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk171581104"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>safeguarding adult reviews (SAR)</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00825F1E">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk171581132"/>
-[...3 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidR="00825F1E" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00825F1E">
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00825F1E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00825F1E" w:rsidRPr="00903EDF">
         <w:t>Domestic</w:t>
       </w:r>
       <w:r w:rsidR="00825F1E" w:rsidRPr="00825F1E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> abuse related death reviews (DARDR)</w:t>
       </w:r>
       <w:r w:rsidR="00825F1E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>and include making recommendations for change or improvements in practice</w:t>
       </w:r>
@@ -5733,173 +5875,197 @@
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Ability to signpost for external contacts on domestic abuse particularly with other health colleagues to ensure concerns are identified and shared in a timely manner to reduce further risks to the child, </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:t>adult,</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> or employee</w:t>
       </w:r>
       <w:r w:rsidR="00F36E3D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="613DB32B" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170F659B" w14:textId="28479CFA" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="170F659B" w14:textId="1CC69C95" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t>Promote and attend relevant domestic abuse and safeguarding training for primary care staff ensuring that staff maintain their knowledge and update regularly</w:t>
+        <w:t xml:space="preserve">Promote and attend relevant domestic abuse and safeguarding training for primary care </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>staff,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003225DC">
+        <w:t>so</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> that staff maintain their knowledge and update regularly</w:t>
       </w:r>
       <w:r w:rsidR="00F36E3D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B9B989" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="240F8886" w14:textId="38F5E04C" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Record domestic abuse incidents and support arrangements to ensure continued accuracy of information where health records are coded to identify concerns regarding domestic abuse. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F548A9" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F135EB" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="16F135EB" w14:textId="5ABC75A4" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Promote the provision of GP information sharing to MARAC meetings, sending relevant and up-to-date information to MARAC in a timely manner when report requests are received. </w:t>
+        <w:t xml:space="preserve">Promote the provision of GP information sharing </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> MARAC meetings, sending relevant and up-to-date information to MARAC in a timely manner when report requests are received. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAE2688" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A08F5B1" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="3A08F5B1" w14:textId="262F414A" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="003225DC" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Ensure and support robust reporting and complaints procedures. </w:t>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">upport robust reporting and complaints procedures. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C64951" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:spacing w:after="16"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F75CE0" w14:textId="53CCB4D3" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
+    <w:p w14:paraId="45F75CE0" w14:textId="2B2ACB27" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="003225DC" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Ensure partners and staff have access to the Practice’s Safeguarding Policies </w:t>
+      <w:r>
+        <w:t>Check that</w:t>
+      </w:r>
+      <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> partners and staff have access to the Practice’s Safeguarding Policies </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2AD12A" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ABF96EF" w14:textId="5C5CB246" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.3 </w:t>
@@ -5939,543 +6105,477 @@
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5.3</w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00572322" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t>Insert  Practice</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00572322" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> name) </w:t>
       </w:r>
       <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
         <w:t>has clearly identified lines of accountability within the practice to help them respond effectively to people experiencing domestic violence and abuse and to alleged perpetrators of Domestic Abuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="497D0EC7" w14:textId="6E947C50" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DACD0AB" w14:textId="1B80A0B7" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="00572322">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5.3.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00572322" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Safeguarding responsibilities will be clearly defined in all job descriptions and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CE0AEF" w14:textId="0A2B1D55" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:ind w:left="11" w:hanging="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-        <w:t>there are nominated leads for safeguarding children and adults</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> are nominated leads for safeguarding children and adults</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. The practice has a zero-tolerance level regarding Domestic abuse. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1064C3CD" w14:textId="2BB9944C" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3516"/>
         </w:tabs>
         <w:spacing w:after="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The Practice Lead for Safeguarding Adult/</w:t>
       </w:r>
       <w:r w:rsidR="00F36E3D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>hildren is</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04B84CFE" w14:textId="35A3A935" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00572322">
       <w:pPr>
         <w:spacing w:after="178"/>
         <w:ind w:left="10" w:hanging="10"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Insert name and contact </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6E649F" w14:textId="097AFED4" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00F833DD">
       <w:pPr>
         <w:spacing w:after="188"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Deputy Practice Lead for Safeguarding Adults/</w:t>
       </w:r>
       <w:r w:rsidR="00F36E3D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>hildren is</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F16F203" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00F833DD">
       <w:pPr>
         <w:spacing w:after="178"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Insert name and contact  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4F5D85" w14:textId="77777777" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00F833DD">
       <w:pPr>
         <w:spacing w:after="188"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Administration Lead for managing Safeguarding data is</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3311051F" w14:textId="35C377AE" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="00572322" w:rsidP="00F833DD">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t>Insert name and contact</w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3175475B" w14:textId="1787B235" w:rsidR="00572322" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="00572322">
+    <w:p w14:paraId="3175475B" w14:textId="1787B235" w:rsidR="00572322" w:rsidRDefault="009D072B" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Training and Awareness  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2545FF7C" w14:textId="77777777" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="00572322">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B7C5DE8" w14:textId="607A753A" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="009275FD">
+    <w:p w14:paraId="712AEECC" w14:textId="002FE770" w:rsidR="00E80A24" w:rsidRDefault="00E80A24" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...3 lines deleted...]
-    <w:p w14:paraId="7A944BF8" w14:textId="1B483094" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="009275FD">
+      <w:r>
+        <w:t>5.4.1 The RCGP safeguarding standards set out the requirements for General Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADA416F" w14:textId="77777777" w:rsidR="00E80A24" w:rsidRDefault="00E80A24" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...81 lines deleted...]
-        <w:r w:rsidR="006D4778" w:rsidRPr="006D4778">
+    </w:p>
+    <w:p w14:paraId="5A2376C3" w14:textId="2156EAAF" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00E80A24" w:rsidP="00F833DD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00E80A24">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Adult Safeguarding: Roles and Competencies for Health Care Staff | Publications | Royal College of Nursing (rcn.org.uk)</w:t>
+          <w:t>RCGP safeguarding standards for general practice</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3783E636" w14:textId="14A3FB5E" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="003C4A5A">
+    <w:p w14:paraId="1D900C2E" w14:textId="019B686F" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>5.4.1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t>5.4.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00676CE0">
+        <w:t xml:space="preserve">Practices can access training from any </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7B57">
+        <w:t>provider; however,</w:t>
+      </w:r>
+      <w:r w:rsidR="00676CE0">
+        <w:t xml:space="preserve"> it must be in line with RCGP guidance</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7B57">
+        <w:t xml:space="preserve"> and at a level appropriate for their role within the practice.</w:t>
+      </w:r>
+      <w:r w:rsidR="00676CE0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Please also refer to the </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> College of General Practitioners (</w:t>
+        <w:t>Domestic abuse is included within Safeguarding Children, Safeguarding Adults and Refresher level 3 training the ICB safeguarding Team delivers. Detail</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB32D4">
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
-        <w:t>RCGP</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> on how to book can be found </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339">
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...28 lines deleted...]
-        <w:r w:rsidR="00A33C9D" w:rsidRPr="00A63084">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00CC0339">
           <w:rPr>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:color w:val="467886"/>
           </w:rPr>
-          <w:t>Lincolnshire LMC | Events &amp; Training (lincslmc.co.uk)</w:t>
+          <w:t>Support and training in primary care - Lincolnshire Training Hub</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="53C6AD7F" w14:textId="3A30056C" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>The Practice will keep a training database detailing the uptake of all staff training so that the Practice Manager and Safeguarding Leads are aware of any unmet training needs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CAC4FC" w14:textId="7F3B78C0" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D983D25" w14:textId="55FCD3FB" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="003C4A5A">
+    <w:p w14:paraId="7D983D25" w14:textId="7B1544E7" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="003C4A5A">
       <w:pPr>
         <w:spacing w:after="190"/>
         <w:ind w:hanging="3"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5.4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
-        <w:t>All practice staff are encouraged to keep a log of learning for their appraisals or personal development plans</w:t>
+        <w:t>All practice staff are encouraged to keep a log of learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:t xml:space="preserve"> and reflection</w:t>
+      </w:r>
+      <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> for their appraisals or personal development plans</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>. F</w:t>
       </w:r>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">urther training regarding domestic abuse can be found on the Lincolnshire Country Council website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00F833DD" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Registration - Enable (vc-enable.co.uk)</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="004961AF">
+        <w:t xml:space="preserve">. RCGP provide templates for reflection that can be found here: </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="8"/>
+      <w:r w:rsidR="004961AF" w:rsidRPr="004961AF">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="004961AF">
+        <w:instrText>HYPERLINK "https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Felearning.rcgp.org.uk%2Fpluginfile.php%2F205139%2Fmod_book%2Fchapter%2F986%2FSafeguarding%2520Reflective%2520Practice%2520-%2520Structured%2520Template%25201.docx&amp;wdOrigin=BROWSELINK"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="004961AF" w:rsidRPr="004961AF">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004961AF">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Safeguarding Reflective Practice Template</w:t>
+      </w:r>
+      <w:r w:rsidR="004961AF" w:rsidRPr="004961AF">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:commentRangeEnd w:id="8"/>
+      <w:r w:rsidR="004961AF">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidR="004961AF">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="25ACF525" w14:textId="0CBD4CEE" w:rsidR="00903EDF" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00903EDF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
@@ -6503,52 +6603,54 @@
     </w:p>
     <w:p w14:paraId="7E413AEC" w14:textId="4EC34A97" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="00871B05">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1.</w:t>
       </w:r>
       <w:r w:rsidR="00871B05" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-        <w:rPr>
+      <w:r w:rsidRPr="00165789">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t>Procedures:</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A41FE0D" w14:textId="1B627B96" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
@@ -6568,51 +6670,59 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DE8E737" w14:textId="46FF5587" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="009D072B" w:rsidP="003C4A5A">
       <w:pPr>
         <w:spacing w:after="190"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6.1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">As a health professional you may be a first point of contact. You have a responsibility to know and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
         <w:t>recognise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> the risk factors, signs, presenting problems or conditions, including the patterns of coercive or controlling behaviour associated with domestic abuse.  </w:t>
+        <w:t xml:space="preserve"> the risk factors, signs, presenting problems or conditions, including the patterns of coercive or controlling </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F833DD" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> associated with domestic abuse.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFAD304" w14:textId="0882C681" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="003C4A5A">
       <w:pPr>
         <w:spacing w:after="190"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>6.1.</w:t>
       </w:r>
       <w:r w:rsidR="009D072B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -6668,326 +6778,354 @@
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">omestic </w:t>
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">buse incidents, but does have a responsibility for sharing information, acting on concerns, and contributing to safeguarding processes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761B4394" w14:textId="52419169" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="00F833DD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DFF5B1" w14:textId="77777777" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="00F833DD">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="43DFF5B1" w14:textId="77777777" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">6.2. Ask:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387453EB" w14:textId="7F576202" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="00F833DD">
-[...7 lines deleted...]
-    <w:p w14:paraId="43F2BBE6" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="387453EB" w14:textId="7F576202" w:rsidR="00F833DD" w:rsidRPr="00903EDF" w:rsidRDefault="00F833DD" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F2BBE6" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="36" w:line="241" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">If you identify signs of domestic abuse or if things are not adding up, ask the person </w:t>
+        <w:t xml:space="preserve">If you identify signs of domestic abuse or if things are not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>adding</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> up, ask the person </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>alone and in private</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">, about their experience of domestic or other abuse, sensitively. This is called 'clinical enquiry'. Explain that you are concerned and respectfully ask direct questions and record that you have done so. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="521F3ED2" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="39"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B9D715" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="27" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Advise the person that the discussion is confidential, and that the information provided will be shared only with their consent. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7CFD78" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="39"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6514D150" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="6514D150" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="36" w:line="241" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">However also explain that the duty to keep information confidential is not absolute and that in exceptional circumstances (for example, if there is a risk of death to an adult or a risk of significant harm to a child) information may be shared without consent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25134B64" w14:textId="25801B3B" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Hlk159330838"/>
+    <w:p w14:paraId="30549BEF" w14:textId="77777777" w:rsidR="001A36E6" w:rsidRDefault="001A36E6" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk159330838"/>
+    </w:p>
+    <w:p w14:paraId="75717208" w14:textId="5D9B77ED" w:rsidR="00281A13" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">6.3. Respond: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="18663C04" w14:textId="77777777" w:rsidR="001A36E6" w:rsidRPr="00903EDF" w:rsidRDefault="001A36E6" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="53BA1F10" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="29" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Validate the person's experience with phrases like 'I believe you', or 'this is not your fault'. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E12B424" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Ask about what support the individual has and what they might need. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417A765F" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00A63084" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="417A765F" w14:textId="392235E2" w:rsidR="00281A13" w:rsidRPr="00A63084" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t>Complete a DASH risk assessment (template on Ardens, Systm1 and</w:t>
+        <w:t xml:space="preserve">Complete a DASH risk assessment (template </w:t>
+      </w:r>
+      <w:r w:rsidR="004961AF">
+        <w:t xml:space="preserve">found </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">on Ardens, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>Systm</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="004961AF">
+        <w:t>ne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Domestic abuse resources – Professional resources (lincolnshire.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B285077" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
-[...1 lines deleted...]
-        <w:spacing w:after="222"/>
+    <w:p w14:paraId="2B285077" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F0353B1" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="4F0353B1" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">6.4. Consider immediate risk: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="121BF46E" w14:textId="4DAE86C4" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="121BF46E" w14:textId="4DAE86C4" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E993022" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="29" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Ask if the abuse is getting worse or if they feel unsafe to stay in the home or feel in immediate danger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FE5BE8" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="42FE5BE8" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="29" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">If there is a risk of immediate danger help the person to call the police on 999 and if there are children in the home, make a Children's safeguarding referral. </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="218"/>
+        <w:t xml:space="preserve">If there is a risk of immediate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>danger</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> help the person to call the police on 999 and if there are children in the home, make a Children's safeguarding referral. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAED967" w14:textId="703FFF5C" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
+      <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E645A71" w14:textId="20F6B9F1" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7E645A71" w14:textId="20F6B9F1" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">6.5. Refer/signpost: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34480667" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12F3237B" w14:textId="7B895A53" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="251" w:line="241" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
@@ -7027,80 +7165,88 @@
     </w:p>
     <w:p w14:paraId="1536F408" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="35"/>
         <w:ind w:left="357" w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783C9B2A" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="29" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Consider supporting the victim to contact the police to report the abuse if they wish to. </w:t>
+        <w:t xml:space="preserve">Consider supporting the victim </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>to contact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> the police to report the abuse if they wish to. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4819864E" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="35"/>
         <w:ind w:left="357" w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1642357B" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="29" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Contact or provide information on the local domestic abuse service </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Lincolnshire Domestic Abuse Specialist Service (ldass.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="050A6CAE" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="35"/>
         <w:ind w:left="357" w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF7FD23" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
@@ -7127,178 +7273,203 @@
     </w:p>
     <w:p w14:paraId="567FFD27" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="29" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Provide continuing Primary Care support to the individual with their agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="071F9A1D" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="34"/>
         <w:ind w:left="357" w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6267EEF3" w14:textId="5D7125C3" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
+    <w:p w14:paraId="6267EEF3" w14:textId="136A1A96" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="35" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Using your professional judgement and the DASH, if deemed there is a high-level risk of significant harm, which it may not be possible to recover from, or murder a referral to MARAC (Multi- agency Risk Assessment Conference) is required. A referral to MARAC does not require the victims consent, but you should explain to them why you are referring them and seek consent for them to engage with an </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Hlk171581182"/>
+        <w:t xml:space="preserve">Using your professional judgement and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>the DASH</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">, if deemed there is a high-level risk of significant harm, which it may not be possible to recover from, or murder a referral to MARAC (Multi- agency Risk Assessment Conference) is required. A referral to MARAC does not require the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339" w:rsidRPr="00903EDF">
+        <w:t>victim’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> consent, but you should explain to them why you are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>referring</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> them and seek consent for them to engage with an </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk171581182"/>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">ndependent domestic </w:t>
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">iolence </w:t>
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>dvisor (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> can support them on a one to one basis. You may also consider providing a safe space for the victim to engage with</w:t>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00F62AD4" w:rsidRPr="00903EDF">
+        <w:t>IDVA) who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> can support them on a </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>one-to-one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> basis. You may also consider providing a safe space for the victim to engage with</w:t>
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> domestic abuse</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> support services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4846C4C2" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="35" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DF71034" w14:textId="58C2A4CC" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="36"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Consider the Domestic Abuse Disclosure Scheme via 101- Clare's law.  Any concerned person (including a professional) has a right to ask the police about someone’s </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t>past if</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> they are worried about their behaviour and think they may potentially be violent. Further information is available: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId36" w:history="1">
+        <w:t xml:space="preserve"> they are worried about their </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and think they may potentially be violent. Further information is available: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Request information under Clare's Law: Make a Domestic Violence Disclosure Scheme (DVDS) application | Lincolnshire Police (lincs.police.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A3590E7" w14:textId="77777777" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00281A13">
       <w:pPr>
         <w:spacing w:after="39"/>
         <w:ind w:left="357" w:firstLine="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2404CAFB" w14:textId="7B7AA5A9" w:rsidR="00281A13" w:rsidRPr="00903EDF" w:rsidRDefault="00281A13" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Discuss with your Practice Safeguarding Lead, your colleagues or your local safeguarding professionals if you need further advice and guidance. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413F619C" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2B323C48" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25FC3FCD" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -7432,331 +7603,465 @@
     <w:p w14:paraId="127AA1B6" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Record any support given, referrals made, and actions taken. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059A6DD5" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10742606" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
+    <w:p w14:paraId="10742606" w14:textId="6A98D7C5" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Record the relationship to the perpetrator, name of perpetrator and whether there are any children in the household and their ages. Record the name of anyone accompanying the patient in a consultation. </w:t>
+        <w:t xml:space="preserve">Record the relationship </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339" w:rsidRPr="00903EDF">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> the perpetrator, name of perpetrator and whether there are any children in the household and their ages. Record the name of anyone accompanying the patient in a consultation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E37D02" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:spacing w:after="35"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3FA4D8" w14:textId="03B552BB" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
+    <w:p w14:paraId="7C3FA4D8" w14:textId="0B8572A9" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Ensure you code any disclosure. For full details on coding of Domestic Abuse in Health records please refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37">
-[...25 lines deleted...]
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="00903EDF">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk213917032"/>
+      <w:r w:rsidR="00C927CB">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00C927CB">
+        <w:instrText>HYPERLINK "https://elearning.rcgp.org.uk/pluginfile.php/205139/mod_book/chapter/934/RCGP%20guidance%20on%20recording%20of%20domestic%20violence_updated%20Jan%202021.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C927CB">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C927CB" w:rsidRPr="00C927CB">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RCGP guidance on recording of domestic </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C927CB" w:rsidRPr="00C927CB">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>violence_updated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C927CB" w:rsidRPr="00C927CB">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jan 2021.pdf</w:t>
+      </w:r>
+      <w:r w:rsidR="00C927CB">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="30A3DA9F" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:spacing w:after="39"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="1906CBD3" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Ensure you also code any disclosure on the medical records of connected children or vulnerable adults in the household and </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hide from online access.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C60AC3" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:spacing w:after="35"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C979BA8" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
+    <w:p w14:paraId="2C979BA8" w14:textId="049A9336" w:rsidR="00B675B7" w:rsidRPr="004541FA" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">ALL information in the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk171581244"/>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk171581244"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">EMR (Electronic Medical Record) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="4F3B3414" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about domestic abuse must be hidden from </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t>patients’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> online access. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3B3414" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="004541FA" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:spacing w:after="76"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D49B803" w14:textId="265C2D02" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
+    <w:p w14:paraId="2D49B803" w14:textId="390E2EA6" w:rsidR="00B675B7" w:rsidRPr="004541FA" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Ensure that any reference to domestic abuse on a victim or child’s records is not accidently visible to third parties. </w:t>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure that any reference to domestic abuse on a victim or child’s records is not </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t>accidentally</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visible to third parties. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00250F47" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C7D582" w14:textId="00C9464F" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
+    <w:p w14:paraId="28C7D582" w14:textId="00C9464F" w:rsidR="00B675B7" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Document any concerns that you have, even if the patient does not disclose domestic abuse. You can still complete a DASH based on the information you have. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086085D3" w14:textId="77777777" w:rsidR="00B50545" w:rsidRPr="00903EDF" w:rsidRDefault="00B50545" w:rsidP="00B50545">
+    <w:p w14:paraId="6752F0AF" w14:textId="77777777" w:rsidR="00D6055C" w:rsidRDefault="00D6055C" w:rsidP="00D6055C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="449AF973" w14:textId="77777777" w:rsidR="00B50545" w:rsidRPr="00903EDF" w:rsidRDefault="00B50545" w:rsidP="00B50545">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="31857129" w14:textId="2928C496" w:rsidR="00D6055C" w:rsidRDefault="00D6055C" w:rsidP="00B675B7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk214008031"/>
+      <w:r>
+        <w:t>For historical entries that were not marked as ‘not visible in the online record’, it is possible to go back through the record and mark them as ‘not visible online’ retrospectively, and this should be encouraged if a practitioner came across such an entry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8477C2" w14:textId="77777777" w:rsidR="00D6055C" w:rsidRDefault="00D6055C" w:rsidP="00E85E2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C589623" w14:textId="7C1FF80C" w:rsidR="00D6055C" w:rsidRDefault="00D6055C" w:rsidP="00B675B7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If a patient moves from an EMIS record to a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>SystmOne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> record and vice versa the entry may revert to being visible. If this occurs the practice should take steps to remedy the record back to not being visible. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="10C7846A" w14:textId="77777777" w:rsidR="003225DC" w:rsidRDefault="003225DC" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AA41CAD" w14:textId="51BB1DD9" w:rsidR="003225DC" w:rsidRPr="00903EDF" w:rsidRDefault="003225DC" w:rsidP="003225DC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Follow the RCGP guidance on recording any disclosures by a perpetrator of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6055C">
+        <w:t>domestic</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> abuse </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00C927CB">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">RCGP guidance on recording of domestic </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00C927CB">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>violence_updated</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00C927CB">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Jan 2021.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="13B78EFB" w14:textId="77777777" w:rsidR="00213295" w:rsidRPr="00903EDF" w:rsidRDefault="00213295" w:rsidP="003225DC">
+      <w:pPr>
+        <w:spacing w:after="39"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21428D70" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="21428D70" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6.7. Information Sharing and Confidentiality </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1138CBA5" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA218BF" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.7.1. GMC guidance principles</w:t>
       </w:r>
     </w:p>
@@ -7911,58 +8216,66 @@
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78BFCC89" w14:textId="5C6D2EDD" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Respect your patients’ decisions </w:t>
+        <w:t xml:space="preserve">Respect your patients’ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">decisions </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7116A278" w14:textId="5E3379AB" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Recognise the importance of the </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -8022,52 +8335,60 @@
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF3BA82" w14:textId="4AD0E6E1" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Involve your patient as much as possible in discussions and decisions about their care, even where they cannot make a decision</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Involve your patient as much as possible in discussions and decisions about their care, even where they cannot </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>make a decision</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A46FD2C" w14:textId="3B239074" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -8149,556 +8470,588 @@
     </w:p>
     <w:p w14:paraId="38B295C1" w14:textId="10D3F64C" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CA8B91" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>6.8. The ‘Seven Golden Rules’ of information sharing</w:t>
+        <w:t xml:space="preserve">6.8. The ‘Seven Golden </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rules’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of information sharing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E9C7BAE" w14:textId="7315622C" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2902463B" w14:textId="104119D9" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
+    <w:p w14:paraId="2902463B" w14:textId="55B8DBB5" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.8.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">general medical council (GMC) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:hyperlink r:id="rId34">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId35">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C927CB" w:rsidRPr="00C927CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00C927CB" w:rsidRPr="00C927CB">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Confidentiality and health records toolkit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C927CB" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Safe Lives</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId38">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">all  provide guidance on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">onfidentiality and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">nformation sharing. The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Data Protection Act 2018</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId40">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>,</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> associated </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidRPr="00903EDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>General Data</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:hyperlink r:id="rId42">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="11" w:name="_Hlk171581324"/>
-[...13 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId43">
-        <w:r w:rsidRPr="00A63084">
+        <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
-          <w:t>BMA</w:t>
+          <w:t>Protection Regulations</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="11"/>
-[...6 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId44">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">and </w:t>
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">and human rights law </w:t>
       </w:r>
       <w:r w:rsidR="00157A0D" w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00157A0D" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Human Rights Act 1998 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00157A0D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">are not barriers to justified information sharing, but provide a framework to ensure that personal information about living individuals is shared lawfully. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C8A9C2" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="574D20C5" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
+    <w:p w14:paraId="574D20C5" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6.8.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> Regarding 'Subject Access Requests', information about third parties and information that may cause serious harm to either the patient or others should be redacted. For example, ensure that any reference to domestic abuse is redacted from children’s records if provided to the perpetrator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16642560" w14:textId="5E2567F1" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A5BA96" w14:textId="655913B2" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="001A36E6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.9. Multi-agency risk assessment conference (MARAC) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25557094" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="16642560" w14:textId="5E2567F1" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F3E38F" w14:textId="70205A56" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-    </w:p>
-[...31 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.9.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CC0339" w:rsidRPr="00903EDF">
+        <w:t>MARACs</w:t>
+      </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> are risk management meetings where professionals share information on high-risk cases of domestic violence and abuse and put in place a risk management plan for victims and their families. Please refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54">
+      <w:hyperlink r:id="rId46">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SafeLives</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:hyperlink r:id="rId55">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId56">
+      <w:hyperlink r:id="rId48">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Multi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId57">
+      <w:hyperlink r:id="rId49">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId58">
+      <w:hyperlink r:id="rId50">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>agency Risk Assessment Conference: Guidance for GP's</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId59">
+      <w:hyperlink r:id="rId51">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">for further information on the MARAC process. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1945B9AE" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="146DC157" w14:textId="4CA977C6" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>6.9.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> Primary care's contribution to the MARAC process is important and is supported by guidance from the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk171581363"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk171581363"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
         <w:t>CGP</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> Information held within the health records may be used to help assess risks and importantly direct support and protect victims of Domestic Abuse.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C117B0A" w14:textId="12841A25" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70EBC898" w14:textId="572531FD" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.10. Referral into MARAC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48FB8DFA" w14:textId="75828C34" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE00C82" w14:textId="1C924276" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
+    <w:p w14:paraId="2DE00C82" w14:textId="760F5D19" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.10.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> Any agency can refer a case into a MARAC. If you have serious concerns about a victim's situation and in your professional judgement believe they are at high risk of harm due to domestic abuse, discuss this with your safeguarding lead and/or the ICB Safeguarding Team and consider referral to MARAC. The aims of MARAC are to safeguard victims of domestic abuse including children, manage perpetrators’ behaviour, and make links with other safeguarding processes. By sharing information, a safety plan can be developed. The actions arising out of this plan should provide a greater level of support and protection for the victim.  The MARAC referral form is available on Ardens, Systm1 and </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId60" w:history="1">
+        <w:t xml:space="preserve"> Any agency can refer a case </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> a MARAC. If you have serious concerns about a victim's situation and in your professional judgement believe they are at high risk of harm due to domestic abuse, discuss this with your safeguarding lead and/or the ICB Safeguarding Team and consider referral to MARAC. The aims of MARAC are to safeguard victims of domestic abuse including children, manage perpetrators’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">, and make links with other safeguarding processes. By sharing information, a safety plan can be developed. The actions arising out of this plan should provide a greater level of support and protection for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>victim</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">.  The MARAC referral form is available on Ardens, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>Syst</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
+        <w:t>mOne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Domestic abuse resources – Professional resources (lincolnshire.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="320C5B85" w14:textId="1F1FCF11" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2257792C" w14:textId="7C1FAE59" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Sharing Information for MARAC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C49A5AC" w14:textId="2418A862" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54A33003" w14:textId="1C64B203" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
+    <w:p w14:paraId="54A33003" w14:textId="3775694D" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.11.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> MARAC information (requests, reports or action plans) should be scanned to the health records of the victim/child(ren) and the online visibility function should be used to </w:t>
+        <w:t xml:space="preserve"> MARAC information (requests, reports or action plans) should be scanned to the health records of the victim/child(ren</w:t>
+      </w:r>
+      <w:r w:rsidR="00165789" w:rsidRPr="00903EDF">
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and the online visibility function should be used to </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hide this from online access</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. It is important that entries regarding </w:t>
       </w:r>
       <w:r w:rsidR="001853E2" w:rsidRPr="00903EDF">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">omestic abuse are blocked from online access as an accidental discovery by a perpetrator that a victim has disclosed domestic abuse increases the risk to their victims.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1375BD28" w14:textId="5821471A" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8706,80 +9059,90 @@
         <w:t>Nothing should be recorded on the alleged perpetrators record unless they directly disclosure to you that they are a perpetrator of domestic abuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB19048" w14:textId="29F8D9D9" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="194B1187" w14:textId="38A3A134" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>6.11.2.</w:t>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId61">
+        <w:t>6.11.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0689">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0689">
+        <w:t xml:space="preserve"> Full guidance on safely recording domestic violence and abuse information is available, this includes MARAC information.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> Please see the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>RCGP: Guidance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId62">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId63">
+      <w:hyperlink r:id="rId55">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>on recording domestic abuse in the electronic medical record (2021)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId64">
+      <w:hyperlink r:id="rId56">
         <w:r w:rsidRPr="00903EDF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="786C18A9" w14:textId="65FB0440" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DE9F18F" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -8802,252 +9165,301 @@
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="5" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Consider domestic abuse when the patient next presents and consider any risks to child(ren). Remember to use 'clinical enquiry’. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6562F0F5" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:ind w:left="1068"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9EBB6A" w14:textId="393761D2" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00A33C9D">
+    <w:p w14:paraId="52552417" w14:textId="77777777" w:rsidR="00165789" w:rsidRDefault="00AA03FA" w:rsidP="00A33C9D">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="190" w:line="250" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Be </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">Try to ensure that the patient is seen at appointments alone. If the patient is not alone do not discuss domestic abuse or the MARAC meeting.  If the patient is seen via remote access check that the patient is alone and in a safe situation to discuss prior to the consultation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Be </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6937" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">aware that the situation may change and become unsafe to continue a discussion. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9EBB6A" w14:textId="7B4CF4B8" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00A33C9D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="190" w:line="250" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">6.13. Working with perpetrators of domestic abuse who are </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>patients.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02ADB830" w14:textId="77777777" w:rsidR="00D8607B" w:rsidRPr="00903EDF" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
-[...8 lines deleted...]
-    <w:p w14:paraId="1688B8FD" w14:textId="1D268A7A" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
+    <w:p w14:paraId="38A94082" w14:textId="77777777" w:rsidR="00F62AD4" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.13.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA03FA" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Primary Care support and care for all patients equally. When working with perpetrators this may include working to ensure the safety of victims and their children. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6513A4F0" w14:textId="77777777" w:rsidR="00F62AD4" w:rsidRDefault="00F62AD4" w:rsidP="00AA03FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1688B8FD" w14:textId="2CF11B18" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.13.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA03FA" w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Abusive behaviour is the responsibility of the perpetrator.  </w:t>
+        <w:t xml:space="preserve">Abusive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AA03FA" w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA03FA" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> is the responsibility of the perpetrator.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162D6F78" w14:textId="158DFE9B" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">Consider any actions needed to manage the risk to the victim and any children, signpost and support the perpetrator to address their behaviour and to consider other unmet health needs. </w:t>
+        <w:t xml:space="preserve">Consider any actions needed to manage the risk to the victim and any children, signpost and support the perpetrator to address their </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and to consider other unmet health needs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036D35A9" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="681A12DA" w14:textId="2DA99D1B" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.13.</w:t>
       </w:r>
       <w:r w:rsidR="00D8607B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">The approach to managing a person who perpetrates domestic abuse will depend on whether the person directly acknowledges their behaviour as a problem, seeks help for a related problem, or has been identified by others as abusive. </w:t>
+        <w:t xml:space="preserve">The approach to managing a person who perpetrates domestic abuse will depend on whether the person directly acknowledges their </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> as a problem, seeks help for a related problem, or has been identified by others as abusive. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B52213E" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28D21E84" w14:textId="2542CBAC" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="28D21E84" w14:textId="0965C728" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.13.</w:t>
       </w:r>
       <w:r w:rsidR="00D8607B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> The Respect national phone line for domestic violence perpetrator 0808 </w:t>
+        <w:t xml:space="preserve"> The Respect national phone line for domestic violence perpetrator 0808 8024040 </w:t>
+      </w:r>
+      <w:r w:rsidR="00165789">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> Help </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00903EDF">
-        <w:t>8024040  Help</w:t>
+        <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> For Domestic Violence Perpetrators | Respect Phoneline UK</w:t>
+        <w:t xml:space="preserve"> Domestic Violence Perpetrators | Respect Phoneline UK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BFB3EF3" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00B46E1F" w14:textId="381B1CE1" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.13.</w:t>
       </w:r>
       <w:r w:rsidR="00D8607B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> Please note young people between 16 and 18 years old who are harming their partner, siblings, parents or other adult family members should be referred for support through child safeguarding procedures. Children who harm others are likely to have considerable needs themselves. </w:t>
+        <w:t xml:space="preserve"> Please note young people between 16 and 18 years old who are harming their partner, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">siblings, parents or other adult family members should be referred for support through child safeguarding procedures. Children who harm others are likely to have considerable needs themselves. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE98360" w14:textId="10AABA29" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A5E2FF" w14:textId="595AAA81" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.13.</w:t>
       </w:r>
       <w:r w:rsidR="00D8607B" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -9102,51 +9514,65 @@
         <w:t xml:space="preserve"> Keep a detailed record of the </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:t>perpetrator’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> disclosure in their record.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEEABD0" w14:textId="3142528F" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="630029A4" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>6.14. Recognising that an employee may need help</w:t>
+        <w:t xml:space="preserve">6.14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Recognising</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that an employee may need help</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58660580" w14:textId="1B394C10" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36C410BD" w14:textId="645DE5C8" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.14.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> It is not always easy to </w:t>
@@ -9154,280 +9580,322 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>recognise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> that an employee is experiencing</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">domestic abuse and may require some support. Certain symptoms such as a sudden change in behaviour, depression, inability to concentrate, obvious injuries or regular but unexpected absence from work may be indicative of a variety of problems, of which domestic abuse may be one.  </w:t>
+        <w:t xml:space="preserve">domestic abuse and may require some support. Certain symptoms such as a sudden change in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, depression, inability to concentrate, obvious injuries or regular but unexpected absence from work may be indicative of a variety of problems, of which domestic abuse may be one.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01450513" w14:textId="77777777" w:rsidR="00D8607B" w:rsidRPr="00903EDF" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AC2F0F6" w14:textId="6B20BE4B" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
+    <w:p w14:paraId="1AC2F0F6" w14:textId="636450BC" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00D8607B" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">6.14.2. </w:t>
       </w:r>
       <w:r w:rsidR="00AA03FA" w:rsidRPr="00903EDF">
-        <w:t>Managers should be aware that victims of domestic abuse may have performance issues such as chronic absenteeism or reduced productivity, and therefore should consider all aspects of an employee’s situation when addressing performance and safety issues (see related policies).</w:t>
+        <w:t xml:space="preserve">Managers should be aware that victims of domestic abuse may have performance issues such as chronic absenteeism or reduced </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:t>productivity and</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA03FA" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> therefore should consider all aspects of an employee’s situation when addressing performance and safety issues (see related policies).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D60287" w14:textId="3E2BCFDB" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55213CBC" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.15. The Responsibilities of the Manager</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D1E418" w14:textId="635DB994" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DFC2311" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="2DFC2311" w14:textId="4A197125" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.15.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Managers have a responsibility for the health and safety of the employees that they manage. One woman in four one man in six will experience domestic abuse at some point in their lives and some of these will be employees of this </w:t>
+        <w:t xml:space="preserve"> Managers have a responsibility for the health and safety of the employees that they manage. One woman in four </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44415">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">one man in six will experience domestic abuse at some point in their lives and some of these will be employees of this </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>. It is important for managers to respond positively to an employee disclosing a problem of domestic abuse.  Raising this issue may have taken a great deal of courage on behalf of the employee and the manager’s response may be a crucial factor in determining whether an employee will seek further help.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDA18AB" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15F13BA1" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.15.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> It is not the responsibility of the manager or staff member receiving a disclosure to give advice on what direct action should be taken by the victim of abuse. Poorly informed advice such as to leave an abusive relationship can be dangerous for those involved and victims are at increased risk of assault. Advice should be sought from the Safeguarding Lead.</w:t>
+        <w:t xml:space="preserve"> It is not the responsibility of the manager or staff member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>receiving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> a disclosure to give advice on what direct action should be taken by the victim of abuse. Poorly informed advice such as to leave an abusive relationship can be dangerous for those involved and victims are at increased risk of assault. Advice should be sought from the Safeguarding Lead.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62894B5B" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="481CC0EB" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="481CC0EB" w14:textId="11E5FB06" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.15.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> There are </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>several</w:t>
+      </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ways in which managers may support their employees:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA54274" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0027C8C6" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="275919A8" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="275919A8" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00213295" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r w:rsidRPr="00DD0B16">
+        <w:rPr>
+          <w:rStyle w:val="BodyTextChar"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Try to develop an understanding and supportive climate within the working environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213295">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Try to develop an understanding and supportive climate within the working environment.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203A0B63" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00213295" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DD3A822" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...1 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="6DD3A822" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>To be approachable to employees – give employees the opportunity to talk confidentially both formally, through any regular one to one session, or informally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE61204" w14:textId="756CD6C7" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00213295" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>To be approachable to employees – give employees the opportunity to talk confidentially both formally, through any regular one to one session, or informally.</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="744E126B" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Make employees aware of this Domestic Abuse Policy.</w:t>
       </w:r>
     </w:p>
@@ -9469,73 +9937,86 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>recognise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> warning signs of domestic abuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C06914" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A8C1DF4" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="0A8C1DF4" w14:textId="5AAAB8EF" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Remember most managers will not be experts in this area, an understanding approach and offer of basic information is all that is required.</w:t>
+        <w:t xml:space="preserve">Remember most managers will not be experts in this area, an understanding approach and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>offering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basic information is all that is required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C65CC84" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2863CA9B" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
@@ -9559,50 +10040,51 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69C12B90" w14:textId="2316A0F0" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If the victim is a parent/carer of </w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>child</w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or dependent </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:rPr>
@@ -9613,85 +10095,87 @@
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> then ask about the welfare of the child</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>/adult</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B11B3D" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F6ECA87" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="4F6ECA87" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>If you believe that someone is at imminent risk of danger, contact the police via 999</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6372F0B5" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...9 lines deleted...]
-    <w:p w14:paraId="0CB80C0B" w14:textId="24DD4B67" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="2712D06B" w14:textId="77777777" w:rsidR="00DD0B16" w:rsidRPr="00903EDF" w:rsidRDefault="00DD0B16" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CB80C0B" w14:textId="5A317919" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.16. Possible indicators</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="633BE55E" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -9840,80 +10324,114 @@
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Emotional reactions such as tearful, angry, depressed, nervous, confused.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C766FD" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Partner exerts unusual amount of control over their life.</w:t>
+        <w:t>Partner exerts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unusual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of control over their life.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C6E8F9" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Partner makes demands over their work schedule.</w:t>
+        <w:t>Partner makes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demands over their work schedule.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE49C56" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>May be extremely passive or aggressive.</w:t>
       </w:r>
@@ -9979,848 +10497,1423 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Signs of substance misuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77CA28C0" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19DC7EE1" w14:textId="5663C863" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
+    <w:p w14:paraId="19DC7EE1" w14:textId="5663C863" w:rsidR="00AA03FA" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.16.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> These are just a few characteristics. Different people will react in different ways. A more important sign is when an individual behaves in a way that is unusual for her or him. However, there may be no outward signs at all.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A06FDD" w14:textId="25B20874" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
       <w:pPr>
         <w:spacing w:after="192"/>
         <w:ind w:left="-5" w:hanging="10"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.17. Confidentiality and Safeguarding Concerns</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAFB0C2" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="003C4A5A">
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="2CAFB0C2" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.17.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Confidentiality is essential for an employee who is experiencing domestic abuse. It is important that the employee knows that whatever they tell their manager will remain confidential and will not be revealed to anyone without their permission. However, the individual’s right to confidentiality could be breached if there were concerns over risk of harm to a child or adult or if a person is deemed to be at high risk of serious injury or homicide, a referral into Multi Agency Risk Assessment Conference (MARAC) can be made without the consent of the individual. Under these circumstances complete confidentiality cannot be guaranteed.</w:t>
-[...18 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> Confidentiality is essential for an employee who is experiencing domestic abuse. It is important that the employee knows that whatever they tell their manager will remain confidential and will not be revealed to anyone without their permission. However, the individual’s right to confidentiality could be breached if there were concerns over risk of harm to a child or adult or if a person is deemed to be at high risk of serious injury or homicide, a referral into Multi </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Agency Risk</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assessment Conference (MARAC) can be made without the consent of the individual. Under these circumstances complete confidentiality cannot be guaranteed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1CDCB0" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D4B4073" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.18. Allowing time off work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF46700" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...15 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5AF46700" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D204210" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.18.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> An employee who is experiencing domestic abuse may need to take time off work to attend legal meetings, counselling sessions, court hearings or to make alternative living arrangements, etc. The type of leave that is possible and on what grounds will need to be discussed with the line manager on an individual basis. Managers are expected to respond </w:t>
-[...29 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> An employee who is experiencing domestic abuse may need to take time off work to attend legal meetings, counselling sessions, court hearings or to make alternative living arrangements, etc. The type of leave that is possible and on what grounds will need to be discussed with the line manager on an individual basis. Managers are expected to respond positively and sympathetically to such requests under these circumstances. Refusal to allow time off may often add to the anxiety of the employee concerned.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505DB7B7" w14:textId="77777777" w:rsidR="00134F3B" w:rsidRDefault="00134F3B" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C6D42C" w14:textId="464496E5" w:rsidR="00AA03FA" w:rsidRDefault="00AA03FA" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.19. Adapting Working Arrangements</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidR="00CC0339">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC64C76" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047038B7" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.19.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> It may be that the most effective way a manager can help an employee is to change their working arrangements, probably temporarily, but possibly on a permanent basis.  A telephone answering machine could screen calls to reduce harassment by the perpetrator. At </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>particular times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> s/he may need to be more flexible about starting or finishing times and lunch breaks to avoid unwelcome visits; a temporary relocation of workplace may be beneficial.  Whatever the needs, it is important for managers to consider all options carefully and be as flexible as possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603C82E5" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...15 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="603C82E5" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C7670CC" w14:textId="317F36D7" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.19.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> It should be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>recognised</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> that domestic abuse will probably have a negative impact on the performance of the employee concerned and it is important that the employee is supported, and positive consideration is given to measures to temporarily alleviate work pressures. In certain exceptional circumstances the employee may require redeployment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D20146" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="003C4A5A">
-[...16 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="36D20146" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3187B8FE" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6.19.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> It is important to ensure that any action taken complies with the wishes of the employee concerned and that s/he does not feel blamed or punished in any way.  To </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>minimise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the potential for conflict in the workplace, any changes to working arrangements should be communicated in an appropriate way to colleagues whilst maintaining confidentiality.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED0A497" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00AA03FA">
-[...15 lines deleted...]
-        <w:spacing w:after="27" w:line="250" w:lineRule="auto"/>
+    <w:p w14:paraId="3ED0A497" w14:textId="77777777" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578BB45E" w14:textId="4E718EF3" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="27"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.19.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> The Practice has a duty of care to protect both the individual and other employees. Therefore, any manager/staff member may decide to call the police if they feel that staff safety may be compromised. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DF0B00" w14:textId="28B82E36" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="003C4A5A">
-[...53 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="69DF0B00" w14:textId="28B82E36" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD18F41" w14:textId="74C52F22" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="00AA03FA" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6.19.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>All records held at the GP Practice concerning domestic abuse should be kept strictly confidential.  No local records should be kept of absences related to domestic abuse and there should be no adverse impact on the employment records of victims of domestic abuse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEC2CE6" w14:textId="3ABB496B" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="00B675B7" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DFC5594" w14:textId="106D4110" w:rsidR="00AA03FA" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.20</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Responding to employees who perpetrate abuse.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A65AEB8" w14:textId="39ECB39E" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
-[...8 lines deleted...]
-    <w:p w14:paraId="586F5DFA" w14:textId="31B94113" w:rsidR="005F087F" w:rsidRPr="00A63084" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
+    <w:p w14:paraId="4A65AEB8" w14:textId="39ECB39E" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586F5DFA" w14:textId="31B94113" w:rsidR="005F087F" w:rsidRPr="00A63084" w:rsidRDefault="005F087F" w:rsidP="00134F3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.20.</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> Domestic</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> abuse perpetrated by employees will not be condoned under any circumstances nor will it be treated as a purely private matter. This may be via Disciplinary Procedures and may also include referrals to the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Hlk171581411"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk171581411"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Local Authority Designated Officer (LADO) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">and alleged perpetrators who are a Person in a </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk171581427"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk171581427"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Position of Trust (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>PiPoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>PiPoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> relates primarily to adults. To make a referral please go to</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:anchor=":~:text=The%20vision%20of%20the%20LSAB,%40lincolnshire.gov.uk.&amp;text=Find%20out%20how%20well%20we%20are%20achieving%20our%20strategic%20aims." w:history="1">
+      <w:hyperlink r:id="rId57" w:anchor=":~:text=The%20vision%20of%20the%20LSAB,%40lincolnshire.gov.uk.&amp;text=Find%20out%20how%20well%20we%20are%20achieving%20our%20strategic%20aims." w:history="1">
         <w:r w:rsidR="005118CC" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Lincolnshire Safeguarding Adults Board – LSAB resources - Lincolnshire County Council</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48B38805" w14:textId="43752161" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="48B38805" w14:textId="43752161" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30F7E994" w14:textId="19F6E84A" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.20.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> LADO relates primarily to children. If you have a query regarding making a LADO </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:t>referral,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> please contact them on 01522 554674. To make a LADO referral please go to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidR="009F709F" w:rsidRPr="009F709F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>LSCP - Report a concern about a staff member or volunteer - LCC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F8E4CBE" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7F8E4CBE" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA0E811" w14:textId="6A73DA67" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.20.</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> Practice </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>recognise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> that alleged perpetrators of domestic abuse may wish to seek help and support voluntarily.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF3B7E7" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5DF3B7E7" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69E3100D" w14:textId="460C38D4" w:rsidR="005F087F" w:rsidRDefault="005F087F" w:rsidP="00134F3B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.20.3.</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">If appropriate, suspension from duty without prejudice on full pay may be required. In cases where criminal proceedings may be ongoing, then Police advice may need to be sought, </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">before initiating internal disciplinary investigations. The alleged perpetrator will be provided with information about the services and support available to them including line manager </w:t>
+        <w:t xml:space="preserve">If appropriate, suspension from duty without prejudice on full pay may be required. In cases where criminal proceedings may be ongoing, then Police advice may need to be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>sought,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> before initiating internal disciplinary investigations. The alleged perpetrator will be provided with information about the services and support available to them including line manager </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:t>support, Occupational</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> Health and referral or signposting to external agencies or perpetrator </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> such as Respect UK, if appropriate. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EBBB95" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
+    <w:p w14:paraId="59D090DC" w14:textId="77777777" w:rsidR="00134F3B" w:rsidRDefault="00134F3B" w:rsidP="00134F3B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C881C71" w14:textId="20F4080C" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5C881C71" w14:textId="7429EB1B" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6.20.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">The Practice will treat any allegation, disclosure or conviction of a domestic </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:t>abuse-related</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> offence on a case-by-case basis with the aim of reducing risk and supporting change. There are four potential strands in the consideration of an allegation: • a police investigation of a possible criminal offence; • disciplinary action by the employer; • signposting to specialist counselling; • Identifying risk. An individual cautioned or convicted of a criminal offence may be subject to the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>organisation’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> code of conduct policy and procedure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB808AB" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00903EDF">
-[...4 lines deleted...]
-        <w:t>6.20.4.</w:t>
+    </w:p>
+    <w:p w14:paraId="6B317E5B" w14:textId="63202266" w:rsidR="005F087F" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6.20.5.</w:t>
       </w:r>
       <w:r w:rsidR="005118CC" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve">The Practice will treat any allegation, disclosure or conviction of a domestic abuse related offence on a case-by-case basis with the aim of reducing risk and supporting change. There are four potential strands in the consideration of an allegation: • a police investigation of a possible criminal offence; • disciplinary action by the employer; • signposting to specialist counselling; • Identifying risk. An individual cautioned or convicted of a criminal offence may be subject to the </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6CB808AB" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
+        <w:t xml:space="preserve">The Domestic Abuse Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:t>2021 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">he Act) sets the standard and promotes best practice. Domestic abuse is now on a statutory </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:t>footing,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and the NHS needs to increase awareness and inform their response to domestic abuse. Domestic abuse is a high harm, high volume crime that remains largely hidden. The </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="_Hlk171581461"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">Crime Survey for England and Wales (CSEW) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">for the year ending March 2020 estimated that 2.3 million adults aged 16 to 74 had experienced domestic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>abuse in the previous year.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339">
+        <w:t xml:space="preserve"> Additional supporting information </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339">
+        <w:t xml:space="preserve"> be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidR="00CC0339" w:rsidRPr="00FB1125">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Supporting NHS staff with domestic violence and abuse | NHS Employers</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CC0339">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1125">
+        <w:t xml:space="preserve">NHS England are a Beacon </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339">
+        <w:t>member</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1125">
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0339">
+        <w:t xml:space="preserve">Employers Initiative on Domestic Abuse ( EIDA) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1125">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidR="00FB1125" w:rsidRPr="00FB1125">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>NHS England » NHS England joins the Employer’s Initiative on Domestic Abuse as a beacon member</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C97BA45" w14:textId="77777777" w:rsidR="00E80A24" w:rsidRDefault="00E80A24" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B317E5B" w14:textId="0A328A4E" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
+    <w:p w14:paraId="4F8D57B1" w14:textId="00158E8D" w:rsidR="00E80A24" w:rsidRDefault="00E80A24" w:rsidP="00E80A24">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0339">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6.21. Typologies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C69F392" w14:textId="29C07915" w:rsidR="00E80A24" w:rsidRDefault="00E80A24" w:rsidP="00344783">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0339">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When working with individuals who are experiencing or perpetrating domestic abuse, practitioners should ensure that bi-directional abuse is considered when assessing/managing risk, support needs and safety planning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1FC418" w14:textId="77777777" w:rsidR="00344783" w:rsidRPr="00CC0339" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="709DC511" w14:textId="037BC4E3" w:rsidR="00134F3B" w:rsidRDefault="00E80A24" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0339">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Bi</w:t>
+      </w:r>
+      <w:r w:rsidR="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC0339">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directional abuse is when both people in a relationship engage in abuse. When this happens, it can take one of two forms: </w:t>
+      </w:r>
+      <w:r w:rsidR="00344783" w:rsidRPr="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(1) both partners can be equally aggressive; and (2) one partner can be more aggressive than the other, but the other partner is violent, too, primarily in self-defence or retaliation (*Hines, 2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22446664" w14:textId="77777777" w:rsidR="00517DBE" w:rsidRDefault="00517DBE" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4346EFFB" w14:textId="7E697120" w:rsidR="00344783" w:rsidRPr="00DD0B16" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Where bi-directional abuse is evident, it can be further understood by considering the 3 main types or ‘typologies’ (**Johnson, 2008)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7B88A8" w14:textId="77777777" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4508"/>
+        <w:gridCol w:w="4508"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00344783" w14:paraId="49C55558" w14:textId="77777777" w:rsidTr="00DD0B16">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB050C9" w14:textId="287903E6" w:rsidR="00344783" w:rsidRPr="00DD0B16" w:rsidRDefault="00331003" w:rsidP="00DD0B16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="191806B0" w14:textId="208CDE7B" w:rsidR="00344783" w:rsidRPr="00DD0B16" w:rsidRDefault="00331003" w:rsidP="00DD0B16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0B16">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Definition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00344783" w14:paraId="31CBA89C" w14:textId="77777777" w:rsidTr="00344783">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3267EEC8" w14:textId="2C2B403D" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344783">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Situational couple violence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58403204" w14:textId="42ECE8D3" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00344783">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344783">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>escalates from argument to physical aggression, occurs between couples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00344783" w14:paraId="7CDE34AE" w14:textId="77777777" w:rsidTr="00344783">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D102463" w14:textId="327D03CF" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344783">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Coercive &amp; Controlling Behaviours/intimate terrorism</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F50E141" w14:textId="28CAE9B0" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00344783">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344783">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>patterns of violent coercive control, perpetrated predominantly, but not always, by men</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00344783" w14:paraId="5D5061E1" w14:textId="77777777" w:rsidTr="00344783">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056F51E6" w14:textId="7C3F6A2C" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344783">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Violent resistance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA594F6" w14:textId="33BE3E53" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00344783">
+            <w:pPr>
+              <w:widowControl/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00344783">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>perpetrated while resisting violence, perpetrated more often by women in self-defence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7849A35D" w14:textId="77777777" w:rsidR="00344783" w:rsidRPr="00DD0B16" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E830E75" w14:textId="06EE156D" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>If bi-directional abuse is identified, practitioners should ensure appropriate individual referrals for services, that recognize their individual needs, are made for both parties to provide support and reduce risk. It is important that practitioners make clear case notes that quantifies and describes the Domestic abuse between the two parties and doesn’t just say bi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>directional as this could be misleading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0438B0FC" w14:textId="77777777" w:rsidR="00344783" w:rsidRPr="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14CE719A" w14:textId="77777777" w:rsidR="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>*Hines, D. (2022) Depp-Heard Trial Shines Light on Bidirectional Intimate Partner Violence - Depp-Heard Trial Shines Light on Bidirectional Intimate Partner Violence | George Mason University (gmu.edu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD24CA4" w14:textId="77777777" w:rsidR="00344783" w:rsidRPr="00344783" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B212D1" w14:textId="40409A2B" w:rsidR="00E80A24" w:rsidRPr="00DD0B16" w:rsidRDefault="00344783" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00344783">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>** Johnson, Michael P. (2008) A Typology of Domestic Violence: Intimate Terrorism, Violent Resistance, and Situational Couple Violence. Hanover: Northeastern University Press</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACA1C71" w14:textId="77777777" w:rsidR="00B675B7" w:rsidRDefault="00B675B7" w:rsidP="00B675B7">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...40 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61008261" w14:textId="64990F66" w:rsidR="00B675B7" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>6.21. USEFUL CONTACT INFORMATION</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="563DF7AD" w14:textId="31B07863" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>. USEFUL CONTACT INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563DF7AD" w14:textId="31B07863" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005B66A7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Local Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C0DF0B" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+    <w:p w14:paraId="19C0DF0B" w14:textId="5EF095E4" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00344783">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>6.21.1 Safeguarding Children</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="582E46EB" w14:textId="3555DF0D" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.1 Safeguarding Children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E46EB" w14:textId="3555DF0D" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="00344783">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If you suspect or believe a child is suffering, or is likely to suffer, significant harm (including any form of mistreatment or abuse) you should always report your </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
@@ -10848,164 +11941,234 @@
         </w:rPr>
         <w:t>In an emergency always dial 999</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42699A5F" w14:textId="5DECF8E0" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If there is no immediate danger to the child, or if you need some advice or information, you can contact the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Hlk171581475"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk171581475"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Children Services Customer Service Centre (CSC) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">on 01522 782111. If it is outside normal office </w:t>
       </w:r>
       <w:r w:rsidR="00A63084" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>hours,</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> you can contact the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="_Hlk171581489"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk171581489"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Duty Team (EDT) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>on 01522 782333.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6853F612" w14:textId="3A5AB81C" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+    <w:p w14:paraId="6853F612" w14:textId="13442E79" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The safeguarding children template can be found on Ardens and Systm1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The safeguarding children template can be found on Ardens and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>templates.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Systm</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1DA8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:b/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>6.21.2. Safeguarding Adults</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="07A5E38E" w14:textId="4555E177" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>templates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22468210" w14:textId="4EB343DD" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.2. Safeguarding Adults</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A5E38E" w14:textId="24AC8BDC" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you suspect or believe an adult is suffering, or is likely to suffer, significant harm (including any form of mistreatment or abuse) you should always report your </w:t>
+        <w:t xml:space="preserve">If you suspect or believe an adult is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>suffering, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is likely to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>suffer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significant harm (including any form of mistreatment or abuse) you should always report your </w:t>
       </w:r>
       <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0217755D" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
@@ -11015,218 +12178,264 @@
         <w:t>In an emergency always dial 999</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FE1BCB" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If there is no immediate danger to the adult, or if you need some advice or information, you can contact Adult Social Care on 01522 782155</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277D1EA1" w14:textId="0AB75D2A" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+    <w:p w14:paraId="277D1EA1" w14:textId="6DBA1112" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="20"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The safeguarding adult template can be found on Ardens and Systm1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A33C9D" w:rsidRPr="00903EDF">
+        <w:t>The safeguarding adult</w:t>
+      </w:r>
+      <w:r w:rsidR="004961AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>templates.</w:t>
-[...23 lines deleted...]
-        <w:ind w:left="714" w:hanging="357"/>
+        <w:t xml:space="preserve"> referral form can be found online here: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidR="004961AF" w:rsidRPr="004961AF">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Report a safeguarding concern – Safeguarding reporting for professionals - Lincolnshire County Council</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:commentRangeEnd w:id="20"/>
+      <w:r w:rsidR="004961AF">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="20"/>
+      </w:r>
+      <w:r w:rsidR="004961AF" w:rsidRPr="00903EDF" w:rsidDel="004961AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CC2509" w14:textId="162DD1A8" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3. Domestic and Sexual Abuse Services </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CA0D22" w14:textId="00E1EB47" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="009B5F2B">
+      <w:pPr>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">Information about the services available in Lincolnshire can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://www.lincolnshire.gov.uk/crime-prevention/domestic-abuse</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="27BBF119" w14:textId="60EF5CDA" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="009B5F2B">
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701D1283" w14:textId="05931FDB" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="009B5F2B">
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk171581506"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk171581506"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">LDASS (Lincolnshire domestic abuse specialist service) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Lincolnshire Domestic Abuse Specialist Service (ldass.org.uk) 01522 510041</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265C21E7" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="009B5F2B">
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="378D6D91" w14:textId="2920FAC0" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="003C4A5A">
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>SARC (Sexual Assault Referral Centre) Provides a safe environment where victims of Rape, Sexual Assault or Sexual Abuse can get support and advice. They also provide the possibility of making a report to the police and undertaking a forensic examination (if this is what you choose). They are open to all victims, regardless of whether they want to report a crime to the police or not. There are often other options available to you that you may not have considered and pathways to the right kind of help</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11245,87 +12454,87 @@
           <w:rStyle w:val="BodyTextChar"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>you. Email -</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:rStyle w:val="BodyTextChar"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:tooltip="Email lpft.springlodge@nhs.net" w:history="1">
-        <w:r w:rsidR="005731A9" w:rsidRPr="00A63084">
+      <w:hyperlink r:id="rId63" w:tooltip="Email lpft.springlodge@nhs.net" w:history="1">
+        <w:r w:rsidR="005731A9" w:rsidRPr="00FD0689">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBF9FF"/>
           </w:rPr>
           <w:t>lpft.springlodge@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47B11490" w14:textId="4CFFA5CF" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Website </w:t>
       </w:r>
       <w:r w:rsidR="005731A9" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId64" w:history="1">
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidR="005731A9" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Home :</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidR="005731A9" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>: Spring Lodge Centre (lpft.nhs.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005731A9" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -11401,51 +12610,51 @@
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>www.lincolnshirerapecrisis.org.uk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D1C8DE" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>support@lincolnshirerapecrisis.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t>. Telephone 08003345500</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4013C9B6" w14:textId="77777777" w:rsidR="005F087F" w:rsidRPr="00903EDF" w:rsidRDefault="005F087F" w:rsidP="005F087F">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -11473,669 +12682,949 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Your local district council can advise about housing, including offering emergency or temporary accommodation if you are made homeless due to domestic abuse. The emergency accommodation may be a refuge or bed and breakfast accommodation, providing you meet certain criteria. Under the Domestic Abuse Act 2021, there is a duty for local authorities to </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>provide support to victims for safe accommodation</w:t>
       </w:r>
       <w:r w:rsidR="009B5F2B" w:rsidRPr="00903EDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A838037" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C875108" w14:textId="6FC8E088" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+    <w:p w14:paraId="7C875108" w14:textId="6844BED5" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>6.22.</w:t>
-[...6 lines deleted...]
-        <w:tab/>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A36E6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>National Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CDF4ED" w14:textId="60BDF234" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Respect Phoneline - for victims and perpetrators 0808 802 4040 Mon –Fri 9am-8pm </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71" w:history="1">
+      <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>info@respectphoneline.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Confidential helpline for people who are abusive and/or violent towards their partners. Practitioners can access advice and guidance Website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>http://www.respectphoneline.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> Respect operates two helplines: Men’s Advice Line, a confidential helpline for male victims of domestic abuse and those supporting them 0808 8010327 (www.mensadviceline.org.uk) and the Respect Phoneline, a confidential helpline for men and women who are harming their partners and families and those supporting them, 0808 8024040 (</w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId73" w:history="1">
+        <w:t xml:space="preserve"> Respect operates two helplines: Men’s Advice Line, a confidential helpline for male victims of domestic abuse and those supporting them 0808 8010327 (www.mensadviceline.org.uk) and the Respect Phoneline, a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>confidential helpline for men and women who are harming their partners and families and those supporting them, 0808 8024040 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.respectphoneline.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C39D847" w14:textId="67149DBD" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">National Domestic Violence Helpline 0808 2000 247 (24hr) • Freephone 24 Hour Domestic Violence Helpline • Translation facilities for callers whose first language is not English, and a service for callers who are deaf or hard of hearing is available • Website: http://www.nationaldomesticviolencehelpline.org.uk </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="122AEDC5" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">galop 0800 999 5428 Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74" w:history="1">
+      <w:hyperlink r:id="rId69" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>help@galop.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. Support for </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk171581545"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk171581545"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">lesbian, gay, bisexual and transgender (LGBT) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">people experiencing domestic violence. Website: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75" w:history="1">
+      <w:hyperlink r:id="rId70" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>http://www.galop.org.uk/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F0471B" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>Forced Marriage Unit 0207 008 0151 (24hrs) Email:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76" w:history="1">
+      <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>fmu@fcdo.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="_Hlk171581565"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk171581565"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Forced Marriage Unit (FMU) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">is a joint Foreign, Commonwealth and Development Office (FCDO) and Home Office unit which leads on the government’s forced marriage policy, outreach and casework. It operates both inside the UK and overseas. Website: https://www.gov.uk/guidance/forcedmarriage </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E4948E" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Forward 0208 960 4000 Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77" w:history="1">
+      <w:hyperlink r:id="rId72" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>forward@forwarduk.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:t>. An African Diaspora led UK-registered campaign and support charity dedicated to advancing and safeguarding the health and rights of African girls and women, in particular female genital mutilation and forced and child marriage. Website: http://www.forwarduk.org.uk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7323B279" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">Karma Nirvana 0800 5999 247 Mon-Fri 9am-5pm Email: info@karmanirvana.org.uk • Supporting all victims of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>honour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>-based abuse and forced marriage • Website: http://www.karmanirvana.org.uk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B82B036" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+    <w:p w14:paraId="3B82B036" w14:textId="6E6D553E" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00A63084">
+        <w:t>Samaritans</w:t>
+      </w:r>
+      <w:r w:rsidR="00C927CB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:history="1">
+        <w:r w:rsidR="00C927CB" w:rsidRPr="00C927CB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-            <w:lang w:val="en"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>www.samaritans.org.uk</w:t>
+          <w:t>Contact Us | Samaritans</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A63084">
+      <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t>Telephone: 08457 90 90 90</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAEE2F5" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00A63084" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">National Stalking Helpline </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79" w:history="1">
+      <w:hyperlink r:id="rId74" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>www.stalkinghelpline.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0808 802 0300 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80" w:history="1">
+      <w:hyperlink r:id="rId75" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>www.protectionagainststalking.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13459498" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Support for Perpetrators </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81" w:history="1">
+      <w:hyperlink r:id="rId76" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>www.respectphoneline.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F62388C" w14:textId="5066D411" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+    <w:p w14:paraId="6F62388C" w14:textId="5066D411" w:rsidR="009B5F2B" w:rsidRPr="005C705A" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Telephone: 0808 802 4040 Email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:lang w:val="en" w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>info@respectphoneline.org.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78CB18C8" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+    <w:p w14:paraId="30ADF2F6" w14:textId="16E713A9" w:rsidR="00E80A24" w:rsidRPr="00220E91" w:rsidRDefault="00E80A24" w:rsidP="00E80A24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSPCA - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E91">
+        <w:t xml:space="preserve">Please visit the professional site for the process the RSPCA take once a call is received </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:history="1">
+        <w:r w:rsidRPr="00E80A24">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>MARAC resources – Professional resources (lincolnshire.gov.uk)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1C4E82F0" w14:textId="77777777" w:rsidR="00E80A24" w:rsidRPr="00220E91" w:rsidRDefault="00E80A24" w:rsidP="00E80A24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E91">
+        <w:t xml:space="preserve">*Professionals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="ED0000"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E91">
+        <w:t xml:space="preserve"> referral line 0300 123 8008 open 8am-6pm Monday to Friday.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B01F42D" w14:textId="77777777" w:rsidR="00E80A24" w:rsidRDefault="00E80A24" w:rsidP="00E80A24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00220E91">
+        <w:t>**Email address to back up phone report:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:history="1">
+        <w:r w:rsidRPr="00220E91">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>intelligence.unit@rspca.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00220E91">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E91">
+        <w:t xml:space="preserve">The intelligence unit have </w:t>
+      </w:r>
+      <w:r>
+        <w:t>enhanced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E91">
+        <w:t xml:space="preserve"> underst</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">anding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00220E91">
+        <w:t>of the risks associated with domestic abuse so please ensure you email over facts and your professional concerns, including information if the relationship is continuing/in the same household</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> as the animal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE9C52B" w14:textId="24174475" w:rsidR="00C507EE" w:rsidRPr="00220E91" w:rsidRDefault="00C507EE" w:rsidP="00E80A24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Please see appendix B – Useful contact Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CB18C8" w14:textId="47179B7B" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>6.23. Refuges</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Refuges</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2282ACBD" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+    <w:p w14:paraId="2282ACBD" w14:textId="28A8ADE4" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>6.23.1.</w:t>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80A24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A refuge is a safe house for victims and their children escaping domestic abuse. You can stay there until you decide what to do next. The addresses of refuges are secret, and no visitors are allowed </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> A refuge is a safe house for victims and their children </w:t>
+      </w:r>
+      <w:r w:rsidR="00553951" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>in order to</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>to escape</w:t>
+      </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> keep the refuge a safe place (a PO Box address is used for post). There are refuges all over the UK, and if space is available, you can stay anywhere that you feel safe and comfortable. This may be your nearest one or it might be elsewhere.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> domestic abuse. You can stay there until you decide what to do next. The addresses of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t>refuges</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> are secret, and no visitors are allowed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>refuge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a safe place (a PO Box address is used for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>post</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). There are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>refuges</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all over the UK, and if space is available, you can stay anywhere </w:t>
+      </w:r>
+      <w:r w:rsidR="00553951" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you feel safe and comfortable. This may be your nearest one or it might be elsewhere.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A29A0B6" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can contact a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>refuge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by ringing the 24-hour national domestic abuse free phone helpline, 0808 2000 247.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A07159E" w14:textId="77777777" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>They will arrange for a refuge to contact you as soon as possible to make the necessary arrangements. The police or social services may also refer you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD554BE" w14:textId="77964996" w:rsidR="009B5F2B" w:rsidRPr="00903EDF" w:rsidRDefault="009B5F2B" w:rsidP="009B5F2B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D0EF82E" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Communication, Monitoring and Review</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5253D580" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DD759C1" w14:textId="0B1C6996" w:rsidR="00373ECC" w:rsidRPr="00903EDF" w:rsidRDefault="00373ECC" w:rsidP="00373ECC">
+    <w:p w14:paraId="5DD759C1" w14:textId="39B795B3" w:rsidR="00373ECC" w:rsidRPr="00903EDF" w:rsidRDefault="00373ECC" w:rsidP="00373ECC">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>7.1</w:t>
       </w:r>
       <w:r w:rsidR="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
-        <w:t xml:space="preserve"> This policy will be reviewed one year from publication by the</w:t>
+        <w:t xml:space="preserve"> This policy will be reviewed </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44415">
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> year</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44415">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> from publication by the</w:t>
       </w:r>
       <w:r w:rsidR="006D4778">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00825F1E">
         <w:t>ICB safeguarding team</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">. Earlier review may be required in response to exceptional circumstances, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t>organisational</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> change, or relevant changes in legislation / guidance. The review log will be updated following any review.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="299B1DE0" w14:textId="77777777" w:rsidR="00373ECC" w:rsidRPr="00903EDF" w:rsidRDefault="00373ECC" w:rsidP="00373ECC">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -12161,276 +13650,275 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> This policy will be available for all staff via the LICB Primary </w:t>
       </w:r>
       <w:r w:rsidR="00F36E3D" w:rsidRPr="00903EDF">
         <w:t>Care intranet</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3048FC30" w14:textId="77777777" w:rsidR="00373ECC" w:rsidRPr="00903EDF" w:rsidRDefault="00373ECC" w:rsidP="00373ECC">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AFF9A45" w14:textId="3BD1E0BC" w:rsidR="00373ECC" w:rsidRPr="00903EDF" w:rsidRDefault="00373ECC" w:rsidP="00373ECC">
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="7AFF9A45" w14:textId="3BD1E0BC" w:rsidR="00373ECC" w:rsidRPr="00903EDF" w:rsidRDefault="00373ECC" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7.3</w:t>
       </w:r>
       <w:r w:rsidR="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> Any individual who has queries regarding the content of this policy, or has difficulty understanding how this policy relates to their role, should contact LICB safeguarding team via; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83" w:history="1">
+      <w:hyperlink r:id="rId80" w:history="1">
         <w:r w:rsidRPr="00A63084">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>licb.safeguarding1@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A63084">
         <w:rPr>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F225CEA" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...8 lines deleted...]
-    <w:p w14:paraId="345340E5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="0F225CEA" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345340E5" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="005B66A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Staff Training</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78ED5A65" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71C4A3D6" w14:textId="0A8E3FE0" w:rsidR="0088373B" w:rsidRPr="00903EDF" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+    <w:p w14:paraId="081D6932" w14:textId="404C2196" w:rsidR="00D6055C" w:rsidRDefault="0088373B" w:rsidP="00D6055C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8.1</w:t>
       </w:r>
       <w:r w:rsidR="00903EDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00903EDF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00903EDF">
-[...59 lines deleted...]
-        <w:r w:rsidRPr="00A63084">
+      <w:r w:rsidR="00D6055C">
+        <w:t xml:space="preserve">Practices can access training from any provider; however, it must be in line with RCGP guidance and at a level appropriate for their role within the practice. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6055C" w:rsidRPr="00903EDF">
+        <w:t>Domestic abuse is included within Safeguarding Children, Safeguarding Adults and Refresher level 3 training the ICB safeguarding Team delivers. Detail</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6055C">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6055C" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> on how to book can be found </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6055C">
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6055C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:history="1">
+        <w:r w:rsidR="00D6055C">
           <w:rPr>
-            <w:color w:val="4472C4" w:themeColor="accent1"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:color w:val="467886"/>
           </w:rPr>
-          <w:t>Lincolnshire LMC | Events &amp; Training (lincslmc.co.uk)</w:t>
+          <w:t>Support and training in primary care - Lincolnshire Training Hub</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44B1C04A" w14:textId="709250D2" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="789F937B" w14:textId="77777777" w:rsidR="00D6055C" w:rsidRPr="00903EDF" w:rsidRDefault="00D6055C" w:rsidP="00D6055C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="722AAA6D" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="6B594721" w14:textId="53824E29" w:rsidR="00D6055C" w:rsidRPr="00903EDF" w:rsidRDefault="00D6055C" w:rsidP="00D6055C">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="69D905BD" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+      </w:pPr>
+      <w:r w:rsidRPr="00D6055C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8.2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t>The Practice</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> will keep a training database detailing the uptake of all staff training so that the Practice Manager and Safeguarding Leads are aware of any unmet training needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C4A3D6" w14:textId="5B0A9E05" w:rsidR="0088373B" w:rsidRPr="00903EDF" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48F4E9FC" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00903EDF" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C14C20" w14:textId="444D60F0" w:rsidR="0088373B" w:rsidRPr="00903EDF" w:rsidRDefault="0088373B" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69D905BD" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="005B66A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Equality and Diversity Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45BE2476" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
@@ -12577,1506 +14065,1475 @@
       </w:r>
       <w:r w:rsidR="007D3C45" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">This document has been designed to ensure that no-one receives less </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007D3C45" w:rsidRPr="00903EDF">
         <w:t>favourable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007D3C45" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> treatment due to their personal circumstances </w:t>
       </w:r>
       <w:r w:rsidR="00576319" w:rsidRPr="00903EDF">
         <w:t>i.e.,</w:t>
       </w:r>
       <w:r w:rsidR="007D3C45" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> the protected characteristics of their age, disability, sex (gender), gender reassignment, sexual orientation, marriage and civil partnership, race, religion or belief, pregnancy and maternity. Appropriate consideration has also been given to gender identity, socio-economic status, immigration status and the principles of the Human Rights Act.</w:t>
       </w:r>
       <w:r w:rsidR="007D3C45" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDCC998" w14:textId="1CED7D4A" w:rsidR="00234CBD" w:rsidRPr="00903EDF" w:rsidRDefault="00234CBD" w:rsidP="009275FD">
+    <w:p w14:paraId="2EDCC998" w14:textId="1CED7D4A" w:rsidR="00234CBD" w:rsidRPr="00903EDF" w:rsidRDefault="00234CBD" w:rsidP="00C6765E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745578EA" w14:textId="2FA896A6" w:rsidR="00DC7BEE" w:rsidRPr="00903EDF" w:rsidRDefault="00862CB7" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="745578EA" w14:textId="2FA896A6" w:rsidR="00DC7BEE" w:rsidRPr="00903EDF" w:rsidRDefault="00862CB7" w:rsidP="009275FD">
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>9.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00536AD1" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Reasonable adjustments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5980FFDC" w14:textId="488BEB0F" w:rsidR="00734923" w:rsidRPr="00903EDF" w:rsidRDefault="00734923" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>9.2.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t>All requests for reasonable adjustments will be consider</w:t>
+      </w:r>
+      <w:r w:rsidR="00441426" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the implementation of this policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00441426" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to ensure that no </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">disabled person is </w:t>
+      </w:r>
+      <w:r w:rsidR="00441426" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">placed at a disadvantage when receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>advice</w:t>
+      </w:r>
+      <w:r w:rsidR="009D49CF" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4480" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and information</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> around domestic violence</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62E2" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Due regard will be given in line with the Equality Act 2010</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2457" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71428370" w14:textId="77777777" w:rsidR="009D49CF" w:rsidRPr="00903EDF" w:rsidRDefault="009D49CF" w:rsidP="00C6765E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DAF2D84" w14:textId="4CBDD6AB" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="00862CB7" w:rsidP="009275FD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>9.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4306" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Accessib</w:t>
+      </w:r>
+      <w:r w:rsidR="00536AD1" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4306" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00584321" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ommunication of information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10AC16D7" w14:textId="72CF1716" w:rsidR="003133EE" w:rsidRPr="00903EDF" w:rsidRDefault="009E1F30" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Those </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC017B" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>providing support</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0BD9" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001D2DBE" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>advice and</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0BD9" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information</w:t>
+      </w:r>
+      <w:r w:rsidR="00381581" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC017B" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00536AD1" w:rsidRPr="00903EDF">
+      <w:r w:rsidR="00381581" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Reasonable adjustments</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">in line with this policy, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D59F4" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">to people who may have experienced </w:t>
+      </w:r>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>All requests for reasonable adjustments will be consider</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00441426" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">domestic abuse, will take into consideration </w:t>
+      </w:r>
+      <w:r w:rsidR="004D59F4" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002F42A2" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the implementation of this policy </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00441426" w:rsidRPr="00903EDF">
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidR="008D712E" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">to ensure that no </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002F42A2" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">disabled person is </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00441426" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1303" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">placed at a disadvantage when receiving </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve">communication </w:t>
+      </w:r>
+      <w:r w:rsidR="002F42A2" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>accessibility</w:t>
+      </w:r>
+      <w:r w:rsidR="006930FA" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67ED3" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>requirements,</w:t>
+      </w:r>
+      <w:r w:rsidR="006930FA" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will </w:t>
+      </w:r>
+      <w:r w:rsidR="00904CD0" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ensure any </w:t>
+      </w:r>
+      <w:r w:rsidR="00191C42" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>advice</w:t>
       </w:r>
-      <w:r w:rsidR="009D49CF" w:rsidRPr="00903EDF">
+      <w:r w:rsidR="00904CD0" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> and support provided </w:t>
+      </w:r>
+      <w:r w:rsidR="00B052D3" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>support</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C4480" w:rsidRPr="00903EDF">
+        <w:t>is clearly understood</w:t>
+      </w:r>
+      <w:r w:rsidR="008D712E" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and information</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE4575" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20DB3" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> around domestic violence</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F62E2" w:rsidRPr="00903EDF">
+        <w:t>by those impacted.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B052D3" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. Due regard will be given in line with the Equality Act 2010</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F2457" w:rsidRPr="00903EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003133EE" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">This policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00927F97" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>can be made available in different formats</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37057" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="007E21C9" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>languages</w:t>
+      </w:r>
+      <w:r w:rsidR="00622171" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00927F97" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>if required</w:t>
+      </w:r>
+      <w:r w:rsidR="00622171" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37057" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be implemented in line </w:t>
+      </w:r>
+      <w:r w:rsidR="007E21C9" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>NHSE Accessible Information standard</w:t>
+      </w:r>
+      <w:r w:rsidR="0097495B" w:rsidRPr="00903EDF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="007E21C9" w:rsidRPr="00903EDF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...101 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00381581" w:rsidRPr="00903EDF">
-[...191 lines deleted...]
-      <w:hyperlink r:id="rId85" w:history="1">
+      <w:hyperlink r:id="rId82" w:history="1">
         <w:r w:rsidR="00862CB7" w:rsidRPr="00A63084">
           <w:rPr>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>NHS England » Accessible Information Standard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68D4C89B" w14:textId="77777777" w:rsidR="007E21C9" w:rsidRPr="00903EDF" w:rsidRDefault="007E21C9" w:rsidP="009275FD">
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="68D4C89B" w14:textId="77777777" w:rsidR="007E21C9" w:rsidRPr="00903EDF" w:rsidRDefault="007E21C9" w:rsidP="00C6765E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4472188A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
+    <w:p w14:paraId="4472188A" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00934120">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Interaction with other Policies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68243C13" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="009275FD">
-[...13 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="68243C13" w14:textId="77777777" w:rsidR="009275FD" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="00C6765E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B173745" w14:textId="0628D8E7" w:rsidR="0088373B" w:rsidRPr="00903EDF" w:rsidRDefault="009275FD" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00903EDF">
         <w:t>10.1</w:t>
       </w:r>
       <w:r w:rsidR="0088373B" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> This policy should be read in conjunction with </w:t>
       </w:r>
-      <w:r w:rsidR="0088373B" w:rsidRPr="00903EDF">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="0088373B" w:rsidRPr="004541FA">
+        <w:rPr>
+          <w:color w:val="ED0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(insert practice name) </w:t>
       </w:r>
       <w:r w:rsidR="0088373B" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">policies for safeguarding children, safeguarding adults, safer recruitment, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="_Hlk171581651"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk171581651"/>
       <w:r w:rsidR="00157A0D" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve">mental capacity </w:t>
       </w:r>
       <w:r w:rsidR="00825F1E">
         <w:t xml:space="preserve">act </w:t>
       </w:r>
       <w:r w:rsidR="00157A0D" w:rsidRPr="00903EDF">
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="00FE0C37" w:rsidRPr="00903EDF">
+        <w:t>MCA) and</w:t>
+      </w:r>
       <w:r w:rsidR="0088373B" w:rsidRPr="00903EDF">
         <w:t xml:space="preserve"> training.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B03FAF" w14:textId="2F0C48D0" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
-[...4 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="74B03FAF" w14:textId="2F0C48D0" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="005B66A7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="565BA29F" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00846A6B" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="565BA29F" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00846A6B" w:rsidRDefault="00D833F4" w:rsidP="005B66A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
         </w:tabs>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="709" w:right="505" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005EB8"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147AA37A" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
-[...12 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="147AA37A" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FDE4082" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00DD0B16">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.1 HM Government (2021) </w:t>
       </w:r>
       <w:r w:rsidRPr="00106434">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Domestic Abuse Act</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86" w:history="1">
+      <w:hyperlink r:id="rId83" w:history="1">
         <w:r w:rsidRPr="00106434">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Domestic Abuse Act 2021 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">The Domestic Abuse </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">The Domestic Abuse Act  2021 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D961D" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D54BD0A" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Act  2021</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">11.2  HM Government (1989, 2004) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106434">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Children Act</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId87" w:history="1">
+      <w:hyperlink r:id="rId84" w:history="1">
         <w:r w:rsidRPr="00C77281">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Children Act 1989 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88" w:history="1">
+      <w:hyperlink r:id="rId85" w:history="1">
         <w:r w:rsidRPr="00C77281">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Children Act 2004 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="76E4EEB0" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4"/>
     <w:p w14:paraId="47A5CFC5" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.3 HM Government (2014) </w:t>
       </w:r>
       <w:r w:rsidRPr="00106434">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Care Act</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89" w:history="1">
+      <w:hyperlink r:id="rId86" w:history="1">
         <w:r w:rsidRPr="00C77281">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Care Act 2014 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3F209FE5" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61A2DA2C" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>11.4 HM Government (1998)</w:t>
       </w:r>
       <w:r w:rsidRPr="00106434">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Human Rights Act</w:t>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="_Hlk168393477"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk168393477"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90" w:history="1">
+      <w:hyperlink r:id="rId87" w:history="1">
         <w:r w:rsidRPr="00106434">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Human Rights Act 1998 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="3F98BCDA" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6191BC21" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">11.5 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">HM Government (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mental Capacity Act </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91" w:history="1">
+      <w:hyperlink r:id="rId88" w:history="1">
         <w:r w:rsidRPr="0086086E">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Mental Capacity Act 2005 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2EEB1C06" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C9EEA73" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">HM Government (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Working together to safeguard children </w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="_Hlk168393710"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk168393710"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://www.gov.uk/government/publications/working-together-to-safeguard-children--2"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0086086E">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Working together to safeguard children - GOV.UK (www.gov.uk)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="37CFDE19" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="3C882B71" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-    <w:p w14:paraId="4EF75708" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    </w:p>
+    <w:p w14:paraId="4EF75708" w14:textId="35775A63" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">11.8 </w:t>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">HM Government (2023) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ONS </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92" w:history="1">
+      <w:hyperlink r:id="rId89" w:history="1">
         <w:r w:rsidRPr="00E73376">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Crime in England and Wales - Office for National Statistics (ons.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00F718C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D2A49A" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0901617E" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="0901617E" w14:textId="3ED36986" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.9 </w:t>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">HM Government (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93" w:history="1">
+      <w:hyperlink r:id="rId90" w:history="1">
         <w:r w:rsidRPr="00E73376">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Domestic abuse: a resource for health professionals </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
         <w:r w:rsidRPr="00E73376">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> GOV.UK (www.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1505E570" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E3FA8CF" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="1E3FA8CF" w14:textId="4F840030" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.10 HM Government (2018) </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId94" w:anchor=":~:text=The%20Data%20Protection%20Act%202018%20is%20the%20UK%27s%20implementation%20of,used%20fairly%2C%20lawfully%20and%20transparently" w:history="1">
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>09</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> HM Government (2018) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor=":~:text=The%20Data%20Protection%20Act%202018%20is%20the%20UK%27s%20implementation%20of,used%20fairly%2C%20lawfully%20and%20transparently" w:history="1">
         <w:r w:rsidRPr="00E35FC6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Data protection: The Data Protection Act - GOV.UK (www.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00F718C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3BE176" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="134515F1" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="134515F1" w14:textId="1608085B" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.11 HM Government (1988) </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId95" w:history="1">
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> HM Government (1988) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:history="1">
         <w:r w:rsidRPr="00E35FC6">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Human Rights Act 1998 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C6784DF" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A6137B1" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="0A6137B1" w14:textId="4D355982" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>11.12</w:t>
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F718C8">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F718C8">
         <w:t>HM Government (2010)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F718C8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96" w:history="1">
+      <w:hyperlink r:id="rId93" w:history="1">
         <w:r w:rsidRPr="00E461D2">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Equality Act 2010 (legislation.gov.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4EA246D5" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="428448CC" w14:textId="5FF2584A" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428448CC" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="67E997C5" w14:textId="12B7B0E3" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.13 RCGP (2021) </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId97" w:history="1">
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> RCGP (2021) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:history="1">
         <w:r w:rsidRPr="0046404D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Safeguarding and automatic record access.docx (live.com)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="07703C5B" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77C83616" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="77C83616" w14:textId="2C09B415" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.14 RCGP (2021) </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId98" w:history="1">
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> RCGP (2021) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:history="1">
         <w:r w:rsidRPr="0046404D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Safeguarding-training-requirements-for-Primary-Care-FINAL.pdf (rcgp.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="56CFF1B0" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0277C4FB" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="47CC9512" w14:textId="0B4E4546" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.15 </w:t>
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">RCPCH (2019)   </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99" w:history="1">
+      <w:hyperlink r:id="rId96" w:history="1">
         <w:r w:rsidRPr="00EC7057">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Safeguarding Children and Young People: Roles and Competencies for Healthcare Staff | Royal College of Nursing (rcn.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00F718C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7F9CC0" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50AD279F" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="50AD279F" w14:textId="58AB4B57" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">11.15 RCN  (2018) </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0046404D">
+        <w:lastRenderedPageBreak/>
+        <w:t>11.15 RCN  (20</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00553951" w:rsidRPr="00553951">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:history="1">
+        <w:r w:rsidR="00553951" w:rsidRPr="00553951">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Adult Safeguarding: Roles and Competencies for Health Care Staff | Royal College of Nursing (rcn.org.uk)</w:t>
+          <w:t>Adult Safeguarding: Roles and Competencies for Health Care Staff | Publications | Royal College of Nursing</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1DD5EF9B" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
-      <w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="3355D5EA" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EFC4C38" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.16 NHS England accessible information standard  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101" w:history="1">
+      <w:hyperlink r:id="rId98" w:history="1">
         <w:r w:rsidRPr="00862CB7">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>NHS England » Accessible Information Standard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3004F4DC" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="493260C8" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.17 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>SafeLives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (2018) GDPR advice for MARAC    </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102">
+      <w:hyperlink r:id="rId99">
         <w:r w:rsidRPr="00B675B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Safe Lives</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2CB7AFB9" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DDD2899" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">11.18 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>SafeLives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">   (2016)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103" w:history="1">
+      <w:hyperlink r:id="rId100" w:history="1">
         <w:r w:rsidRPr="0046404D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Microsoft Word - </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0046404D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>SafeLives</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="0046404D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0046404D">
@@ -14086,163 +15543,125 @@
           </w:rPr>
           <w:t>Marac</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="0046404D">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> guidance for GPs - final (rcgp.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486B27A2" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51DC5894" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
-[...8 lines deleted...]
-    <w:p w14:paraId="0D3F00BB" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="5CAA07F8" w14:textId="41FE99DE" w:rsidR="007F626C" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>11.19</w:t>
       </w:r>
-      <w:hyperlink r:id="rId104" w:history="1">
+      <w:r w:rsidR="00553951">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:history="1">
         <w:r w:rsidRPr="00257B31">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Non-fatal-strangulation-in-physical-and-sexual-assault-Dr-C-White-Jan-2023.pdf (ifas.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="450BCD0A" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
+    <w:p w14:paraId="725304AB" w14:textId="31BA0EDF" w:rsidR="00D833F4" w:rsidRDefault="007F626C" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">11.20 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105" w:history="1">
-        <w:r w:rsidRPr="00257B31">
+      <w:hyperlink r:id="rId102" w:history="1">
+        <w:r w:rsidRPr="007F626C">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Data Local Authorities collect on child victims of domestic and sexual abuse - Find a freedom of information request – Lincolnshire County Council</w:t>
+          <w:t>Supporting NHS staff with domestic violence and abuse | NHS Employers</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="725304AB" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="75E6F7D9" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.21 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106" w:history="1">
+      <w:hyperlink r:id="rId103" w:history="1">
         <w:r w:rsidRPr="004D6F6C">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Domestic Abuse Statistics UK • NCDV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="38BF370B" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AAF7A8A" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00825F1E" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
-[...11 lines deleted...]
-    </w:p>
     <w:p w14:paraId="58FCB5EE" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00825F1E" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825F1E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
@@ -14396,69 +15815,77 @@
     </w:p>
     <w:p w14:paraId="465334CF" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00B93446" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93446">
         <w:t xml:space="preserve">ndependent domestic violence advisor (IDVA)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="011DC31E" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00B93446" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B93446">
         <w:t>Electronic Medical Record (EMR)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD3082C" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00B93446" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B93446">
-        <w:t xml:space="preserve">General medical council (GMC) </w:t>
+        <w:t xml:space="preserve">General </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B93446">
+        <w:t>medical council</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B93446">
+        <w:t xml:space="preserve"> (GMC) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53ED7B9E" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00825F1E" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825F1E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>British medical association (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId107">
+      <w:hyperlink r:id="rId104">
         <w:r w:rsidRPr="00825F1E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>BMA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00825F1E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AC3689" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRPr="00B93446" w:rsidRDefault="00D833F4" w:rsidP="00D833F4">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00825F1E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
@@ -14689,210 +16116,5437 @@
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="373418A4" w14:textId="45FA86E2" w:rsidR="00B50545" w:rsidRDefault="00B50545" w:rsidP="0088373B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37156544" w14:textId="6FE8B90F" w:rsidR="00B50545" w:rsidRDefault="00B50545" w:rsidP="0088373B">
+    <w:p w14:paraId="0FF8800B" w14:textId="77777777" w:rsidR="00C6765E" w:rsidRDefault="00C6765E" w:rsidP="0088373B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E107493" w14:textId="142D1563" w:rsidR="00B50545" w:rsidRDefault="00B50545" w:rsidP="0088373B">
+    <w:p w14:paraId="26C88B24" w14:textId="77777777" w:rsidR="00C6765E" w:rsidRDefault="00C6765E" w:rsidP="0088373B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="209A41AC" w14:textId="50D2843F" w:rsidR="00B50545" w:rsidRDefault="00B50545" w:rsidP="0088373B">
+    <w:p w14:paraId="6CB50F4F" w14:textId="738939DC" w:rsidR="00B50545" w:rsidRPr="002A200C" w:rsidRDefault="00CC492B" w:rsidP="00B50545">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...94 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21CFCE40" wp14:editId="67E6D155">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34EED234" wp14:editId="0D098E89">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>562610</wp:posOffset>
+                  <wp:posOffset>495300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4915535</wp:posOffset>
+                  <wp:posOffset>3638550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2651125" cy="962660"/>
+                <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Group 28"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2651125" cy="962660"/>
+                          <a:chOff x="917" y="5545"/>
+                          <a:chExt cx="4175" cy="1516"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="29" name="Freeform 23"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="917" y="5622"/>
+                            <a:ext cx="3354" cy="661"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1030 917"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3354"/>
+                              <a:gd name="T2" fmla="+- 0 5387 5387"/>
+                              <a:gd name="T3" fmla="*/ 5387 h 888"/>
+                              <a:gd name="T4" fmla="+- 0 965 917"/>
+                              <a:gd name="T5" fmla="*/ T4 w 3354"/>
+                              <a:gd name="T6" fmla="+- 0 5389 5387"/>
+                              <a:gd name="T7" fmla="*/ 5389 h 888"/>
+                              <a:gd name="T8" fmla="+- 0 931 917"/>
+                              <a:gd name="T9" fmla="*/ T8 w 3354"/>
+                              <a:gd name="T10" fmla="+- 0 5401 5387"/>
+                              <a:gd name="T11" fmla="*/ 5401 h 888"/>
+                              <a:gd name="T12" fmla="+- 0 919 917"/>
+                              <a:gd name="T13" fmla="*/ T12 w 3354"/>
+                              <a:gd name="T14" fmla="+- 0 5435 5387"/>
+                              <a:gd name="T15" fmla="*/ 5435 h 888"/>
+                              <a:gd name="T16" fmla="+- 0 917 917"/>
+                              <a:gd name="T17" fmla="*/ T16 w 3354"/>
+                              <a:gd name="T18" fmla="+- 0 5500 5387"/>
+                              <a:gd name="T19" fmla="*/ 5500 h 888"/>
+                              <a:gd name="T20" fmla="+- 0 917 917"/>
+                              <a:gd name="T21" fmla="*/ T20 w 3354"/>
+                              <a:gd name="T22" fmla="+- 0 6161 5387"/>
+                              <a:gd name="T23" fmla="*/ 6161 h 888"/>
+                              <a:gd name="T24" fmla="+- 0 919 917"/>
+                              <a:gd name="T25" fmla="*/ T24 w 3354"/>
+                              <a:gd name="T26" fmla="+- 0 6226 5387"/>
+                              <a:gd name="T27" fmla="*/ 6226 h 888"/>
+                              <a:gd name="T28" fmla="+- 0 931 917"/>
+                              <a:gd name="T29" fmla="*/ T28 w 3354"/>
+                              <a:gd name="T30" fmla="+- 0 6260 5387"/>
+                              <a:gd name="T31" fmla="*/ 6260 h 888"/>
+                              <a:gd name="T32" fmla="+- 0 965 917"/>
+                              <a:gd name="T33" fmla="*/ T32 w 3354"/>
+                              <a:gd name="T34" fmla="+- 0 6272 5387"/>
+                              <a:gd name="T35" fmla="*/ 6272 h 888"/>
+                              <a:gd name="T36" fmla="+- 0 1030 917"/>
+                              <a:gd name="T37" fmla="*/ T36 w 3354"/>
+                              <a:gd name="T38" fmla="+- 0 6274 5387"/>
+                              <a:gd name="T39" fmla="*/ 6274 h 888"/>
+                              <a:gd name="T40" fmla="+- 0 4157 917"/>
+                              <a:gd name="T41" fmla="*/ T40 w 3354"/>
+                              <a:gd name="T42" fmla="+- 0 6274 5387"/>
+                              <a:gd name="T43" fmla="*/ 6274 h 888"/>
+                              <a:gd name="T44" fmla="+- 0 4222 917"/>
+                              <a:gd name="T45" fmla="*/ T44 w 3354"/>
+                              <a:gd name="T46" fmla="+- 0 6272 5387"/>
+                              <a:gd name="T47" fmla="*/ 6272 h 888"/>
+                              <a:gd name="T48" fmla="+- 0 4256 917"/>
+                              <a:gd name="T49" fmla="*/ T48 w 3354"/>
+                              <a:gd name="T50" fmla="+- 0 6260 5387"/>
+                              <a:gd name="T51" fmla="*/ 6260 h 888"/>
+                              <a:gd name="T52" fmla="+- 0 4269 917"/>
+                              <a:gd name="T53" fmla="*/ T52 w 3354"/>
+                              <a:gd name="T54" fmla="+- 0 6226 5387"/>
+                              <a:gd name="T55" fmla="*/ 6226 h 888"/>
+                              <a:gd name="T56" fmla="+- 0 4270 917"/>
+                              <a:gd name="T57" fmla="*/ T56 w 3354"/>
+                              <a:gd name="T58" fmla="+- 0 6161 5387"/>
+                              <a:gd name="T59" fmla="*/ 6161 h 888"/>
+                              <a:gd name="T60" fmla="+- 0 4270 917"/>
+                              <a:gd name="T61" fmla="*/ T60 w 3354"/>
+                              <a:gd name="T62" fmla="+- 0 5500 5387"/>
+                              <a:gd name="T63" fmla="*/ 5500 h 888"/>
+                              <a:gd name="T64" fmla="+- 0 4269 917"/>
+                              <a:gd name="T65" fmla="*/ T64 w 3354"/>
+                              <a:gd name="T66" fmla="+- 0 5435 5387"/>
+                              <a:gd name="T67" fmla="*/ 5435 h 888"/>
+                              <a:gd name="T68" fmla="+- 0 4256 917"/>
+                              <a:gd name="T69" fmla="*/ T68 w 3354"/>
+                              <a:gd name="T70" fmla="+- 0 5401 5387"/>
+                              <a:gd name="T71" fmla="*/ 5401 h 888"/>
+                              <a:gd name="T72" fmla="+- 0 4222 917"/>
+                              <a:gd name="T73" fmla="*/ T72 w 3354"/>
+                              <a:gd name="T74" fmla="+- 0 5389 5387"/>
+                              <a:gd name="T75" fmla="*/ 5389 h 888"/>
+                              <a:gd name="T76" fmla="+- 0 4157 917"/>
+                              <a:gd name="T77" fmla="*/ T76 w 3354"/>
+                              <a:gd name="T78" fmla="+- 0 5387 5387"/>
+                              <a:gd name="T79" fmla="*/ 5387 h 888"/>
+                              <a:gd name="T80" fmla="+- 0 1030 917"/>
+                              <a:gd name="T81" fmla="*/ T80 w 3354"/>
+                              <a:gd name="T82" fmla="+- 0 5387 5387"/>
+                              <a:gd name="T83" fmla="*/ 5387 h 888"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T49" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T53" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T57" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T61" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T65" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T69" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T73" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T77" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T81" y="T83"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3354" h="888">
+                                <a:moveTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="774"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="839"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="873"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="885"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="887"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="887"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3305" y="885"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3339" y="873"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3352" y="839"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3353" y="774"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3353" y="113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3352" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3339" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3305" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="00AEEF"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="30" name="AutoShape 24"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2291" y="6291"/>
+                            <a:ext cx="939" cy="770"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 2995 2193"/>
+                              <a:gd name="T1" fmla="*/ T0 w 802"/>
+                              <a:gd name="T2" fmla="+- 0 6653 6284"/>
+                              <a:gd name="T3" fmla="*/ 6653 h 770"/>
+                              <a:gd name="T4" fmla="+- 0 2193 2193"/>
+                              <a:gd name="T5" fmla="*/ T4 w 802"/>
+                              <a:gd name="T6" fmla="+- 0 6653 6284"/>
+                              <a:gd name="T7" fmla="*/ 6653 h 770"/>
+                              <a:gd name="T8" fmla="+- 0 2594 2193"/>
+                              <a:gd name="T9" fmla="*/ T8 w 802"/>
+                              <a:gd name="T10" fmla="+- 0 7053 6284"/>
+                              <a:gd name="T11" fmla="*/ 7053 h 770"/>
+                              <a:gd name="T12" fmla="+- 0 2995 2193"/>
+                              <a:gd name="T13" fmla="*/ T12 w 802"/>
+                              <a:gd name="T14" fmla="+- 0 6653 6284"/>
+                              <a:gd name="T15" fmla="*/ 6653 h 770"/>
+                              <a:gd name="T16" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T17" fmla="*/ T16 w 802"/>
+                              <a:gd name="T18" fmla="+- 0 6284 6284"/>
+                              <a:gd name="T19" fmla="*/ 6284 h 770"/>
+                              <a:gd name="T20" fmla="+- 0 2367 2193"/>
+                              <a:gd name="T21" fmla="*/ T20 w 802"/>
+                              <a:gd name="T22" fmla="+- 0 6284 6284"/>
+                              <a:gd name="T23" fmla="*/ 6284 h 770"/>
+                              <a:gd name="T24" fmla="+- 0 2367 2193"/>
+                              <a:gd name="T25" fmla="*/ T24 w 802"/>
+                              <a:gd name="T26" fmla="+- 0 6653 6284"/>
+                              <a:gd name="T27" fmla="*/ 6653 h 770"/>
+                              <a:gd name="T28" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T29" fmla="*/ T28 w 802"/>
+                              <a:gd name="T30" fmla="+- 0 6653 6284"/>
+                              <a:gd name="T31" fmla="*/ 6653 h 770"/>
+                              <a:gd name="T32" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T33" fmla="*/ T32 w 802"/>
+                              <a:gd name="T34" fmla="+- 0 6284 6284"/>
+                              <a:gd name="T35" fmla="*/ 6284 h 770"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="802" h="770">
+                                <a:moveTo>
+                                  <a:pt x="802" y="369"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="769"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="802" y="369"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="627" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="174" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="174" y="369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="5598A4A4" w14:textId="16268D74" w:rsidR="00DD0B16" w:rsidRPr="00DD0B16" w:rsidRDefault="00DD0B16" w:rsidP="00DD0B16">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                </w:rPr>
+                                <w:t>NO</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="31" name="AutoShape 25"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4271" y="5545"/>
+                            <a:ext cx="821" cy="802"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 4874 4280"/>
+                              <a:gd name="T1" fmla="*/ T0 w 821"/>
+                              <a:gd name="T2" fmla="+- 0 6057 5430"/>
+                              <a:gd name="T3" fmla="*/ 6057 h 802"/>
+                              <a:gd name="T4" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T5" fmla="*/ T4 w 821"/>
+                              <a:gd name="T6" fmla="+- 0 6057 5430"/>
+                              <a:gd name="T7" fmla="*/ 6057 h 802"/>
+                              <a:gd name="T8" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T9" fmla="*/ T8 w 821"/>
+                              <a:gd name="T10" fmla="+- 0 6231 5430"/>
+                              <a:gd name="T11" fmla="*/ 6231 h 802"/>
+                              <a:gd name="T12" fmla="+- 0 4874 4280"/>
+                              <a:gd name="T13" fmla="*/ T12 w 821"/>
+                              <a:gd name="T14" fmla="+- 0 6057 5430"/>
+                              <a:gd name="T15" fmla="*/ 6057 h 802"/>
+                              <a:gd name="T16" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T17" fmla="*/ T16 w 821"/>
+                              <a:gd name="T18" fmla="+- 0 5430 5430"/>
+                              <a:gd name="T19" fmla="*/ 5430 h 802"/>
+                              <a:gd name="T20" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T21" fmla="*/ T20 w 821"/>
+                              <a:gd name="T22" fmla="+- 0 5604 5430"/>
+                              <a:gd name="T23" fmla="*/ 5604 h 802"/>
+                              <a:gd name="T24" fmla="+- 0 4281 4280"/>
+                              <a:gd name="T25" fmla="*/ T24 w 821"/>
+                              <a:gd name="T26" fmla="+- 0 5604 5430"/>
+                              <a:gd name="T27" fmla="*/ 5604 h 802"/>
+                              <a:gd name="T28" fmla="+- 0 4280 4280"/>
+                              <a:gd name="T29" fmla="*/ T28 w 821"/>
+                              <a:gd name="T30" fmla="+- 0 6057 5430"/>
+                              <a:gd name="T31" fmla="*/ 6057 h 802"/>
+                              <a:gd name="T32" fmla="+- 0 4874 4280"/>
+                              <a:gd name="T33" fmla="*/ T32 w 821"/>
+                              <a:gd name="T34" fmla="+- 0 6057 5430"/>
+                              <a:gd name="T35" fmla="*/ 6057 h 802"/>
+                              <a:gd name="T36" fmla="+- 0 5101 4280"/>
+                              <a:gd name="T37" fmla="*/ T36 w 821"/>
+                              <a:gd name="T38" fmla="+- 0 5830 5430"/>
+                              <a:gd name="T39" fmla="*/ 5830 h 802"/>
+                              <a:gd name="T40" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T41" fmla="*/ T40 w 821"/>
+                              <a:gd name="T42" fmla="+- 0 5430 5430"/>
+                              <a:gd name="T43" fmla="*/ 5430 h 802"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="821" h="802">
+                                <a:moveTo>
+                                  <a:pt x="594" y="627"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="627"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="801"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="594" y="627"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="420" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="627"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="594" y="627"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="821" y="400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="32" name="Text Box 26"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1176" y="5828"/>
+                            <a:ext cx="3757" cy="463"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0FD5EBBF" w14:textId="2552E398" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="3183"/>
+                                </w:tabs>
+                                <w:spacing w:line="196" w:lineRule="exact"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Does the patient</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>have</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="4"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>children?</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00DD0B16" w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                </w:rPr>
+                                <w:t>YES</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="34EED234" id="Group 28" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:39pt;margin-top:286.5pt;width:208.75pt;height:75.8pt;z-index:-251653120;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="917,5545" coordsize="4175,1516" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdMIT6lwoAAGA0AAAOAAAAZHJzL2Uyb0RvYy54bWzsW9uO47gRfQ+QfxD0mGDH1l02xrOYzA0B&#10;NskCq3yA2pbbRmzLkdTjnnx9ThVFmZRZbe3sIMEC89JWN4+pwzpksarIfv3j8/Hgfa6adl+fVn7w&#10;au571Wldb/anx5X/z+LjD7nvtV152pSH+lSt/C9V6//45o9/eH05L6uw3tWHTdV46OTULi/nlb/r&#10;uvNyNmvXu+pYtq/qc3VC47ZujmWHX5vH2aYpL+j9eJiF83k6u9TN5tzU66pt8df3qtF/w/1vt9W6&#10;+8d221add1j54Nbxz4Z/PtDP2ZvX5fKxKc+7/bqnUX4Fi2O5P+GlQ1fvy670npr9TVfH/bqp23rb&#10;vVrXx1m93e7XFY8Bownmo9F8auqnM4/lcXl5PA9mgmlHdvrqbtd///ypOf9y/rlR7PH4U73+Vwu7&#10;zC7nx6XZTr8/KrD3cPlbvYGe5VNX88Cft82RusCQvGe275fBvtVz563xxzBNgiBMfG+NtkUapmkv&#10;wHoHlehriyDzPTQmSZwobda7D/234yDrvxokQUqts3KpXstUe2okPeZSezVX+9vM9cuuPFesQkvm&#10;+Lnx9huMZeF7p/IIE3xsqoomqBdGRIreDpg2aWva02ghWAuz37XkYJI0DJVJtDmjKImVLdM0sOxR&#10;LtdPbfepqlmS8vNPbacm+gZPLPSmJ19gUWyPB8z5P//gzb1gHs09emMP16hAo/4084q5d/H43SNQ&#10;qEHcVRLlmUc/xn1FGoa+GLTz8jwfozAyg9ciTVy0MB8UiGjFAq1UgzSthZMWJt7QF2gtPCctuDOT&#10;VhS4aGFqDF0VuUArsC2fxPPAySswbc8oJ7HAtv4iWLiYBabxiyCUuNnWT+IocXMzBWCUm5stAeaX&#10;k5upQBGkEjdbgiSZz93cTBUY5eQW2jII3EJThCIUV4AtQhqkbk3hKa4zhFFubrYMgqbkUK/TLZSW&#10;QWiLAG+SOu0WmjIwys3NlmHhXgnkJQ1u0lqIbBGwM7g1jUwZGOXkFtkyCM4jMkUoImktRLYIaZiF&#10;TrtFpgyMcnOzZZAcbmSqUETSYohsFfDa2E3O1IFRTnKxrUMcJM6VGpsyFLG0GmJbBpFcbArxAjlb&#10;iDgMQ5cbQeBgTLlYWg6xrQNe65Y1NoVglNtythBxmKROcqYORSyth8TWQVwPiSmEvB4SW4g4TJ2b&#10;Q2LqUCTSgqCgw9gDRUeSmELIjiSxhYjDzBmBJKYOBazrjkESWwfRAyemELIHRoBqjlUih/DLmHNw&#10;Xm5yqa2DuHWlphDy1pXaQkiypqYORSotiNTWQdzzU1MIec9PbSGkBZGaOhSptCAyWwcxWMpMIeRg&#10;KbOFkFxJZupQwEG4Zc1sHTh4dAW+lL4Mm6EcYma2EJITzkwdikxaEJmtA/Fy7hCZKQSjnH4ut4WQ&#10;tq/c1KHIpQWR2zqI5HJTCJsccsBHndWUO53orJ9PfaaDJ6+kYsSc09Rz3VKeWYAf0syCMzZ0ARSl&#10;RQIYuhGYM5m7YNiRwAjbkR7dRVNAznBOd+/DITrDF5N6p7CV4Cozvds7RZIMnzZSCu4IjqhsylAp&#10;3mL4tKFSBMTwaUOlmITgCCamkKEogeHThhr3Q8WGO6V32kmpd2yBk+D9ULEpTYHTbkO9Y5uYBO+H&#10;Csc9Cd4PFa50Cpx8JJGBc5sE74cKdzMFTn6EeocDMOBqIvcLvEGNb1zda3wP1b0H+k65PJcd+QX9&#10;6F1Wvqqc7FY+FR6o4Vh/roqaIR35h6Bfl1yfwuuu7YeTiYvhXcGPCzOA6Ub9eVadYX8AKIj7MehW&#10;/alQcIUAoUM1UN2oPxUI3pd6Arv7qAz70kso9cI80kroN+lPi3wOnV/qrDdEnutpoHvRn31vvV1z&#10;VRYSTRaFlIpgqHeB0VxN73tvjiIMlHu8MxLMjWmWAVDN/XuGHoD3dBtefWcWDGO5M6UibZyX5+dg&#10;bD3btWb609ZujFof6rZSc4OWGm96w5qjpWqUIk/1x/3hADCtFVqJAcJ9tTO39WG/oVZqbJvHh3eH&#10;xvtcUt1+/vbDh4/99LNg56bt3pftTuG4iWDlEoXz04afdlW5+dA/d+X+oJ554nGJW1VhVdn2od58&#10;QUW2qdUxAY418LCrm//43gVHBCu//fdT2VS+d/jrCUXlRRDTLO34lzjJqJTUmC0PZkt5WqOrld/5&#10;iEfo8V2nziGezs3+cYc3BeyKTvVb1NS3e6rYoq7dLhWr/hfUtf9HBW6qyagCN/HhIrgXskf51hXu&#10;MFwoN5/SA6umS9wLWrR0WpAhAyCD6Iq/Pa1+RYU7XCwSLwwW7M4odhRL3Pm8r7dfMXAMZuabJpGX&#10;hjkbxewKbmGI81MC7byev4myswai5OQF9zZ0xjVuBy87Y+BXunhh7x26knnZCUOYLGInLwgzdMZF&#10;bgevUY07mwsGs2rcjHJabFTjlqU0BVBVbhc5WwDRaoGpgGw2HEn1BuFzhjBHldg5z0wVVJnbRc5W&#10;gdR0TrXAlIFRTsuNqtxhlGZOco46t4McDqLMoYrk7DI3DcFNzhZCJmcKUYRUyHCRs3UQZbXr3OIq&#10;DW0hRFkdlW4HuXGhW/QgcIjD6pLn3KjQLZJzlLpd5GwdRFlHlW5TVvjn79m4VEb4HWTjFK4NpZOv&#10;yaxoWnlIrGi/o0DsmjipIJLbsZ9HKPyp/fyKsMNNFf9fcbpVf6r+cGrKUX029Kfb9af0Xt2uw9db&#10;rqj2c9868pCYBlQAxJg0TvesPxUDjbo3Iv3WqbjxW/V4IOXdcNwKpifG3AeulA2BPF5Df+FIle4z&#10;qOi0e354hrzX8PV7UM23RugA8yao5pT5WwfVOKpQK+N6lUYH1Tk5Igqq+z0AEurbO2au9iuC6jjH&#10;uWMcojjM0fs1YMaLhm2M743Qu0eYUTAxx5kjjhVuujJjupRAqE/fRuj2FhYjuXTysiIJDiRueY3i&#10;CImXGc7JvOwoQuRlRnMqqL7lNQqq0xBH7y6DWUE1o5wWGwXVspSmAH1Q7SBnC8AGcZIzFZDNNgqq&#10;RbvRtbHrROO7I46ZFtgqEC+35UwZGOW03CioFsnBSgY5vjziIDcKqpN0jqN8xzqwgmpGucnZQmBx&#10;Bs6V4Lg94iJnLwaZnKnDC+RsIchzuMmZQhQhnQ46yI2Damml2rdHRBcyCqrFBeEKqm8XxPj6iEhu&#10;2oKIRkIEuDXmcryO+yMuy9k6JLmwIKgKMywvRjnn3Pj6iOR9HfdHHORG10fE1WpdH7FXK3a27+nI&#10;7zgdEU9kv8nhIGbHb0x2yLPTKRLiEFeyg9IZJwYU0r+c7MS0lyAiuyJ18qA/+3Snx+VIe1SPul1/&#10;Ktztm3W7Tg9u0x3NQScUUrqjcZTQvMQBtsGI7qGmjVsejx5Xn+aRInhrjEOFl7jpMYxR2jqYGv+/&#10;5On7MYRxz552Y5UxFZS//KV+9nCTFdoaCZPXPePv+gClv3Hvnep3O9z8qN42TX2hYyAc2ahVY3xV&#10;9TPpIn4Q0M0cTK4kR1EQDMqlzqiijK6nUUoVD4fyOqWiMyq6ie/Rw8qnogo7C51e0VTrIdTlkFir&#10;vNr4A4BCps2pJQ/tKxJuLEB1goUHdXqFB3VyhYdveGrF/6SBf2PhU5z+X27o/2TM37mQcP3HoDf/&#10;BQAA//8DAFBLAwQUAAYACAAAACEA/A0IP+IAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/C&#10;QBCF7yb+h82YeJNtgQLWbgkh6omQCCbG29Ad2obubtNd2vLvHU96m5f38uZ72Xo0jeip87WzCuJJ&#10;BIJs4XRtSwWfx7enFQgf0GpsnCUFN/Kwzu/vMky1G+wH9YdQCi6xPkUFVQhtKqUvKjLoJ64ly97Z&#10;dQYDy66UusOBy00jp1G0kAZryx8qbGlbUXE5XI2C9wGHzSx+7XeX8/b2fUz2X7uYlHp8GDcvIAKN&#10;4S8Mv/iMDjkzndzVai8aBcsVTwkKkuWMDw7Mn5MExImd6XwBMs/k/wn5DwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDdMIT6lwoAAGA0AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQD8DQg/4gAAAAoBAAAPAAAAAAAAAAAAAAAAAPEMAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAAA4AAAAA&#10;">
+                <v:shape id="Freeform 23" o:spid="_x0000_s1027" style="position:absolute;left:917;top:5622;width:3354;height:661;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3354,888" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA62CO5xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8ARvmurBP12j7CqC7kXUPbi3R/Nsis1LbaLWb28WBI/DzPyGmc4bW4ob1b5wrKDfS0AQ&#10;Z04XnCv4Pay6YxA+IGssHZOCB3mYzz5aU0y1u/OObvuQiwhhn6ICE0KVSukzQxZ9z1XE0Tu52mKI&#10;ss6lrvEe4baUgyQZSosFxwWDFS0MZef91So4ms1weV5fcTz5O46+m8uJRz9bpTrt5usTRKAmvMOv&#10;9lorGEzg/0v8AXL2BAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADrYI7nEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m113,l48,2,14,14,2,48,,113,,774r2,65l14,873r34,12l113,887r3127,l3305,885r34,-12l3352,839r1,-65l3353,113r-1,-65l3339,14,3305,2,3240,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="113,4010;48,4011;14,4020;2,4046;0,4094;0,4586;2,4634;14,4660;48,4669;113,4670;3240,4670;3305,4669;3339,4660;3352,4634;3353,4586;3353,4094;3352,4046;3339,4020;3305,4011;3240,4010;113,4010" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="AutoShape 24" o:spid="_x0000_s1028" style="position:absolute;left:2291;top:6291;width:939;height:770;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="802,770" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDj8Wq+wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CE3YRm85CkdooMjYQdlK3wW6P5rUpNi8lybT+9+Yw2PHj+13vJjuIK/nQO1bwkuUgiBun&#10;e+4UfJ7fl2sQISJrHByTgjsF2G2fZjVW2t34SNdT7EQK4VChAhPjWEkZGkMWQ+ZG4sS1zluMCfpO&#10;ao+3FG4HucrzUlrsOTUYHOnVUHM5/VoF3VcY7z/t24I/TLH35wG/122p1PN82m9ARJriv/jPfdAK&#10;irQ+fUk/QG4fAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOPxar7BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="-11796480,,5400" path="m802,369l,369,401,769,802,369xm627,l174,r,369l627,369,627,xe" fillcolor="#00aeef" stroked="f">
+                  <v:stroke joinstyle="round"/>
+                  <v:formulas/>
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="939,6653;0,6653;470,7053;939,6653;734,6284;204,6284;204,6653;734,6653;734,6284" o:connectangles="0,0,0,0,0,0,0,0,0" textboxrect="0,0,802,770"/>
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="5598A4A4" w14:textId="16268D74" w:rsidR="00DD0B16" w:rsidRPr="00DD0B16" w:rsidRDefault="00DD0B16" w:rsidP="00DD0B16">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          </w:rPr>
+                          <w:t>NO</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="AutoShape 25" o:spid="_x0000_s1029" style="position:absolute;left:4271;top:5545;width:821;height:802;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="821,802" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHjB3VwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaFp3WbQapagL7nFV8Ppsnm2xeSlN1PrvjSB4HGbmG2a+bE0lbtS40rKCeBSBIM6s&#10;LjlXcNj/DicgnEfWWFkmBQ9ysFx0O3NMtL3zP912PhcBwi5BBYX3dSKlywoy6Ea2Jg7e2TYGfZBN&#10;LnWD9wA3lRxH0Y80WHJYKLCmVUHZZXc1CqZ/Zk9+cNoMVnF9/M7XZ5umUql+r01nIDy1/hN+t7da&#10;wVcMry/hB8jFEwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAeMHdXBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m594,627r-174,l420,801,594,627xm420,r,174l1,174,,627r594,l821,400,420,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="594,6057;420,6057;420,6231;594,6057;420,5430;420,5604;1,5604;0,6057;594,6057;821,5830;420,5430" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 26" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:1176;top:5828;width:3757;height:463;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDBEsU7wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOC2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gMobHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwRLFO8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0FD5EBBF" w14:textId="2552E398" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="3183"/>
+                          </w:tabs>
+                          <w:spacing w:line="196" w:lineRule="exact"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Does the patient</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>have</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="4"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>children?</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00DD0B16" w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          </w:rPr>
+                          <w:t>YES</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53194561" wp14:editId="4D775EFE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2790825</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>334010</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4192905" cy="2056765"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="635"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="44" name="Group 44"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4192905" cy="2056765"/>
+                          <a:chOff x="4395" y="203"/>
+                          <a:chExt cx="6603" cy="3239"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="45" name="Freeform 8"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5225" y="227"/>
+                            <a:ext cx="5763" cy="3079"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5763"/>
+                              <a:gd name="T2" fmla="+- 0 227 227"/>
+                              <a:gd name="T3" fmla="*/ 227 h 2929"/>
+                              <a:gd name="T4" fmla="+- 0 5274 5226"/>
+                              <a:gd name="T5" fmla="*/ T4 w 5763"/>
+                              <a:gd name="T6" fmla="+- 0 229 227"/>
+                              <a:gd name="T7" fmla="*/ 229 h 2929"/>
+                              <a:gd name="T8" fmla="+- 0 5240 5226"/>
+                              <a:gd name="T9" fmla="*/ T8 w 5763"/>
+                              <a:gd name="T10" fmla="+- 0 241 227"/>
+                              <a:gd name="T11" fmla="*/ 241 h 2929"/>
+                              <a:gd name="T12" fmla="+- 0 5228 5226"/>
+                              <a:gd name="T13" fmla="*/ T12 w 5763"/>
+                              <a:gd name="T14" fmla="+- 0 275 227"/>
+                              <a:gd name="T15" fmla="*/ 275 h 2929"/>
+                              <a:gd name="T16" fmla="+- 0 5226 5226"/>
+                              <a:gd name="T17" fmla="*/ T16 w 5763"/>
+                              <a:gd name="T18" fmla="+- 0 341 227"/>
+                              <a:gd name="T19" fmla="*/ 341 h 2929"/>
+                              <a:gd name="T20" fmla="+- 0 5226 5226"/>
+                              <a:gd name="T21" fmla="*/ T20 w 5763"/>
+                              <a:gd name="T22" fmla="+- 0 3042 227"/>
+                              <a:gd name="T23" fmla="*/ 3042 h 2929"/>
+                              <a:gd name="T24" fmla="+- 0 5228 5226"/>
+                              <a:gd name="T25" fmla="*/ T24 w 5763"/>
+                              <a:gd name="T26" fmla="+- 0 3107 227"/>
+                              <a:gd name="T27" fmla="*/ 3107 h 2929"/>
+                              <a:gd name="T28" fmla="+- 0 5240 5226"/>
+                              <a:gd name="T29" fmla="*/ T28 w 5763"/>
+                              <a:gd name="T30" fmla="+- 0 3141 227"/>
+                              <a:gd name="T31" fmla="*/ 3141 h 2929"/>
+                              <a:gd name="T32" fmla="+- 0 5274 5226"/>
+                              <a:gd name="T33" fmla="*/ T32 w 5763"/>
+                              <a:gd name="T34" fmla="+- 0 3154 227"/>
+                              <a:gd name="T35" fmla="*/ 3154 h 2929"/>
+                              <a:gd name="T36" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T37" fmla="*/ T36 w 5763"/>
+                              <a:gd name="T38" fmla="+- 0 3155 227"/>
+                              <a:gd name="T39" fmla="*/ 3155 h 2929"/>
+                              <a:gd name="T40" fmla="+- 0 10875 5226"/>
+                              <a:gd name="T41" fmla="*/ T40 w 5763"/>
+                              <a:gd name="T42" fmla="+- 0 3155 227"/>
+                              <a:gd name="T43" fmla="*/ 3155 h 2929"/>
+                              <a:gd name="T44" fmla="+- 0 10941 5226"/>
+                              <a:gd name="T45" fmla="*/ T44 w 5763"/>
+                              <a:gd name="T46" fmla="+- 0 3154 227"/>
+                              <a:gd name="T47" fmla="*/ 3154 h 2929"/>
+                              <a:gd name="T48" fmla="+- 0 10974 5226"/>
+                              <a:gd name="T49" fmla="*/ T48 w 5763"/>
+                              <a:gd name="T50" fmla="+- 0 3141 227"/>
+                              <a:gd name="T51" fmla="*/ 3141 h 2929"/>
+                              <a:gd name="T52" fmla="+- 0 10987 5226"/>
+                              <a:gd name="T53" fmla="*/ T52 w 5763"/>
+                              <a:gd name="T54" fmla="+- 0 3107 227"/>
+                              <a:gd name="T55" fmla="*/ 3107 h 2929"/>
+                              <a:gd name="T56" fmla="+- 0 10988 5226"/>
+                              <a:gd name="T57" fmla="*/ T56 w 5763"/>
+                              <a:gd name="T58" fmla="+- 0 3042 227"/>
+                              <a:gd name="T59" fmla="*/ 3042 h 2929"/>
+                              <a:gd name="T60" fmla="+- 0 10988 5226"/>
+                              <a:gd name="T61" fmla="*/ T60 w 5763"/>
+                              <a:gd name="T62" fmla="+- 0 341 227"/>
+                              <a:gd name="T63" fmla="*/ 341 h 2929"/>
+                              <a:gd name="T64" fmla="+- 0 10987 5226"/>
+                              <a:gd name="T65" fmla="*/ T64 w 5763"/>
+                              <a:gd name="T66" fmla="+- 0 275 227"/>
+                              <a:gd name="T67" fmla="*/ 275 h 2929"/>
+                              <a:gd name="T68" fmla="+- 0 10974 5226"/>
+                              <a:gd name="T69" fmla="*/ T68 w 5763"/>
+                              <a:gd name="T70" fmla="+- 0 241 227"/>
+                              <a:gd name="T71" fmla="*/ 241 h 2929"/>
+                              <a:gd name="T72" fmla="+- 0 10941 5226"/>
+                              <a:gd name="T73" fmla="*/ T72 w 5763"/>
+                              <a:gd name="T74" fmla="+- 0 229 227"/>
+                              <a:gd name="T75" fmla="*/ 229 h 2929"/>
+                              <a:gd name="T76" fmla="+- 0 10875 5226"/>
+                              <a:gd name="T77" fmla="*/ T76 w 5763"/>
+                              <a:gd name="T78" fmla="+- 0 227 227"/>
+                              <a:gd name="T79" fmla="*/ 227 h 2929"/>
+                              <a:gd name="T80" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T81" fmla="*/ T80 w 5763"/>
+                              <a:gd name="T82" fmla="+- 0 227 227"/>
+                              <a:gd name="T83" fmla="*/ 227 h 2929"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T49" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T53" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T57" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T61" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T65" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T69" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T73" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T77" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T81" y="T83"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5763" h="2929">
+                                <a:moveTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="2815"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="2880"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="2914"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2927"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="2928"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5649" y="2928"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5715" y="2927"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5748" y="2914"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5761" y="2880"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5762" y="2815"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5762" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5761" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5748" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5715" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5649" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="00AEEF"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="46" name="Freeform 9"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5215" y="217"/>
+                            <a:ext cx="5783" cy="454"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 10885 5216"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5783"/>
+                              <a:gd name="T2" fmla="+- 0 217 217"/>
+                              <a:gd name="T3" fmla="*/ 217 h 454"/>
+                              <a:gd name="T4" fmla="+- 0 5329 5216"/>
+                              <a:gd name="T5" fmla="*/ T4 w 5783"/>
+                              <a:gd name="T6" fmla="+- 0 217 217"/>
+                              <a:gd name="T7" fmla="*/ 217 h 454"/>
+                              <a:gd name="T8" fmla="+- 0 5307 5216"/>
+                              <a:gd name="T9" fmla="*/ T8 w 5783"/>
+                              <a:gd name="T10" fmla="+- 0 219 217"/>
+                              <a:gd name="T11" fmla="*/ 219 h 454"/>
+                              <a:gd name="T12" fmla="+- 0 5249 5216"/>
+                              <a:gd name="T13" fmla="*/ T12 w 5783"/>
+                              <a:gd name="T14" fmla="+- 0 250 217"/>
+                              <a:gd name="T15" fmla="*/ 250 h 454"/>
+                              <a:gd name="T16" fmla="+- 0 5218 5216"/>
+                              <a:gd name="T17" fmla="*/ T16 w 5783"/>
+                              <a:gd name="T18" fmla="+- 0 308 217"/>
+                              <a:gd name="T19" fmla="*/ 308 h 454"/>
+                              <a:gd name="T20" fmla="+- 0 5216 5216"/>
+                              <a:gd name="T21" fmla="*/ T20 w 5783"/>
+                              <a:gd name="T22" fmla="+- 0 331 217"/>
+                              <a:gd name="T23" fmla="*/ 331 h 454"/>
+                              <a:gd name="T24" fmla="+- 0 5216 5216"/>
+                              <a:gd name="T25" fmla="*/ T24 w 5783"/>
+                              <a:gd name="T26" fmla="+- 0 671 217"/>
+                              <a:gd name="T27" fmla="*/ 671 h 454"/>
+                              <a:gd name="T28" fmla="+- 0 10998 5216"/>
+                              <a:gd name="T29" fmla="*/ T28 w 5783"/>
+                              <a:gd name="T30" fmla="+- 0 671 217"/>
+                              <a:gd name="T31" fmla="*/ 671 h 454"/>
+                              <a:gd name="T32" fmla="+- 0 10998 5216"/>
+                              <a:gd name="T33" fmla="*/ T32 w 5783"/>
+                              <a:gd name="T34" fmla="+- 0 331 217"/>
+                              <a:gd name="T35" fmla="*/ 331 h 454"/>
+                              <a:gd name="T36" fmla="+- 0 10979 5216"/>
+                              <a:gd name="T37" fmla="*/ T36 w 5783"/>
+                              <a:gd name="T38" fmla="+- 0 268 217"/>
+                              <a:gd name="T39" fmla="*/ 268 h 454"/>
+                              <a:gd name="T40" fmla="+- 0 10928 5216"/>
+                              <a:gd name="T41" fmla="*/ T40 w 5783"/>
+                              <a:gd name="T42" fmla="+- 0 226 217"/>
+                              <a:gd name="T43" fmla="*/ 226 h 454"/>
+                              <a:gd name="T44" fmla="+- 0 10885 5216"/>
+                              <a:gd name="T45" fmla="*/ T44 w 5783"/>
+                              <a:gd name="T46" fmla="+- 0 217 217"/>
+                              <a:gd name="T47" fmla="*/ 217 h 454"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5783" h="454">
+                                <a:moveTo>
+                                  <a:pt x="5669" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="91" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="33" y="33"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="91"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5782" y="454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5782" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5763" y="51"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5712" y="9"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5669" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="47" name="AutoShape 10"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4395" y="581"/>
+                            <a:ext cx="821" cy="802"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 4796 4395"/>
+                              <a:gd name="T1" fmla="*/ T0 w 821"/>
+                              <a:gd name="T2" fmla="+- 0 582 582"/>
+                              <a:gd name="T3" fmla="*/ 582 h 802"/>
+                              <a:gd name="T4" fmla="+- 0 4395 4395"/>
+                              <a:gd name="T5" fmla="*/ T4 w 821"/>
+                              <a:gd name="T6" fmla="+- 0 983 582"/>
+                              <a:gd name="T7" fmla="*/ 983 h 802"/>
+                              <a:gd name="T8" fmla="+- 0 4796 4395"/>
+                              <a:gd name="T9" fmla="*/ T8 w 821"/>
+                              <a:gd name="T10" fmla="+- 0 1383 582"/>
+                              <a:gd name="T11" fmla="*/ 1383 h 802"/>
+                              <a:gd name="T12" fmla="+- 0 4796 4395"/>
+                              <a:gd name="T13" fmla="*/ T12 w 821"/>
+                              <a:gd name="T14" fmla="+- 0 1209 582"/>
+                              <a:gd name="T15" fmla="*/ 1209 h 802"/>
+                              <a:gd name="T16" fmla="+- 0 5215 4395"/>
+                              <a:gd name="T17" fmla="*/ T16 w 821"/>
+                              <a:gd name="T18" fmla="+- 0 1209 582"/>
+                              <a:gd name="T19" fmla="*/ 1209 h 802"/>
+                              <a:gd name="T20" fmla="+- 0 5216 4395"/>
+                              <a:gd name="T21" fmla="*/ T20 w 821"/>
+                              <a:gd name="T22" fmla="+- 0 756 582"/>
+                              <a:gd name="T23" fmla="*/ 756 h 802"/>
+                              <a:gd name="T24" fmla="+- 0 4796 4395"/>
+                              <a:gd name="T25" fmla="*/ T24 w 821"/>
+                              <a:gd name="T26" fmla="+- 0 756 582"/>
+                              <a:gd name="T27" fmla="*/ 756 h 802"/>
+                              <a:gd name="T28" fmla="+- 0 4796 4395"/>
+                              <a:gd name="T29" fmla="*/ T28 w 821"/>
+                              <a:gd name="T30" fmla="+- 0 582 582"/>
+                              <a:gd name="T31" fmla="*/ 582 h 802"/>
+                              <a:gd name="T32" fmla="+- 0 5216 4395"/>
+                              <a:gd name="T33" fmla="*/ T32 w 821"/>
+                              <a:gd name="T34" fmla="+- 0 756 582"/>
+                              <a:gd name="T35" fmla="*/ 756 h 802"/>
+                              <a:gd name="T36" fmla="+- 0 4796 4395"/>
+                              <a:gd name="T37" fmla="*/ T36 w 821"/>
+                              <a:gd name="T38" fmla="+- 0 756 582"/>
+                              <a:gd name="T39" fmla="*/ 756 h 802"/>
+                              <a:gd name="T40" fmla="+- 0 5216 4395"/>
+                              <a:gd name="T41" fmla="*/ T40 w 821"/>
+                              <a:gd name="T42" fmla="+- 0 756 582"/>
+                              <a:gd name="T43" fmla="*/ 756 h 802"/>
+                              <a:gd name="T44" fmla="+- 0 5216 4395"/>
+                              <a:gd name="T45" fmla="*/ T44 w 821"/>
+                              <a:gd name="T46" fmla="+- 0 756 582"/>
+                              <a:gd name="T47" fmla="*/ 756 h 802"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="821" h="802">
+                                <a:moveTo>
+                                  <a:pt x="401" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="801"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="627"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="820" y="627"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="821" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="821" y="174"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="821" y="174"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="48" name="Text Box 11"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4395" y="203"/>
+                            <a:ext cx="6350" cy="3239"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="669F03A6" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="110"/>
+                                <w:ind w:left="1138" w:right="318"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>ENQUIRE IF:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7D5BD76F" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="27"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="4764BF40" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="23"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="1274"/>
+                                  <w:tab w:val="left" w:pos="3654"/>
+                                </w:tabs>
+                                <w:spacing w:line="250" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t>Pregnancy/miscarriage</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="115"/>
+                                  <w:position w:val="-2"/>
+                                </w:rPr>
+                                <w:t>•</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="53"/>
+                                  <w:w w:val="115"/>
+                                  <w:position w:val="-2"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="115"/>
+                                </w:rPr>
+                                <w:t>Depression</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7F09D2E3" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="23"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="1274"/>
+                                  <w:tab w:val="left" w:pos="3654"/>
+                                </w:tabs>
+                                <w:spacing w:line="240" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t>Genital</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-36"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t>injuries/STIs</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="115"/>
+                                  <w:position w:val="-2"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">• </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t>Self</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="105"/>
+                                </w:rPr>
+                                <w:t>harm</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="36EC4A19" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="23"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="1274"/>
+                                  <w:tab w:val="left" w:pos="3655"/>
+                                </w:tabs>
+                                <w:spacing w:line="240" w:lineRule="exact"/>
+                                <w:ind w:left="1274"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t>Facial</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-39"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t>or</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-39"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t>dental</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-39"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t>injuries</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="115"/>
+                                  <w:position w:val="-2"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">• </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t>Unexpected</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-27"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="110"/>
+                                </w:rPr>
+                                <w:t>injuries</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="21E36FD5" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="23"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="1275"/>
+                                </w:tabs>
+                                <w:spacing w:line="240" w:lineRule="exact"/>
+                                <w:ind w:left="1274" w:hanging="228"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Delay in presentation of injuries</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="2D46148C" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:numPr>
+                                  <w:ilvl w:val="0"/>
+                                  <w:numId w:val="23"/>
+                                </w:numPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="1275"/>
+                                </w:tabs>
+                                <w:spacing w:line="250" w:lineRule="exact"/>
+                                <w:ind w:left="1274" w:hanging="228"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Frequent attendances</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-1"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>(A&amp;E/GP)</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="748F145A" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="140" w:line="249" w:lineRule="auto"/>
+                                <w:ind w:left="1141" w:right="318"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>These are just some examples of health markers of domestic abuse. Visit the RCGP’s website</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:position w:val="7"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">4 </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>for a complete list or if you have specific concerns about a patient.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="53194561" id="Group 44" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:219.75pt;margin-top:26.3pt;width:330.15pt;height:161.95pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="4395,203" coordsize="6603,3239" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHYUH96QoAANU3AAAOAAAAZHJzL2Uyb0RvYy54bWzsW9uO28gRfQ+QfyD0mGAt3kkJHi8c3xBg&#10;kyywzAdwJOqCSKJCcqxxvj6nutlUN1UlaRxnn+bBQ45ZU326Tl/qVJNvf37e77yvVdNu68PDJHjj&#10;T7zqsKiX28P6YfLP4vNP+cRru/KwLHf1oXqYfKvayc/v/viHt6fjvArrTb1bVo0HJ4d2fjo+TDZd&#10;d5xPp+1iU+3L9k19rA54uKqbfdnh12Y9XTblCd73u2no++n0VDfLY1MvqrbF/37UDyfvlP/Vqlp0&#10;/1it2qrzdg8TYOvUz0b9fKSf03dvy/m6KY+b7aKHUX4Hin25PaDRwdXHsiu9p2Z74Wq/XTR1W6+6&#10;N4t6P61Xq+2iUn1AbwJ/1JsvTf10VH1Zz0/r4xAmhHYUp+92u/j71y/N8bfjr41Gj9tf6sW/WsRl&#10;ejqu5/Zz+n2tjb3H09/qJfgsn7padfx51ezJBbrkPav4fhviWz133gL/GQezcOYnE2+BZ6GfpFma&#10;aAYWG9BEfxdHMzxXjyPz6FP/52nqR/pvozCa0dNpOdftKqw9NuIeg6k9x6v93+L126Y8VoqGluLx&#10;a+Ntl0AKnIdyjxh8bqqKRqiXEyZqHFYmpK0dT+sJmbUI+81IJmHYRyTMdERMOJMsNfHwMzce5Xzx&#10;1HZfqlpxUn79pe30SF/iTjG97MEXmBWr/Q6D/s8/eb6XRNHMQ5Opbmo9mAXG7E9Tr/C9k6da750a&#10;X6ExUr7CMPPwb+wJmHWD8EQmGy/EsBhbxcZKwwqzmIWF0AzOiliAlRqjHtaMg5UZIwVrJsDCcmZH&#10;K4wRMiZaM2NG0coFWIEb+jAOOFyBHXmy4eMVuLEHqJxFFtjhL4JQwubGP8wSFpsdfrIRsLkEUMB4&#10;bDYHRZBK2FwSIiFuNgdkw2MLXRJEbKFNQxGKM8ClIfLjkAtcaLOgjAR0Lg0iq7REnOdBKE0ETGt7&#10;+EaBz85QzNmzN2UkoHOJSKTZgNl99ldgYPKrR+RSEQU8sZHNhDLi0UUuFYm0hEQ2F0UkzYjIpSIK&#10;kphjNrKZUEYCOpcKcd2NbC6KSJoTkUsFGmYnLLbNMxPKiEcXu1QEfo7JTXPjYpm2ySiwGvLUxi4X&#10;ErzYpuIaPJeLwJ9hqLDwbDaKWJoXsUsGWma5jW0ulJEQPZcMwBN2r9imo4iliZG4bEgTI7G5uDIx&#10;EpcMwMszNnqJTUeRSDMjcdmQVpXE5uLKqpK4ZBA8fitLbDqKRJoaicuGtCQnNhdXluTUJUOGl9p0&#10;FKk0NVKXDWE3o0xvWODl3Sx1qZCpReJ99lek0sRIXS6ENCC1iZDTgNQlAuCEaZHaVBSpNC0ylwkh&#10;f8psGuT8KXNpADhhSclsJopMmhSZy0QY8kmnTQPZ8AtK5tIgL8eZzUSRSVMic5kQEnVoivMYkTP1&#10;3KVB3Mlym4gil+ZD7hIhYMttFlxsEIVrI3PKjVE+i+dDL31w55VUnvCVcD3WLQnPAuggOwulOuEC&#10;VqSTBGPQRsZK29w0RhjJGIm8lqzXXVOCrsyVNL7pPADjytwIwOveKY0lcySg94DppWehVdxNMJTo&#10;kXekaPd4p8xLmd/XVUqFlPl9XY37riKpuAcM6Xnyjk3+LvO+q9h07zGnrZS8YxO8y7zvKjale8xp&#10;qyHv2CXuMu+7inX7LvO+q1hJ7zGnBZLAZPd1lZYsZX5fV2kVIXMsABYYPTL7Cd6g6jeu9zUTD/W+&#10;R/qbcn4sO1oXzK13epjoWsoGZSmqRdCTff21Kmpl09ECEfQTU9UM0d75+e5g28VYWwEw7OGZh+Z6&#10;1M6wO8AoiK9aYSWEERzqnhoX5qpdYfUlTzdcaaswDwwpxom5ame6xTDHmn6tTTSm+ji70aqJxWxY&#10;P0xz5tqHo48tgn+9s0lKKTOF96Zlhq72lmaYm0bNVTeeZAPMG93BINGj72aAYGlCeSPig+UtBofG&#10;b4yHoTs3O2MCdJXqIeI3RsRodpgQL3Z1W+mhRLNOlWyH6Uez1ipTHurP290OxuV8d6BJGYSZrzfp&#10;tt5tl/SUHrbN+vHDrvG+llTU999/+vS574Jjdmza7mPZbrSdekRm5RxV9cNS3W2qcvmpv+/K7U7f&#10;A9YOmz9qyrpEq2u6j/XyG8q1Ta3PEHDmgZtN3fxn4p1wfvAwaf/9VDbVxNv99YCCM6YGiehO/RIn&#10;GdWZGvvJo/2kPCzg6mHSTZCa0O2HTh9SPB2b7XqDlgK1KB3q9yi4r7ZUzVX4NKr+F9S8f6/iNxLS&#10;UfFbLd8/vvhtBinyHEXZufhNKSAdJMTQnxQOcxbgDqoX1L6RVudU5QguqhyY9YP46ovfev+hVFMo&#10;fgcorRnQZyNgHjzhMfL9Hr7tyZUOSQRdwKHC+jb46mvfl6hc5UBNMqiwBQ+eRFSuZkgi1A45VFif&#10;B1996fsS1bj0HUAdXQbLLX3Dho3WReU75sNFK9QZWV/5ZqC50Q8Tn4VmB59seGhu9BEuqmQw48sm&#10;wBS+GWguBZGfs9BsBsiGhXZR90a5nYPG1r0voYXY7nRw1RlLFOEs45JQt+wNGx6aywCh4qHZHBSh&#10;rmEw0FwS0oyHZlNANjw0lwFUCWY8o2zJ+xLbqOQtYHMq3iK2Ub1bxsYWvBlsLg0CpW69W6I0cjmg&#10;0g8/SdlyN4PN5SFEjYgZbk61m2xYTi9q3Ugt2fFGgvK8gPS17ktso1o3HXYx2JxSN9nw2FwO5B2K&#10;1KuFTZoLo0I3cLHY7LlANgM2bLKvtRWpKPRaW5Eiw9dWKP0fqnLfJ9ox+zyIdsqhKLM/a/Je2qVU&#10;SkaOaMTL2cAIFFeAGjvz1Fy11axXf326aR6aqzbqi1q46KTUPDVXbaXVIRxeM3qJtD9nwaYhc9UN&#10;JhkVVp102RiY68jwDkGK6MPjUAIzjszVOKQMDXamwGMem2tvNubKPH6JhHQE4J06kbReOR/E56v6&#10;s96nE159wv6g1R+pUWXjIaPHUP7R+m94HSxB3Q/+y7nRfzmttiT/ct+U2swraHZN4QXyL85mqaca&#10;VA2dNZuz7dOxBbU9snHT3yQPPfwbG9kChEw2Xg9eFn+EhwXl7vc8KDfpmuURB8re68mEBeWmW2Kk&#10;bOWhtB8TqZH0CyIelqP9lBELbCT+RGSM+OOwjdKt0EeWeskj1SSGZCsgIx6bG3/oGJ5K6KSzO63+&#10;OGwuB6pZDpvNgYyNk3/c2GfkH4NtpP4ynMUz0Bz1RzZs1EKXA5FR5pUnDpnLgYTMZkBG5jIgI7Mp&#10;0K87MchG0o/WAyZmjvQjGzZmI+mnFDPHJqP8OGQuA0LMHOEnxmwk/MSYMbqPQ+YyICGz4y8iG8k+&#10;MWaM6mOQjUSfgMwRfTIyN/4yMnsZ0i83ccjumgHOq00OslfJR2mH8B7Aq+STIvN/knw0wEnxUeLE&#10;Kb7Y1xrNCDlJ8GlpRdZI5FTKr89wjejQmsR4y++0S2+cc+a07SJnvW2nexHgLaJ78N1rZ6Jiemmk&#10;1aVyVnEG0rNnKZImRmdL491cdSwvPZrnBgVouHlG+CrwfpdvW7DPaoFXkN76S/3s6beXLH3ndc/4&#10;f3Mw2X/m4h3qDxu8XFW9b5r6RMerOArVc8z6U60T7/r6RWUxNGVCfPujNJcRgGlEr8WSArz4Ggjj&#10;CGe/9PWLRzcPEyouqeXCyEEaar2JI/71ye/NakD3/PisPgJSEo969sLTYSDXJ8O40afCuNEnwrj5&#10;gafB6sMofDumFrn+Ozf6OM3+Hff213jv/gsAAP//AwBQSwMEFAAGAAgAAAAhAGGIHSDhAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizC0VQkKFpGvXUmNiaGG9TmAIpu0vY&#10;LdB/7/akx8l8ee97+WpWnRh5sK3RCOEiAMG6NFWra4Sv/dvDMwjrSFfUGc0IF7awKm5vcsoqM+lP&#10;HneuFj5E24wQGuf6TEpbNqzILkzP2v+OZlDk/DnUshpo8uGqk8sgSKSiVvuGhnreNFyedmeF8D7R&#10;tI7C13F7Om4uP/v443sbMuL93bx+AeF4dn8wXPW9OhTe6WDOurKiQ3iM0tijCPEyAXEFgjT1Yw4I&#10;0VMSgyxy+X9D8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCHYUH96QoAANU3AAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBhiB0g4QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAEMNAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQ4AAAAA&#10;">
+                <v:shape id="Freeform 8" o:spid="_x0000_s1032" style="position:absolute;left:5225;top:227;width:5763;height:3079;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5763,2929" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNxAmSxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeIXeNGvRUlejtAuFUulh/Xt9bJ67i5uXkKS6fntTKPQ4zMxvmMWqN524kA+tZQXjUQaC&#10;uLK65VrBbvsxfAURIrLGzjIpuFGA1fJhsMBc2yuXdNnEWiQIhxwVNDG6XMpQNWQwjKwjTt7JeoMx&#10;SV9L7fGa4KaTz1n2Ig22nBYadFQ0VJ03P0bB4f3blW4Wz8fqa78zZeFtMVkr9fTYv81BROrjf/iv&#10;/akVTKbw+yX9ALm8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM3ECZLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m113,l48,2,14,14,2,48,,114,,2815r2,65l14,2914r34,13l113,2928r5536,l5715,2927r33,-13l5761,2880r1,-65l5762,114r-1,-66l5748,14,5715,2,5649,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="113,239;48,241;14,253;2,289;0,358;0,3198;2,3266;14,3302;48,3316;113,3317;5649,3317;5715,3316;5748,3302;5761,3266;5762,3198;5762,358;5761,289;5748,253;5715,241;5649,239;113,239" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Freeform 9" o:spid="_x0000_s1033" style="position:absolute;left:5215;top:217;width:5783;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5783,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCZiWC9xgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96UZbRVJXEbVQaBH8d/D2yL5kQ7NvQ3Ybk376bqHgcZiZ3zCLVWcr0VLjS8cKxqME&#10;BHHmdMmFgvPpbTgH4QOyxsoxKejJw2r5MFhgqt2ND9QeQyEihH2KCkwIdSqlzwxZ9CNXE0cvd43F&#10;EGVTSN3gLcJtJSdJMpMWS44LBmvaGMq+jt9Wwcd1O+5/Pg897p9Nts0v03zXTpV6euzWryACdeEe&#10;/m+/awUvM/j7En+AXP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmYlgvcYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m5669,l113,,91,2,33,33,2,91,,114,,454r5782,l5782,114,5763,51,5712,9,5669,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5669,217;113,217;91,219;33,250;2,308;0,331;0,671;5782,671;5782,331;5763,268;5712,226;5669,217" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="AutoShape 10" o:spid="_x0000_s1034" style="position:absolute;left:4395;top:581;width:821;height:802;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="821,802" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/L1NHxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYFcQi07hKZxoxiTB7THPCDXrbV+EGtlLCVx/n1VKPQ4zMw3zCobTCvu1LvGsoIkikEQ&#10;F1Y3XCk4n/av7yCcR9bYWiYFT3KQrUcvK0y1ffCB7kdfiQBhl6KC2vsuldIVNRl0ke2Ig1fa3qAP&#10;sq+k7vER4KaVszh+kwYbDgs1drSpqbgeb0bB8sucyE+/d9NN0l3m1ba0eS6VmoyH/AOEp8H/h//a&#10;n1rBfAG/X8IPkOsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL8vU0fEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m401,l,401,401,801r,-174l820,627r1,-453l401,174,401,xm821,174r-420,l821,174xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="401,582;0,983;401,1383;401,1209;820,1209;821,756;401,756;401,582;821,756;401,756;821,756;821,756" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Text Box 11" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:4395;top:203;width:6350;height:3239;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4/IGswAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1EVkrUYRcUFYEGs9eBybsQ02k9pE7f57cxD2+Hjf82Vna/Gg1hvHCkbDBARx4bTh&#10;UsEx//n8BuEDssbaMSn4Iw/LRe9jjql2T87ocQiliCHsU1RQhdCkUvqiIot+6BriyF1cazFE2JZS&#10;t/iM4baWX0kykRYNx4YKG1pXVFwPd6tgdeJsY2678z67ZCbPpwn/Tq5KDfrdagYiUBf+xW/3VisY&#10;x7HxS/wBcvECAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+PyBrMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="669F03A6" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="110"/>
+                          <w:ind w:left="1138" w:right="318"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>ENQUIRE IF:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7D5BD76F" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="27"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="4764BF40" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="23"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="1274"/>
+                            <w:tab w:val="left" w:pos="3654"/>
+                          </w:tabs>
+                          <w:spacing w:line="250" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t>Pregnancy/miscarriage</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="115"/>
+                            <w:position w:val="-2"/>
+                          </w:rPr>
+                          <w:t>•</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="53"/>
+                            <w:w w:val="115"/>
+                            <w:position w:val="-2"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="115"/>
+                          </w:rPr>
+                          <w:t>Depression</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7F09D2E3" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="23"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="1274"/>
+                            <w:tab w:val="left" w:pos="3654"/>
+                          </w:tabs>
+                          <w:spacing w:line="240" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t>Genital</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-36"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t>injuries/STIs</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="115"/>
+                            <w:position w:val="-2"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">• </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t>Self</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="105"/>
+                          </w:rPr>
+                          <w:t>harm</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="36EC4A19" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="23"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="1274"/>
+                            <w:tab w:val="left" w:pos="3655"/>
+                          </w:tabs>
+                          <w:spacing w:line="240" w:lineRule="exact"/>
+                          <w:ind w:left="1274"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t>Facial</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-39"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-39"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t>dental</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-39"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t>injuries</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="115"/>
+                            <w:position w:val="-2"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">• </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t>Unexpected</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-27"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="110"/>
+                          </w:rPr>
+                          <w:t>injuries</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="21E36FD5" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="23"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="1275"/>
+                          </w:tabs>
+                          <w:spacing w:line="240" w:lineRule="exact"/>
+                          <w:ind w:left="1274" w:hanging="228"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Delay in presentation of injuries</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="2D46148C" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:numPr>
+                            <w:ilvl w:val="0"/>
+                            <w:numId w:val="23"/>
+                          </w:numPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="1275"/>
+                          </w:tabs>
+                          <w:spacing w:line="250" w:lineRule="exact"/>
+                          <w:ind w:left="1274" w:hanging="228"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Frequent attendances</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-1"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>(A&amp;E/GP)</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="748F145A" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="140" w:line="249" w:lineRule="auto"/>
+                          <w:ind w:left="1141" w:right="318"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>These are just some examples of health markers of domestic abuse. Visit the RCGP’s website</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:position w:val="7"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">4 </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>for a complete list or if you have specific concerns about a patient.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F00A472" wp14:editId="50C3A6F9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>495300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>343535</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2223135" cy="1875155"/>
+                <wp:effectExtent l="0" t="0" r="5715" b="10795"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="49" name="Group 49"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2223135" cy="1875155"/>
+                          <a:chOff x="780" y="217"/>
+                          <a:chExt cx="3501" cy="2953"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="50" name="Freeform 3"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="917" y="227"/>
+                            <a:ext cx="3354" cy="1511"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1030 917"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3354"/>
+                              <a:gd name="T2" fmla="+- 0 227 227"/>
+                              <a:gd name="T3" fmla="*/ 227 h 1511"/>
+                              <a:gd name="T4" fmla="+- 0 965 917"/>
+                              <a:gd name="T5" fmla="*/ T4 w 3354"/>
+                              <a:gd name="T6" fmla="+- 0 229 227"/>
+                              <a:gd name="T7" fmla="*/ 229 h 1511"/>
+                              <a:gd name="T8" fmla="+- 0 931 917"/>
+                              <a:gd name="T9" fmla="*/ T8 w 3354"/>
+                              <a:gd name="T10" fmla="+- 0 241 227"/>
+                              <a:gd name="T11" fmla="*/ 241 h 1511"/>
+                              <a:gd name="T12" fmla="+- 0 919 917"/>
+                              <a:gd name="T13" fmla="*/ T12 w 3354"/>
+                              <a:gd name="T14" fmla="+- 0 275 227"/>
+                              <a:gd name="T15" fmla="*/ 275 h 1511"/>
+                              <a:gd name="T16" fmla="+- 0 917 917"/>
+                              <a:gd name="T17" fmla="*/ T16 w 3354"/>
+                              <a:gd name="T18" fmla="+- 0 341 227"/>
+                              <a:gd name="T19" fmla="*/ 341 h 1511"/>
+                              <a:gd name="T20" fmla="+- 0 917 917"/>
+                              <a:gd name="T21" fmla="*/ T20 w 3354"/>
+                              <a:gd name="T22" fmla="+- 0 1625 227"/>
+                              <a:gd name="T23" fmla="*/ 1625 h 1511"/>
+                              <a:gd name="T24" fmla="+- 0 919 917"/>
+                              <a:gd name="T25" fmla="*/ T24 w 3354"/>
+                              <a:gd name="T26" fmla="+- 0 1690 227"/>
+                              <a:gd name="T27" fmla="*/ 1690 h 1511"/>
+                              <a:gd name="T28" fmla="+- 0 931 917"/>
+                              <a:gd name="T29" fmla="*/ T28 w 3354"/>
+                              <a:gd name="T30" fmla="+- 0 1724 227"/>
+                              <a:gd name="T31" fmla="*/ 1724 h 1511"/>
+                              <a:gd name="T32" fmla="+- 0 965 917"/>
+                              <a:gd name="T33" fmla="*/ T32 w 3354"/>
+                              <a:gd name="T34" fmla="+- 0 1736 227"/>
+                              <a:gd name="T35" fmla="*/ 1736 h 1511"/>
+                              <a:gd name="T36" fmla="+- 0 1030 917"/>
+                              <a:gd name="T37" fmla="*/ T36 w 3354"/>
+                              <a:gd name="T38" fmla="+- 0 1738 227"/>
+                              <a:gd name="T39" fmla="*/ 1738 h 1511"/>
+                              <a:gd name="T40" fmla="+- 0 4157 917"/>
+                              <a:gd name="T41" fmla="*/ T40 w 3354"/>
+                              <a:gd name="T42" fmla="+- 0 1738 227"/>
+                              <a:gd name="T43" fmla="*/ 1738 h 1511"/>
+                              <a:gd name="T44" fmla="+- 0 4222 917"/>
+                              <a:gd name="T45" fmla="*/ T44 w 3354"/>
+                              <a:gd name="T46" fmla="+- 0 1736 227"/>
+                              <a:gd name="T47" fmla="*/ 1736 h 1511"/>
+                              <a:gd name="T48" fmla="+- 0 4256 917"/>
+                              <a:gd name="T49" fmla="*/ T48 w 3354"/>
+                              <a:gd name="T50" fmla="+- 0 1724 227"/>
+                              <a:gd name="T51" fmla="*/ 1724 h 1511"/>
+                              <a:gd name="T52" fmla="+- 0 4269 917"/>
+                              <a:gd name="T53" fmla="*/ T52 w 3354"/>
+                              <a:gd name="T54" fmla="+- 0 1690 227"/>
+                              <a:gd name="T55" fmla="*/ 1690 h 1511"/>
+                              <a:gd name="T56" fmla="+- 0 4270 917"/>
+                              <a:gd name="T57" fmla="*/ T56 w 3354"/>
+                              <a:gd name="T58" fmla="+- 0 1625 227"/>
+                              <a:gd name="T59" fmla="*/ 1625 h 1511"/>
+                              <a:gd name="T60" fmla="+- 0 4270 917"/>
+                              <a:gd name="T61" fmla="*/ T60 w 3354"/>
+                              <a:gd name="T62" fmla="+- 0 341 227"/>
+                              <a:gd name="T63" fmla="*/ 341 h 1511"/>
+                              <a:gd name="T64" fmla="+- 0 4269 917"/>
+                              <a:gd name="T65" fmla="*/ T64 w 3354"/>
+                              <a:gd name="T66" fmla="+- 0 275 227"/>
+                              <a:gd name="T67" fmla="*/ 275 h 1511"/>
+                              <a:gd name="T68" fmla="+- 0 4256 917"/>
+                              <a:gd name="T69" fmla="*/ T68 w 3354"/>
+                              <a:gd name="T70" fmla="+- 0 241 227"/>
+                              <a:gd name="T71" fmla="*/ 241 h 1511"/>
+                              <a:gd name="T72" fmla="+- 0 4222 917"/>
+                              <a:gd name="T73" fmla="*/ T72 w 3354"/>
+                              <a:gd name="T74" fmla="+- 0 229 227"/>
+                              <a:gd name="T75" fmla="*/ 229 h 1511"/>
+                              <a:gd name="T76" fmla="+- 0 4157 917"/>
+                              <a:gd name="T77" fmla="*/ T76 w 3354"/>
+                              <a:gd name="T78" fmla="+- 0 227 227"/>
+                              <a:gd name="T79" fmla="*/ 227 h 1511"/>
+                              <a:gd name="T80" fmla="+- 0 1030 917"/>
+                              <a:gd name="T81" fmla="*/ T80 w 3354"/>
+                              <a:gd name="T82" fmla="+- 0 227 227"/>
+                              <a:gd name="T83" fmla="*/ 227 h 1511"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T49" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T53" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T57" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T61" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T65" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T69" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T73" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T77" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T81" y="T83"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3354" h="1511">
+                                <a:moveTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1398"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="1463"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="1497"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="1509"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="1511"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="1511"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3305" y="1509"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3339" y="1497"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3352" y="1463"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3353" y="1398"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3353" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3352" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3339" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3305" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="00AEEF"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="51" name="Freeform 4"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="907" y="217"/>
+                            <a:ext cx="3374" cy="454"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 4167 907"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3374"/>
+                              <a:gd name="T2" fmla="+- 0 217 217"/>
+                              <a:gd name="T3" fmla="*/ 217 h 454"/>
+                              <a:gd name="T4" fmla="+- 0 1020 907"/>
+                              <a:gd name="T5" fmla="*/ T4 w 3374"/>
+                              <a:gd name="T6" fmla="+- 0 217 217"/>
+                              <a:gd name="T7" fmla="*/ 217 h 454"/>
+                              <a:gd name="T8" fmla="+- 0 998 907"/>
+                              <a:gd name="T9" fmla="*/ T8 w 3374"/>
+                              <a:gd name="T10" fmla="+- 0 219 217"/>
+                              <a:gd name="T11" fmla="*/ 219 h 454"/>
+                              <a:gd name="T12" fmla="+- 0 940 907"/>
+                              <a:gd name="T13" fmla="*/ T12 w 3374"/>
+                              <a:gd name="T14" fmla="+- 0 250 217"/>
+                              <a:gd name="T15" fmla="*/ 250 h 454"/>
+                              <a:gd name="T16" fmla="+- 0 909 907"/>
+                              <a:gd name="T17" fmla="*/ T16 w 3374"/>
+                              <a:gd name="T18" fmla="+- 0 308 217"/>
+                              <a:gd name="T19" fmla="*/ 308 h 454"/>
+                              <a:gd name="T20" fmla="+- 0 907 907"/>
+                              <a:gd name="T21" fmla="*/ T20 w 3374"/>
+                              <a:gd name="T22" fmla="+- 0 331 217"/>
+                              <a:gd name="T23" fmla="*/ 331 h 454"/>
+                              <a:gd name="T24" fmla="+- 0 907 907"/>
+                              <a:gd name="T25" fmla="*/ T24 w 3374"/>
+                              <a:gd name="T26" fmla="+- 0 671 217"/>
+                              <a:gd name="T27" fmla="*/ 671 h 454"/>
+                              <a:gd name="T28" fmla="+- 0 4280 907"/>
+                              <a:gd name="T29" fmla="*/ T28 w 3374"/>
+                              <a:gd name="T30" fmla="+- 0 671 217"/>
+                              <a:gd name="T31" fmla="*/ 671 h 454"/>
+                              <a:gd name="T32" fmla="+- 0 4280 907"/>
+                              <a:gd name="T33" fmla="*/ T32 w 3374"/>
+                              <a:gd name="T34" fmla="+- 0 331 217"/>
+                              <a:gd name="T35" fmla="*/ 331 h 454"/>
+                              <a:gd name="T36" fmla="+- 0 4261 907"/>
+                              <a:gd name="T37" fmla="*/ T36 w 3374"/>
+                              <a:gd name="T38" fmla="+- 0 268 217"/>
+                              <a:gd name="T39" fmla="*/ 268 h 454"/>
+                              <a:gd name="T40" fmla="+- 0 4210 907"/>
+                              <a:gd name="T41" fmla="*/ T40 w 3374"/>
+                              <a:gd name="T42" fmla="+- 0 226 217"/>
+                              <a:gd name="T43" fmla="*/ 226 h 454"/>
+                              <a:gd name="T44" fmla="+- 0 4167 907"/>
+                              <a:gd name="T45" fmla="*/ T44 w 3374"/>
+                              <a:gd name="T46" fmla="+- 0 217 217"/>
+                              <a:gd name="T47" fmla="*/ 217 h 454"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3374" h="454">
+                                <a:moveTo>
+                                  <a:pt x="3260" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="91" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="33" y="33"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="91"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3373" y="454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3373" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3354" y="51"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3303" y="9"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3260" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="52" name="AutoShape 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2192" y="1747"/>
+                            <a:ext cx="802" cy="1422"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 2995 2193"/>
+                              <a:gd name="T1" fmla="*/ T0 w 802"/>
+                              <a:gd name="T2" fmla="+- 0 2769 1748"/>
+                              <a:gd name="T3" fmla="*/ 2769 h 1422"/>
+                              <a:gd name="T4" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T5" fmla="*/ T4 w 802"/>
+                              <a:gd name="T6" fmla="+- 0 2769 1748"/>
+                              <a:gd name="T7" fmla="*/ 2769 h 1422"/>
+                              <a:gd name="T8" fmla="+- 0 2193 2193"/>
+                              <a:gd name="T9" fmla="*/ T8 w 802"/>
+                              <a:gd name="T10" fmla="+- 0 2769 1748"/>
+                              <a:gd name="T11" fmla="*/ 2769 h 1422"/>
+                              <a:gd name="T12" fmla="+- 0 2594 2193"/>
+                              <a:gd name="T13" fmla="*/ T12 w 802"/>
+                              <a:gd name="T14" fmla="+- 0 3169 1748"/>
+                              <a:gd name="T15" fmla="*/ 3169 h 1422"/>
+                              <a:gd name="T16" fmla="+- 0 2995 2193"/>
+                              <a:gd name="T17" fmla="*/ T16 w 802"/>
+                              <a:gd name="T18" fmla="+- 0 2769 1748"/>
+                              <a:gd name="T19" fmla="*/ 2769 h 1422"/>
+                              <a:gd name="T20" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T21" fmla="*/ T20 w 802"/>
+                              <a:gd name="T22" fmla="+- 0 1748 1748"/>
+                              <a:gd name="T23" fmla="*/ 1748 h 1422"/>
+                              <a:gd name="T24" fmla="+- 0 2367 2193"/>
+                              <a:gd name="T25" fmla="*/ T24 w 802"/>
+                              <a:gd name="T26" fmla="+- 0 1748 1748"/>
+                              <a:gd name="T27" fmla="*/ 1748 h 1422"/>
+                              <a:gd name="T28" fmla="+- 0 2367 2193"/>
+                              <a:gd name="T29" fmla="*/ T28 w 802"/>
+                              <a:gd name="T30" fmla="+- 0 2769 1748"/>
+                              <a:gd name="T31" fmla="*/ 2769 h 1422"/>
+                              <a:gd name="T32" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T33" fmla="*/ T32 w 802"/>
+                              <a:gd name="T34" fmla="+- 0 2769 1748"/>
+                              <a:gd name="T35" fmla="*/ 2769 h 1422"/>
+                              <a:gd name="T36" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T37" fmla="*/ T36 w 802"/>
+                              <a:gd name="T38" fmla="+- 0 1748 1748"/>
+                              <a:gd name="T39" fmla="*/ 1748 h 1422"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="802" h="1422">
+                                <a:moveTo>
+                                  <a:pt x="802" y="1021"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="1021"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1021"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="1421"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="802" y="1021"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="627" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="174" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="174" y="1021"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="1021"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="53" name="Text Box 6"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="780" y="217"/>
+                            <a:ext cx="3501" cy="2953"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="2C6EC3AB" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="109"/>
+                                <w:ind w:left="276" w:right="276"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>DISCLOSURE</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="30555229" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="7"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="543DBCF8" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:line="249" w:lineRule="auto"/>
+                                <w:ind w:left="278" w:right="276"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>The patient is currently experiencing domestic violence and abuse.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5F00A472" id="Group 49" o:spid="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:39pt;margin-top:27.05pt;width:175.05pt;height:147.65pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="780,217" coordsize="3501,2953" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlurdvwQoAAAE2AAAOAAAAZHJzL2Uyb0RvYy54bWzsW9uO2zgSfV9g/0Hw4y4mFqmbZcQZZHPD&#10;ArM7A4zmA9S23DbWtrySOu7M1+8pUpRJuWg7mWAeFv2QSN2qLh7W4aVOUXr94/N+F3yumnZbHxYT&#10;8SqcBNVhWa+2h8fF5Lfi4w+zSdB25WFV7upDtZh8qdrJj2/++pfXp+O8kvWm3q2qJoCTQzs/HReT&#10;Tdcd59Npu9xU+7J9VR+rAx6u62ZfdvixeZyumvIE7/vdVIZhOj3VzerY1MuqbfHb9/rh5I3yv15X&#10;y+7n9bqtumC3mABbp/5v1P8P9P/0zety/tiUx8122cMovwHFvtwe0Ojg6n3ZlcFTs71wtd8um7qt&#10;192rZb2f1uv1dlmpPqA3Ihz15lNTPx1VXx7np8fjECaEdhSnb3a7/PfnT83x1+MvjUaP25/q5X9a&#10;xGV6Oj7O7ef086M2Dh5O/6pX4LN86mrV8ed1sycX6FLwrOL7ZYhv9dwFS/xSShmJKJkESzwTsywR&#10;SaIZWG5AE/1dNgNLeCpFZp586P86SkKh/1TmSURPp+VcN6ug9tCIeoyl9hyu9o+F69dNeawUCy2F&#10;45cm2K4WkwQ4D+UeIfjYVBUN0EBhosZhZSLa2uG0npBZi6jfDGSOQKiAyD4gJphRlMR9JBMhnHCU&#10;8+VT232qasVI+fmnttPjfIU7xfOqx16gF+v9DkP+7z8EYSDCKAyoxd7cWCHu2upv06AIg1OgGh8Z&#10;SWOkXEmZBfg39hQZI3gik00gevSYOwMqdMxClacJBwrj6Awq9oBKjVEPKudAIcKDJylzDyisZDao&#10;SHCgcmNEkZp5QAk36jIWHCqQasGCDR8r4cY9FzmHS9iBL4T0IXMjL7OERWaHnmw8yNzgY1yxyOzo&#10;FyL1IXPDH3liZsefbHhk0iXAg0zaBBTSO+5dAkQq2aBJmwFl5MHmUuDhU9oUFNI3/KVLgUjzkCMU&#10;8/Q81JSRB5tLQs7PAWmTUEjfLIhcEkSGXnArhs2CMuKxRS4NnkUjslkoIt88iFwSRBalLDabBWXk&#10;wTaiwbPMRjYNBZrkF9rIZQHtzlhwNg3KiAcXuzzEImHnaWzzUMS+2RC7NPjAxTYP18C5RMRIIbhF&#10;JLaJKGLfdIhHPHhojW0eAC71LCOxS0Qsk5QFZxNRxL75QBmFtcH45kNi83BlPiQuEbFM2Y0BmdR5&#10;6heJb0JQrmGD8ywkyOfO3q4sJIlLRCwzNu9IbCIKRJefEInLg28FTmwerqzAqUuED1xqE1GkvgmR&#10;ujx4Nq7UpsG/caUuDT5SU5uGIvVNh9RlwbPbpzYJ/t0+dUnwTYbUJqFIfZMhcznwpEiZTQHZ8Ctc&#10;5lLgW0Qym4Mi802FzOWAEkZm28psCvxJZeZS4Ft8M5uDIvNNhMzlgBJsDppNAdnwUSMlZk95z6Y1&#10;szkoZr5pMHM58ECb2RS40CD2Ho1+KTdG0iyfD72mwV1QUtUhVHr0WLekJwugg5wsjF6EFQkgjzE4&#10;I2OlWtDedWNEkYwH7XXdmhJwZa4U703nveorRN4ru+veKVUl70gytS6+Yd53VOuzm2AooSPvkZGZ&#10;171TjqXM7+sqZT3K/L6uUh5C5sgg7ukqZQbK/D5S476r2GXv8U67J3nXdYybgaT9TJnf11XaYcgc&#10;m8M9YGjVV+b3dZVWYjLHInqPd1odlfl9rNKKpczv6yqtImSOBcACowPaT/AGxbxxGa+ZBCjjPdDf&#10;lPNj2dG6YG6D02KiiyQbVJuoykBP9vXnqqiVTUcLhOgnpioFor3z893BtqNcDwBlD888NNejdoat&#10;AUYivmqFlRBGcKh7alyYq3aFxZc83XDVW0X5dWe6RREPA8m0Za4j+LkZQea5uWq7PhYiCQ255rm5&#10;9v762JoSD8JrDMxVG0aSRAj191zKMhbm2ltGoR7lNxuPokgPcBHf6A4GyZ0BgqWeBeJWxM+WNxgc&#10;Gr8xHqzuXB03kQnQ9ZE6RNyMexNmc3UZHFstd3Vb6eFLs06VYofpR7PWqj8e6o/b3U7N0N2BJqVA&#10;tq836bbebVf0lOZj2zw+vNs1weeSavXh2w8fPvY9dcyOTdu9L9uNtlOPyKyco1h+WKm7TVWuPvT3&#10;Xbnd6Xs1+lRZW5dedaH4oV59QRm2qfXRAI4ycLOpm98nwQnHAotJ+9+nsqkmwe6fBxSScxHTUO3U&#10;D3GSUSWpsZ882E/KwxKuFpNugtSEbt91+uzh6dhsHzdoSS9Kh/ot6ujrLZVpUctu5xpV/wNq2X9W&#10;URur8KiorZay717UDvXuMFT5z0Vtyq7peCCG4qRomBK/O6a+oqYdixT1DDSohsa5xoyu6uz2XNNG&#10;2yMjrAtWCgy4wQD57AlLwuCJTDZBD95f0hYhyokMKKxtg6tCy7ZLUK5k8IBCgAdPXlCuXMjzGYcJ&#10;q+jgqS9pX2Ial7RRhWYi5Za0YcOGalzRRq2JCRVb0WaAjdRaggIoc8BhB17ChgfmRj4PUVFhBpYd&#10;elPQZoC5wY9CFPEYYHb0yYYFNq5nh+yIZ+vZl8CkO+gjFHkZYE45m2x4YG70ES0uYmwxmwHmhj/N&#10;eGB2+MmGB+ZGP5YQrgyXbCn7EtmolO1BBvl0nkleZKM6tg8ZW8hmkLkEeMikM9lhjnvJjNz4o/iE&#10;I7DL8c9WsRlkLgMSpSBmmFEONyAjG5bNcQlbCpZNtoR9iWxUwpYStf/LmelUsMmGR+bG37cZsfVr&#10;BpnLAFCxyOwZQDYDMuymLzUUX/HnpYbiiwxfQ6E0f6i+fZs4xwgPIM4pXeK0eSSpFI9k0MgPnzgf&#10;i3gjYsxVi5lc1xhuCCMt8LC86uzTuDBX7UrrRTi8ZtRL2hsCUFud013TkLka3dvXX+42vFU6gPBE&#10;9BHcodRlWjRX03KoQ3Jd619wZbx8jVR0hN6denCnCrqDyHxRedbrcJ5XlzB6tcoj1alsAlXU+94y&#10;T4pcTxSR4UhVSSsj9GYhnqjXwHAa088i8wqZXTz4CqEn8xwvXohczVxbetlpl3p7iRq/LvQyHJYC&#10;tKqq2a4cqUdGODrpO2CbuZu+nEHsccDsrEupPQbYaMf3AXO2fD+wUc6FYLHA7KRLST4G2Fjx+ZC5&#10;ms8PbaT6ZJLjdRCOTZsD/SYTh86lIMJZNEuosDlQVjyjYsSDd6zZRGjxx6Eb8eCNnU2E9MdupP+8&#10;A45RgAy6kQCkecDGzpGAyoqPnXS5kBEKMhyzjAzk0LlM+NHZTFxDN+LCi87mQr/VxKAbKUHFGTU+&#10;Xm8cLXiF2ZEa9DLLyEEO3YgJ37hz9OA1dC4XfnQ2F/rFJg6dy4SXWUcTjph9UTiUSCMv587C//8U&#10;zh/WIDQMSYKoXZzTIMqATqZCRE9n+z4VktJrlK6pSYLNVafUvTA4ezSPzVWbxfS+O/mLh6aNgblq&#10;QwajMTDZt32wqf/IoL2prUikAYWxM57NVXvDNLyv76ZZK57Gk7ny+MxT0yNQf/Po6UVP/CmfQiAj&#10;03qioPT+H/VzkNJUseRE0D3j1+a4q/8oIjjU7zZ4Zad62zT1iQ7tcMCmJ5n1p9rPXd9KXHw8YtTG&#10;lU9HMIpwoEjfSgR0s5hQJUNVI4z0oIHWm9ACMShNOsx2fgFD+o06wCO8Gnn3/PCsvhhRuoQ69pVH&#10;jlgt9HEjbvRRI270MSNuvuMRo/qKBt8ZqVO3/pso+pDJ/ll17/zl1pv/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAOiccteEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92kTTXG&#10;bEop6qkUbAXxNs1Ok9DsbMhuk/Tfu5709oY3vPe9fDWZVgzUu8aygngWgSAurW64UvB5eHtIQTiP&#10;rLG1TAqu5GBV3N7kmGk78gcNe1+JEMIuQwW1910mpStrMuhmtiMO3sn2Bn04+0rqHscQblo5j6JH&#10;abDh0FBjR5uayvP+YhS8jziuF/HrsD2fNtfvw3L3tY1Jqfu7af0CwtPk/57hFz+gQxGYjvbC2olW&#10;wVMapngFyyQGEfxkngZxVLBInhOQRS7/Lyh+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOW6t2/BCgAAATYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADonHLXhAAAACQEAAA8AAAAAAAAAAAAAAAAAGw0AAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAApDgAAAAA=&#10;">
+                <v:shape id="Freeform 3" o:spid="_x0000_s1037" style="position:absolute;left:917;top:227;width:3354;height:1511;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3354,1511" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpmk77vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1AWXpRpFBNGbrqt4HZqxLTaTkGTb6q83B8Hj433Pl71pREs+1JYVTMYZCOLC6ppL&#10;Bae/zecPiBCRNTaWScGdAiwXg4855tp2/EvtMZYihXDIUUEVo8ulDEVFBsPYOuLEXa03GBP0pdQe&#10;uxRuGvmVZd/SYM2poUJH64qK2/HfKGhXzf6gu8c2Hvz9fDtbl10mTqnRsF/NQETq41v8cu+0gmla&#10;n76kHyAXTwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCpmk77vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m113,l48,2,14,14,2,48,,114,,1398r2,65l14,1497r34,12l113,1511r3127,l3305,1509r34,-12l3352,1463r1,-65l3353,114r-1,-66l3339,14,3305,2,3240,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="113,227;48,229;14,241;2,275;0,341;0,1625;2,1690;14,1724;48,1736;113,1738;3240,1738;3305,1736;3339,1724;3352,1690;3353,1625;3353,341;3352,275;3339,241;3305,229;3240,227;113,227" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Freeform 4" o:spid="_x0000_s1038" style="position:absolute;left:907;top:217;width:3374;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3374,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNlJANwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvBd8hHKF3mlWoyNYo/tBSEKm1PsBhc7q7uDlZklNd394IQi+HmfmGmS8716gLhVh7NjAeZaCI&#10;C29rLg2cft6HM1BRkC02nsnAjSIsF/3eHHPrr/xNl6OUKkE45migEmlzrWNRkcM48i1x8n59cChJ&#10;hlLbgNcEd42eZNlUO6w5LVTY0qai4nz8cwbazekwCx+yla/1fpLtA+6kQ2NeBt3qDZRQJ//hZ/vT&#10;Gngdw+NL+gF6cQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNlJANwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m3260,l113,,91,2,33,33,2,91,,114,,454r3373,l3373,114,3354,51,3303,9,3260,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="3260,217;113,217;91,219;33,250;2,308;0,331;0,671;3373,671;3373,331;3354,268;3303,226;3260,217" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="AutoShape 5" o:spid="_x0000_s1039" style="position:absolute;left:2192;top:1747;width:802;height:1422;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="802,1422" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1C0kmxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEIvoon2D7o1SimIHgRb9eLtsXnuLt28LEnq7n77Rij0OMzMb5jlurO1uJEPlWMN04kC&#10;QZw7U3Gh4XzajOcgQkQ2WDsmDT0FWK8GD0vMjGv5i27HWIgE4ZChhjLGJpMy5CVZDBPXECfv6rzF&#10;mKQvpPHYJrit5UypV2mx4rRQYkMfJeXfxx+rYbG79IetV+rZmlF+3U8/+6dRq/XjsHt/AxGpi//h&#10;v/bOaHiZwf1L+gFy9QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD1C0kmxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m802,1021r-175,l,1021r401,400l802,1021xm627,l174,r,1021l627,1021,627,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="802,2769;627,2769;0,2769;401,3169;802,2769;627,1748;174,1748;174,2769;627,2769;627,1748" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Text Box 6" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:780;top:217;width:3501;height:2953;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBzgYUAxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6saWikZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCzw/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHOBhQDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="2C6EC3AB" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="109"/>
+                          <w:ind w:left="276" w:right="276"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>DISCLOSURE</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="30555229" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="7"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="543DBCF8" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:line="249" w:lineRule="auto"/>
+                          <w:ind w:left="278" w:right="276"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>The patient is currently experiencing domestic violence and abuse.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67D8C549" wp14:editId="727DA6AD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>495300</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2390775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2742565" cy="1191260"/>
+                <wp:effectExtent l="0" t="0" r="635" b="8890"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="38" name="Group 38"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2742565" cy="1191260"/>
+                          <a:chOff x="782" y="3444"/>
+                          <a:chExt cx="4319" cy="1876"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="39" name="AutoShape 13"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2192" y="4550"/>
+                            <a:ext cx="802" cy="770"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 2995 2193"/>
+                              <a:gd name="T1" fmla="*/ T0 w 802"/>
+                              <a:gd name="T2" fmla="+- 0 4711 4342"/>
+                              <a:gd name="T3" fmla="*/ 4711 h 770"/>
+                              <a:gd name="T4" fmla="+- 0 2193 2193"/>
+                              <a:gd name="T5" fmla="*/ T4 w 802"/>
+                              <a:gd name="T6" fmla="+- 0 4711 4342"/>
+                              <a:gd name="T7" fmla="*/ 4711 h 770"/>
+                              <a:gd name="T8" fmla="+- 0 2594 2193"/>
+                              <a:gd name="T9" fmla="*/ T8 w 802"/>
+                              <a:gd name="T10" fmla="+- 0 5112 4342"/>
+                              <a:gd name="T11" fmla="*/ 5112 h 770"/>
+                              <a:gd name="T12" fmla="+- 0 2995 2193"/>
+                              <a:gd name="T13" fmla="*/ T12 w 802"/>
+                              <a:gd name="T14" fmla="+- 0 4711 4342"/>
+                              <a:gd name="T15" fmla="*/ 4711 h 770"/>
+                              <a:gd name="T16" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T17" fmla="*/ T16 w 802"/>
+                              <a:gd name="T18" fmla="+- 0 4342 4342"/>
+                              <a:gd name="T19" fmla="*/ 4342 h 770"/>
+                              <a:gd name="T20" fmla="+- 0 2367 2193"/>
+                              <a:gd name="T21" fmla="*/ T20 w 802"/>
+                              <a:gd name="T22" fmla="+- 0 4342 4342"/>
+                              <a:gd name="T23" fmla="*/ 4342 h 770"/>
+                              <a:gd name="T24" fmla="+- 0 2367 2193"/>
+                              <a:gd name="T25" fmla="*/ T24 w 802"/>
+                              <a:gd name="T26" fmla="+- 0 4711 4342"/>
+                              <a:gd name="T27" fmla="*/ 4711 h 770"/>
+                              <a:gd name="T28" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T29" fmla="*/ T28 w 802"/>
+                              <a:gd name="T30" fmla="+- 0 4711 4342"/>
+                              <a:gd name="T31" fmla="*/ 4711 h 770"/>
+                              <a:gd name="T32" fmla="+- 0 2820 2193"/>
+                              <a:gd name="T33" fmla="*/ T32 w 802"/>
+                              <a:gd name="T34" fmla="+- 0 4342 4342"/>
+                              <a:gd name="T35" fmla="*/ 4342 h 770"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="802" h="770">
+                                <a:moveTo>
+                                  <a:pt x="802" y="369"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="770"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="802" y="369"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="627" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="174" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="174" y="369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="369"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="627" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="40" name="Freeform 14"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="782" y="3444"/>
+                            <a:ext cx="3489" cy="1123"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1030 917"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3354"/>
+                              <a:gd name="T2" fmla="+- 0 3444 3444"/>
+                              <a:gd name="T3" fmla="*/ 3444 h 888"/>
+                              <a:gd name="T4" fmla="+- 0 965 917"/>
+                              <a:gd name="T5" fmla="*/ T4 w 3354"/>
+                              <a:gd name="T6" fmla="+- 0 3446 3444"/>
+                              <a:gd name="T7" fmla="*/ 3446 h 888"/>
+                              <a:gd name="T8" fmla="+- 0 931 917"/>
+                              <a:gd name="T9" fmla="*/ T8 w 3354"/>
+                              <a:gd name="T10" fmla="+- 0 3459 3444"/>
+                              <a:gd name="T11" fmla="*/ 3459 h 888"/>
+                              <a:gd name="T12" fmla="+- 0 919 917"/>
+                              <a:gd name="T13" fmla="*/ T12 w 3354"/>
+                              <a:gd name="T14" fmla="+- 0 3492 3444"/>
+                              <a:gd name="T15" fmla="*/ 3492 h 888"/>
+                              <a:gd name="T16" fmla="+- 0 917 917"/>
+                              <a:gd name="T17" fmla="*/ T16 w 3354"/>
+                              <a:gd name="T18" fmla="+- 0 3558 3444"/>
+                              <a:gd name="T19" fmla="*/ 3558 h 888"/>
+                              <a:gd name="T20" fmla="+- 0 917 917"/>
+                              <a:gd name="T21" fmla="*/ T20 w 3354"/>
+                              <a:gd name="T22" fmla="+- 0 4218 3444"/>
+                              <a:gd name="T23" fmla="*/ 4218 h 888"/>
+                              <a:gd name="T24" fmla="+- 0 919 917"/>
+                              <a:gd name="T25" fmla="*/ T24 w 3354"/>
+                              <a:gd name="T26" fmla="+- 0 4284 3444"/>
+                              <a:gd name="T27" fmla="*/ 4284 h 888"/>
+                              <a:gd name="T28" fmla="+- 0 931 917"/>
+                              <a:gd name="T29" fmla="*/ T28 w 3354"/>
+                              <a:gd name="T30" fmla="+- 0 4317 3444"/>
+                              <a:gd name="T31" fmla="*/ 4317 h 888"/>
+                              <a:gd name="T32" fmla="+- 0 965 917"/>
+                              <a:gd name="T33" fmla="*/ T32 w 3354"/>
+                              <a:gd name="T34" fmla="+- 0 4330 3444"/>
+                              <a:gd name="T35" fmla="*/ 4330 h 888"/>
+                              <a:gd name="T36" fmla="+- 0 1030 917"/>
+                              <a:gd name="T37" fmla="*/ T36 w 3354"/>
+                              <a:gd name="T38" fmla="+- 0 4331 3444"/>
+                              <a:gd name="T39" fmla="*/ 4331 h 888"/>
+                              <a:gd name="T40" fmla="+- 0 4157 917"/>
+                              <a:gd name="T41" fmla="*/ T40 w 3354"/>
+                              <a:gd name="T42" fmla="+- 0 4331 3444"/>
+                              <a:gd name="T43" fmla="*/ 4331 h 888"/>
+                              <a:gd name="T44" fmla="+- 0 4222 917"/>
+                              <a:gd name="T45" fmla="*/ T44 w 3354"/>
+                              <a:gd name="T46" fmla="+- 0 4330 3444"/>
+                              <a:gd name="T47" fmla="*/ 4330 h 888"/>
+                              <a:gd name="T48" fmla="+- 0 4256 917"/>
+                              <a:gd name="T49" fmla="*/ T48 w 3354"/>
+                              <a:gd name="T50" fmla="+- 0 4317 3444"/>
+                              <a:gd name="T51" fmla="*/ 4317 h 888"/>
+                              <a:gd name="T52" fmla="+- 0 4269 917"/>
+                              <a:gd name="T53" fmla="*/ T52 w 3354"/>
+                              <a:gd name="T54" fmla="+- 0 4284 3444"/>
+                              <a:gd name="T55" fmla="*/ 4284 h 888"/>
+                              <a:gd name="T56" fmla="+- 0 4270 917"/>
+                              <a:gd name="T57" fmla="*/ T56 w 3354"/>
+                              <a:gd name="T58" fmla="+- 0 4218 3444"/>
+                              <a:gd name="T59" fmla="*/ 4218 h 888"/>
+                              <a:gd name="T60" fmla="+- 0 4270 917"/>
+                              <a:gd name="T61" fmla="*/ T60 w 3354"/>
+                              <a:gd name="T62" fmla="+- 0 3558 3444"/>
+                              <a:gd name="T63" fmla="*/ 3558 h 888"/>
+                              <a:gd name="T64" fmla="+- 0 4269 917"/>
+                              <a:gd name="T65" fmla="*/ T64 w 3354"/>
+                              <a:gd name="T66" fmla="+- 0 3492 3444"/>
+                              <a:gd name="T67" fmla="*/ 3492 h 888"/>
+                              <a:gd name="T68" fmla="+- 0 4256 917"/>
+                              <a:gd name="T69" fmla="*/ T68 w 3354"/>
+                              <a:gd name="T70" fmla="+- 0 3459 3444"/>
+                              <a:gd name="T71" fmla="*/ 3459 h 888"/>
+                              <a:gd name="T72" fmla="+- 0 4222 917"/>
+                              <a:gd name="T73" fmla="*/ T72 w 3354"/>
+                              <a:gd name="T74" fmla="+- 0 3446 3444"/>
+                              <a:gd name="T75" fmla="*/ 3446 h 888"/>
+                              <a:gd name="T76" fmla="+- 0 4157 917"/>
+                              <a:gd name="T77" fmla="*/ T76 w 3354"/>
+                              <a:gd name="T78" fmla="+- 0 3444 3444"/>
+                              <a:gd name="T79" fmla="*/ 3444 h 888"/>
+                              <a:gd name="T80" fmla="+- 0 1030 917"/>
+                              <a:gd name="T81" fmla="*/ T80 w 3354"/>
+                              <a:gd name="T82" fmla="+- 0 3444 3444"/>
+                              <a:gd name="T83" fmla="*/ 3444 h 888"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T49" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T53" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T57" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T61" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T65" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T69" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T73" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T77" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T81" y="T83"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3354" h="888">
+                                <a:moveTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="15"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="774"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="840"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="873"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="886"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="887"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="887"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3305" y="886"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3339" y="873"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3352" y="840"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3353" y="774"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3353" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3352" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3339" y="15"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3305" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="00AEEF"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="41" name="AutoShape 15"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4280" y="3487"/>
+                            <a:ext cx="821" cy="802"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 4874 4280"/>
+                              <a:gd name="T1" fmla="*/ T0 w 821"/>
+                              <a:gd name="T2" fmla="+- 0 4115 3487"/>
+                              <a:gd name="T3" fmla="*/ 4115 h 802"/>
+                              <a:gd name="T4" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T5" fmla="*/ T4 w 821"/>
+                              <a:gd name="T6" fmla="+- 0 4115 3487"/>
+                              <a:gd name="T7" fmla="*/ 4115 h 802"/>
+                              <a:gd name="T8" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T9" fmla="*/ T8 w 821"/>
+                              <a:gd name="T10" fmla="+- 0 4289 3487"/>
+                              <a:gd name="T11" fmla="*/ 4289 h 802"/>
+                              <a:gd name="T12" fmla="+- 0 4874 4280"/>
+                              <a:gd name="T13" fmla="*/ T12 w 821"/>
+                              <a:gd name="T14" fmla="+- 0 4115 3487"/>
+                              <a:gd name="T15" fmla="*/ 4115 h 802"/>
+                              <a:gd name="T16" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T17" fmla="*/ T16 w 821"/>
+                              <a:gd name="T18" fmla="+- 0 3487 3487"/>
+                              <a:gd name="T19" fmla="*/ 3487 h 802"/>
+                              <a:gd name="T20" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T21" fmla="*/ T20 w 821"/>
+                              <a:gd name="T22" fmla="+- 0 3661 3487"/>
+                              <a:gd name="T23" fmla="*/ 3661 h 802"/>
+                              <a:gd name="T24" fmla="+- 0 4281 4280"/>
+                              <a:gd name="T25" fmla="*/ T24 w 821"/>
+                              <a:gd name="T26" fmla="+- 0 3661 3487"/>
+                              <a:gd name="T27" fmla="*/ 3661 h 802"/>
+                              <a:gd name="T28" fmla="+- 0 4280 4280"/>
+                              <a:gd name="T29" fmla="*/ T28 w 821"/>
+                              <a:gd name="T30" fmla="+- 0 4115 3487"/>
+                              <a:gd name="T31" fmla="*/ 4115 h 802"/>
+                              <a:gd name="T32" fmla="+- 0 4874 4280"/>
+                              <a:gd name="T33" fmla="*/ T32 w 821"/>
+                              <a:gd name="T34" fmla="+- 0 4115 3487"/>
+                              <a:gd name="T35" fmla="*/ 4115 h 802"/>
+                              <a:gd name="T36" fmla="+- 0 5101 4280"/>
+                              <a:gd name="T37" fmla="*/ T36 w 821"/>
+                              <a:gd name="T38" fmla="+- 0 3888 3487"/>
+                              <a:gd name="T39" fmla="*/ 3888 h 802"/>
+                              <a:gd name="T40" fmla="+- 0 4700 4280"/>
+                              <a:gd name="T41" fmla="*/ T40 w 821"/>
+                              <a:gd name="T42" fmla="+- 0 3487 3487"/>
+                              <a:gd name="T43" fmla="*/ 3487 h 802"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="821" h="802">
+                                <a:moveTo>
+                                  <a:pt x="594" y="628"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="628"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="802"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="594" y="628"/>
+                                </a:lnTo>
+                                <a:close/>
+                                <a:moveTo>
+                                  <a:pt x="420" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1" y="174"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="628"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="594" y="628"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="821" y="401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="420" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="42" name="Text Box 16"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1170" y="3685"/>
+                            <a:ext cx="3570" cy="1062"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="70041AC1" w14:textId="75D90924" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="00DD0B16">
+                              <w:pPr>
+                                <w:tabs>
+                                  <w:tab w:val="left" w:pos="3189"/>
+                                </w:tabs>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Is the patient (and</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>any</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:proofErr w:type="gramStart"/>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>children)</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:position w:val="-10"/>
+                                </w:rPr>
+                                <w:t>YES</w:t>
+                              </w:r>
+                              <w:proofErr w:type="gramEnd"/>
+                            </w:p>
+                            <w:p w14:paraId="68836355" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:line="182" w:lineRule="exact"/>
+                                <w:ind w:left="450"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>in immediate danger?</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="43" name="Text Box 17"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2439" y="4657"/>
+                            <a:ext cx="379" cy="328"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="317DDDE3" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:line="177" w:lineRule="exact"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>NO</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="67D8C549" id="Group 38" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:39pt;margin-top:188.25pt;width:215.95pt;height:93.8pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="782,3444" coordsize="4319,1876" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMfCBytQoAAIY2AAAOAAAAZHJzL2Uyb0RvYy54bWzsW9uO47gRfQ+QfxD8mGDH1l02pmcxmRsC&#10;bJIFVvkAtS1fENtyJPW4J1+fU0XRIuWirdlZDHaBfmmprWPysA5ZrCrRr398Puy9z2Xd7Krjw8R/&#10;NZt45XFZrXbHzcPk3/nHH7KJ17TFcVXsq2P5MPlSNpMf3/z5T6/Pp0UZVNtqvyprD40cm8X59DDZ&#10;tu1pMZ02y215KJpX1ak84uG6qg9Fi3/rzXRVF2e0fthPg9ksmZ6renWqq2XZNPj0vXo4ecPtr9fl&#10;sv3Xet2Urbd/mIBby39r/vtIf6dvXheLTV2ctrtlR6P4FSwOxe6ITi9NvS/awnuqd1dNHXbLumqq&#10;dftqWR2m1Xq9W5Y8BozGnw1G86munk48ls3ivDldzATTDuz0q5td/vPzp/r0y+nnWrHH7U/V8j8N&#10;7DI9nzYL8zn9v1Fg7/H8j2oFPYuntuKBP6/rAzWBIXnPbN8vF/uWz623xIdBGgVxEk+8JZ75/twP&#10;kk6B5RYy0ffSLJh4eBpGUaTEWW4/dF+PQn/efTdLE3o6LRaqX+bacSPtMZma3l7Nt9nrl21xKlmG&#10;huzxc+3tVmAILsfiABu8hQ0Y4/khsaLugdNGbUyLGk8I1sDwd20Z+HNllCiOO3tpi2YzPCFrpik/&#10;uRikWCyfmvZTWbEoxeefmlZN9RXuWOpVxz7Hslgf9pj1f/3Bm3nBfB576JFHgvl8gfka9pepl8+8&#10;s0d9d23qpkDGaCpKfd+LwugKFmoYmmLQ1uv4mx1GGqV4gZLIC9NJ9Um8IplXojHclJNXqmE3ecGj&#10;GYMM4nkk8sL06HllMi/ftn3s+4FoMN80PqNEi/m2/d1SmgLk6FMU07cFcFrNNxVwy+nbIgRZgMkm&#10;zTNThdxPHORsFWiWyZYzZWCUaLnAFiIIk1QkF5hC5BiBaLnA1sFJLjB1uEHOFsJNzhQiDxxrIbB1&#10;cMoamDq4ZQ1sIZyyBqYQeeBYEKGtg5NcaOrgJhfaQjjJhaYQeehYEKGtg1PW0NTBlhX+eaM9cLHV&#10;Tnn5fOy8Mu68gkKnGW+qp6qhTTHHaOHjc/bJaAIocuEOMHoncNptkLfBUIXAcDBqO72Nxv6m4PE4&#10;OKYQtz4fBafFRXAsizFkgm6gmKij4N1QMXXGwGlKEBmIacCV8TuxakSXw7iynniIKx/pO8XiVLSk&#10;sb71zg8T3rC3ar+mzw/V5zKvGNGS1Pwc/YaJtlmP2B9NJFaKhdNP9fXE7UUzZdQ+PtDP9VXhrvvV&#10;z5f7qil5OD0T9Z2EXAQ46Mijf66/q3B+ioVj4PRTfbVR/cj1c321ex2L0+x0K3o8kJL04SDyIhTp&#10;a8RNTbXfrT7u9nsSqKk3j+/2tfe5oFxi9vbDh4/d1LBge16bx4q+pmYOfYIAVUV7Kjx8rFZfEPnV&#10;lUpIkEDhZlvV/5t4ZyQjD5Pmv09FXU68/d+PiF7nfhRB75b/ieKUtqvafPJoPimOSzT1MGkn8CV0&#10;+65VGc/Tqd5ttujJZ+9yrChyXe8oMmR+ilX3DwLo7xRJ09BUJP2xLkvK9TzEHiD1WwfS18mFjqPD&#10;KIN7UGnJxf3olMacEV8RSfuzcObNffZOZlxrbl0cSIdh3OU6fbRtb1yUDXl9StTDzH2LQVsvyzLl&#10;fXqUvW/Nk1iiZW5aHEdLtOzYAT0mIi0zdGCQSMuOHOahL9GywgaKGiRagzg6jOK5yMuKoxklEhvE&#10;0XN/LjGjzbCP8DmKFrnZ1g+jeSBzMwVglMzNlgDzS+RmKqCCaJGbLUEYx5nMzVSBUSK3QRTt4CbE&#10;0BK3YRAd+DI3O4gmlMzNlsGhKcUUvaYBhdAiN1uEKMjk5WnH0ISSudkyOFaCEEFL3IYhdIgZIroO&#10;0w+htJLK3AYhtMN5CAG0yM0WIQrhIUVupgyMEu0W2jK4HG5oLYaQMkqRnK0CuvVlcuZiYJRIjnY1&#10;o04Q+bG4UiNThjyijFIihyKK1ZqLXGQ6pRvkBkIEQSC5kcjUIcce5CBn68CCSbJGphCMki03EAI1&#10;Q5GcqUMeufYGlMxsyznWQ2wK4V4P8UCIIBE3h9jUIY8po5RkxcZvkXM5ktgUgt2NaLl4IESQihFI&#10;bOqQw7oOckMdHB44NoWInB4YtV57rDK5xNQhT1wLIrF1cG5diSmEe+tKhkLIslLxut8fEteCSGwd&#10;nHt+Ygrh3vOToRDygkDKaJJzLQhUik0dnMFSagrhDpZSW4jI4UpSU4c8dS0IShUNr8nBo+RKUlMI&#10;RokLAq8JzOZcTjg1dchT14JIbR2Il7hDpKYQjBLJZbYQru0rM3XIM9eCoBcntuVkcpkphE0O2e9L&#10;dcpVVvsDVKecJUGKgFCAyfHOSpUkbpf5KCYhOIKJUXCsRYaPK8RFWB0Ex4Y7pnXaSRluFeKcQ6W9&#10;jeHjhkq7DcGxTYwhQ/6f4eOGSh6Z4HClY1onH8nwcUMlr8XwcUMlP0JwOACDzDdXNDms8VDSpMKD&#10;VNL0u6qxLsS5yoQRvCv48dtCsNL1On3tqoTYHwDCOyc1Bv1UXxUKrhAgNHgLBO9LLalSk7NDhUqx&#10;L91qS3WYIea/haI3augyg863YJ0hsky/49aD09fOFJ1ds0xPRv1cXxUuDCgVoX7vAcOZmt73eg5D&#10;evk9YiSYG+MsA6Ca+/cMfQHe0+3S9Z1ZcBnLnSmFVFUZ5/b8vBj7zkwYrAmt2NcUpy8lZlor9G7B&#10;R7iv3htZBemRdetT3bTvi2ar6tvcAs3SYoFDKMcV323LYvWhu2+L3V7d89J5qXCrA0jyWRHaUK/O&#10;irAL+61L3MgN1WJHRburPOsad0YRDJW4u4Mb0O0bK9zoIvK4R54efcEZHfVZEr8kR98DjB2uRr4f&#10;I5bWnPumzGiVQQilrw+e2FlDhHUg8sIK7nnx+/FrXsOMwcHLzBjcvOyEwcnLzBdyfjV+zWtQ44bZ&#10;qcZ9bTCrxs0o0WKDGrdbSlOA7qyIQG4ggEtN+6wIoWRyAxFceuLliiGoOisikLNVIKPJljNlYJRI&#10;blDldooKIgY5dVbkmtygzB0mCVUdr2W1ytyMkskNhAgyHMEinzBcfdZSCBxrYXBWxE3O1OEGOVsI&#10;4iWTM4XI1VmRa8sNC92uOWefFXHOuUGh27kghFI3edaBfYdnRZzkTB3cfmRQ6Y79mSyrUOqWyNk6&#10;hIjcxTlHUd7FXzJKnHPDSrdrtQqlboHcoNLtXK1WpdterdjZXuoYL3WMXK5jYHag/PEtZ3jIs1PC&#10;izhESnhxIpSzowRn4+AW0J8z5aW9BBFZj9SJgL6qFC7qcH3kpp/rq8Jd96yf68TC5GK3rROWe1zp&#10;NI8alW5bX1V7sA1GdA81btzu8dh9cmiLXum00y1u2o56rLoVbR1I9XIm6PdxJgjpgcqYcspf/lY9&#10;ezhADG2NhMlrn/E55hqvwu6YvXes3m1xhLJ8W9fVmTJWnJ9Ss8L4qmpn1Ol736cXJphcYZJxylYs&#10;dEYVxvSITw3N8D5KzTydU1E+TefvPbp5mNBhQeapTxDRXOsg5ESsbN76AEDhBFn7/PjMv0O4nJT6&#10;yjNlYK7Ok+FGnSXDjTpHhps/3BkypCnD+cL5ryH695kvQdQVx6IEtWjMCWO+0Ishmi7hZWf43rPl&#10;UnT4vc4W/iUPfuzE+2b3wyz6NZX5Pxeb+p+Pvfk/AAAA//8DAFBLAwQUAAYACAAAACEAosVG3OIA&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93EmrSN2ZRS1FMRbAXxNs1O&#10;k9DsbMhuk/Tfu5709ob3ePO9fD2ZVgzUu8aygngWgSAurW64UvB5eH1YgnAeWWNrmRRcycG6uL3J&#10;MdN25A8a9r4SoYRdhgpq77tMSlfWZNDNbEccvJPtDfpw9pXUPY6h3LTyMYpSabDh8KHGjrY1lef9&#10;xSh4G3HczOOXYXc+ba/fh+T9axeTUvd30+YZhKfJ/4XhFz+gQxGYjvbC2olWwWIZpngF80WagAiB&#10;JFqtQByDSJ9ikEUu/08ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAMfCBytQoAAIY2&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCixUbc4gAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAAA8NAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHg4A&#10;AAAA&#10;">
+                <v:shape id="AutoShape 13" o:spid="_x0000_s1042" style="position:absolute;left:2192;top:4550;width:802;height:770;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="802,770" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhFlLDxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9azZVLDW6ikgLqahQ/64P2WMSmj27zW41vr1bKHg5zMw3zGTWmUacqfW1ZQUvSQqC&#10;uLC65lLBfvfx/AbCB2SNjWVScCUPs+lDb4KZthf+ovM2lCJC2GeooArBZVL6oiKDPrGOOHon2xoM&#10;Ubal1C1eItw0sp+mr9JgzXGhQkeLiorv7a9R4NxG/uRoVutmmX/uBovh4fg+VOrpsZuPQQTqwj38&#10;3861gsEI/r7EHyCnNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDhFlLDxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m802,369l,369,401,770,802,369xm627,l174,r,369l627,369,627,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="802,4711;0,4711;401,5112;802,4711;627,4342;174,4342;174,4711;627,4711;627,4342" o:connectangles="0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Freeform 14" o:spid="_x0000_s1043" style="position:absolute;left:782;top:3444;width:3489;height:1123;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3354,888" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2PW+EwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EJ+w2U4dorUbZJoPOi6zzoLdH82yKzUvXRNv99+Yw2PHj+73aDLYRN+p87VjBZJyAIC6d&#10;rrlScPj+eE5B+ICssXFMCn7Jw2b9+LDCTLuev+hWhErEEPYZKjAhtJmUvjRk0Y9dSxy5s+sshgi7&#10;SuoO+xhuG/mSJDNpsebYYLCld0PlpbhaBUfzOdte8iumi9Nx/jb8nHm+2yv1NBpelyACDeFf/OfO&#10;tYJpXB+/xB8g13cAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdj1vhMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m113,l48,2,14,15,2,48,,114,,774r2,66l14,873r34,13l113,887r3127,l3305,886r34,-13l3352,840r1,-66l3353,114r-1,-66l3339,15,3305,2,3240,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="118,4355;50,4358;15,4374;2,4416;0,4500;0,5334;2,5418;15,5459;50,5476;118,5477;3370,5477;3438,5476;3473,5459;3487,5418;3488,5334;3488,4500;3487,4416;3473,4374;3438,4358;3370,4355;118,4355" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="AutoShape 15" o:spid="_x0000_s1044" style="position:absolute;left:4280;top:3487;width:821;height:802;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="821,802" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfim6owwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpeRDcpIpq6hhArtMeq4PWZfSah2bchuybx37uFQo/DzHzDbNPRNKKnztWWFcSLCARx&#10;YXXNpYLz6TBfg3AeWWNjmRQ8yEG6e5lsMdF24G/qj74UAcIuQQWV920ipSsqMugWtiUO3s12Bn2Q&#10;XSl1h0OAm0a+RdFKGqw5LFTYUl5R8XO8GwWbL3MiP7t+zPK4vSzL/c1mmVRq+jpm7yA8jf4//Nf+&#10;1AqWMfx+CT9A7p4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAX4puqMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m594,628r-174,l420,802,594,628xm420,r,174l1,174,,628r594,l821,401,420,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="594,4115;420,4115;420,4289;594,4115;420,3487;420,3661;1,3661;0,4115;594,4115;821,3888;420,3487" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Text Box 16" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:1170;top:3685;width:3570;height:1062;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCZFLZGwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOI2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gMobHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmRS2RsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="70041AC1" w14:textId="75D90924" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="00DD0B16">
+                        <w:pPr>
+                          <w:tabs>
+                            <w:tab w:val="left" w:pos="3189"/>
+                          </w:tabs>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Is the patient (and</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>any</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>children)</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:position w:val="-10"/>
+                          </w:rPr>
+                          <w:t>YES</w:t>
+                        </w:r>
+                        <w:proofErr w:type="gramEnd"/>
+                      </w:p>
+                      <w:p w14:paraId="68836355" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:line="182" w:lineRule="exact"/>
+                          <w:ind w:left="450"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>in immediate danger?</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 17" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:2439;top:4657;width:379;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2WBPdxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sa2iEZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCzw/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPZYE93EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="317DDDE3" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:line="177" w:lineRule="exact"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>NO</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="007B6432">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E100887" wp14:editId="4D3CBBC9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3312160</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2386330</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3672205" cy="928370"/>
+                <wp:effectExtent l="19050" t="0" r="4445" b="5080"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="34" name="Group 34"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3672205" cy="928370"/>
+                          <a:chOff x="5216" y="3434"/>
+                          <a:chExt cx="5783" cy="1276"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="35" name="Freeform 19"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5225" y="3444"/>
+                            <a:ext cx="5763" cy="1256"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5763"/>
+                              <a:gd name="T2" fmla="+- 0 3444 3444"/>
+                              <a:gd name="T3" fmla="*/ 3444 h 1256"/>
+                              <a:gd name="T4" fmla="+- 0 5274 5226"/>
+                              <a:gd name="T5" fmla="*/ T4 w 5763"/>
+                              <a:gd name="T6" fmla="+- 0 3446 3444"/>
+                              <a:gd name="T7" fmla="*/ 3446 h 1256"/>
+                              <a:gd name="T8" fmla="+- 0 5240 5226"/>
+                              <a:gd name="T9" fmla="*/ T8 w 5763"/>
+                              <a:gd name="T10" fmla="+- 0 3459 3444"/>
+                              <a:gd name="T11" fmla="*/ 3459 h 1256"/>
+                              <a:gd name="T12" fmla="+- 0 5228 5226"/>
+                              <a:gd name="T13" fmla="*/ T12 w 5763"/>
+                              <a:gd name="T14" fmla="+- 0 3492 3444"/>
+                              <a:gd name="T15" fmla="*/ 3492 h 1256"/>
+                              <a:gd name="T16" fmla="+- 0 5226 5226"/>
+                              <a:gd name="T17" fmla="*/ T16 w 5763"/>
+                              <a:gd name="T18" fmla="+- 0 3558 3444"/>
+                              <a:gd name="T19" fmla="*/ 3558 h 1256"/>
+                              <a:gd name="T20" fmla="+- 0 5226 5226"/>
+                              <a:gd name="T21" fmla="*/ T20 w 5763"/>
+                              <a:gd name="T22" fmla="+- 0 4587 3444"/>
+                              <a:gd name="T23" fmla="*/ 4587 h 1256"/>
+                              <a:gd name="T24" fmla="+- 0 5228 5226"/>
+                              <a:gd name="T25" fmla="*/ T24 w 5763"/>
+                              <a:gd name="T26" fmla="+- 0 4652 3444"/>
+                              <a:gd name="T27" fmla="*/ 4652 h 1256"/>
+                              <a:gd name="T28" fmla="+- 0 5240 5226"/>
+                              <a:gd name="T29" fmla="*/ T28 w 5763"/>
+                              <a:gd name="T30" fmla="+- 0 4686 3444"/>
+                              <a:gd name="T31" fmla="*/ 4686 h 1256"/>
+                              <a:gd name="T32" fmla="+- 0 5274 5226"/>
+                              <a:gd name="T33" fmla="*/ T32 w 5763"/>
+                              <a:gd name="T34" fmla="+- 0 4698 3444"/>
+                              <a:gd name="T35" fmla="*/ 4698 h 1256"/>
+                              <a:gd name="T36" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T37" fmla="*/ T36 w 5763"/>
+                              <a:gd name="T38" fmla="+- 0 4700 3444"/>
+                              <a:gd name="T39" fmla="*/ 4700 h 1256"/>
+                              <a:gd name="T40" fmla="+- 0 10875 5226"/>
+                              <a:gd name="T41" fmla="*/ T40 w 5763"/>
+                              <a:gd name="T42" fmla="+- 0 4700 3444"/>
+                              <a:gd name="T43" fmla="*/ 4700 h 1256"/>
+                              <a:gd name="T44" fmla="+- 0 10941 5226"/>
+                              <a:gd name="T45" fmla="*/ T44 w 5763"/>
+                              <a:gd name="T46" fmla="+- 0 4698 3444"/>
+                              <a:gd name="T47" fmla="*/ 4698 h 1256"/>
+                              <a:gd name="T48" fmla="+- 0 10974 5226"/>
+                              <a:gd name="T49" fmla="*/ T48 w 5763"/>
+                              <a:gd name="T50" fmla="+- 0 4686 3444"/>
+                              <a:gd name="T51" fmla="*/ 4686 h 1256"/>
+                              <a:gd name="T52" fmla="+- 0 10987 5226"/>
+                              <a:gd name="T53" fmla="*/ T52 w 5763"/>
+                              <a:gd name="T54" fmla="+- 0 4652 3444"/>
+                              <a:gd name="T55" fmla="*/ 4652 h 1256"/>
+                              <a:gd name="T56" fmla="+- 0 10988 5226"/>
+                              <a:gd name="T57" fmla="*/ T56 w 5763"/>
+                              <a:gd name="T58" fmla="+- 0 4587 3444"/>
+                              <a:gd name="T59" fmla="*/ 4587 h 1256"/>
+                              <a:gd name="T60" fmla="+- 0 10988 5226"/>
+                              <a:gd name="T61" fmla="*/ T60 w 5763"/>
+                              <a:gd name="T62" fmla="+- 0 3558 3444"/>
+                              <a:gd name="T63" fmla="*/ 3558 h 1256"/>
+                              <a:gd name="T64" fmla="+- 0 10987 5226"/>
+                              <a:gd name="T65" fmla="*/ T64 w 5763"/>
+                              <a:gd name="T66" fmla="+- 0 3492 3444"/>
+                              <a:gd name="T67" fmla="*/ 3492 h 1256"/>
+                              <a:gd name="T68" fmla="+- 0 10974 5226"/>
+                              <a:gd name="T69" fmla="*/ T68 w 5763"/>
+                              <a:gd name="T70" fmla="+- 0 3459 3444"/>
+                              <a:gd name="T71" fmla="*/ 3459 h 1256"/>
+                              <a:gd name="T72" fmla="+- 0 10941 5226"/>
+                              <a:gd name="T73" fmla="*/ T72 w 5763"/>
+                              <a:gd name="T74" fmla="+- 0 3446 3444"/>
+                              <a:gd name="T75" fmla="*/ 3446 h 1256"/>
+                              <a:gd name="T76" fmla="+- 0 10875 5226"/>
+                              <a:gd name="T77" fmla="*/ T76 w 5763"/>
+                              <a:gd name="T78" fmla="+- 0 3444 3444"/>
+                              <a:gd name="T79" fmla="*/ 3444 h 1256"/>
+                              <a:gd name="T80" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T81" fmla="*/ T80 w 5763"/>
+                              <a:gd name="T82" fmla="+- 0 3444 3444"/>
+                              <a:gd name="T83" fmla="*/ 3444 h 1256"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T49" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T53" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T57" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T61" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T65" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T69" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T73" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T77" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T81" y="T83"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5763" h="1256">
+                                <a:moveTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="15"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1143"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="1208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="1242"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="1254"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="1256"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5649" y="1256"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5715" y="1254"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5748" y="1242"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5761" y="1208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5762" y="1143"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5762" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5761" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5748" y="15"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5715" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5649" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="00AEEF"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="36" name="Freeform 20"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5215" y="3434"/>
+                            <a:ext cx="5783" cy="454"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 10885 5216"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5783"/>
+                              <a:gd name="T2" fmla="+- 0 3434 3434"/>
+                              <a:gd name="T3" fmla="*/ 3434 h 454"/>
+                              <a:gd name="T4" fmla="+- 0 5329 5216"/>
+                              <a:gd name="T5" fmla="*/ T4 w 5783"/>
+                              <a:gd name="T6" fmla="+- 0 3434 3434"/>
+                              <a:gd name="T7" fmla="*/ 3434 h 454"/>
+                              <a:gd name="T8" fmla="+- 0 5307 5216"/>
+                              <a:gd name="T9" fmla="*/ T8 w 5783"/>
+                              <a:gd name="T10" fmla="+- 0 3437 3434"/>
+                              <a:gd name="T11" fmla="*/ 3437 h 454"/>
+                              <a:gd name="T12" fmla="+- 0 5249 5216"/>
+                              <a:gd name="T13" fmla="*/ T12 w 5783"/>
+                              <a:gd name="T14" fmla="+- 0 3468 3434"/>
+                              <a:gd name="T15" fmla="*/ 3468 h 454"/>
+                              <a:gd name="T16" fmla="+- 0 5218 5216"/>
+                              <a:gd name="T17" fmla="*/ T16 w 5783"/>
+                              <a:gd name="T18" fmla="+- 0 3526 3434"/>
+                              <a:gd name="T19" fmla="*/ 3526 h 454"/>
+                              <a:gd name="T20" fmla="+- 0 5216 5216"/>
+                              <a:gd name="T21" fmla="*/ T20 w 5783"/>
+                              <a:gd name="T22" fmla="+- 0 3548 3434"/>
+                              <a:gd name="T23" fmla="*/ 3548 h 454"/>
+                              <a:gd name="T24" fmla="+- 0 5216 5216"/>
+                              <a:gd name="T25" fmla="*/ T24 w 5783"/>
+                              <a:gd name="T26" fmla="+- 0 3888 3434"/>
+                              <a:gd name="T27" fmla="*/ 3888 h 454"/>
+                              <a:gd name="T28" fmla="+- 0 10998 5216"/>
+                              <a:gd name="T29" fmla="*/ T28 w 5783"/>
+                              <a:gd name="T30" fmla="+- 0 3888 3434"/>
+                              <a:gd name="T31" fmla="*/ 3888 h 454"/>
+                              <a:gd name="T32" fmla="+- 0 10998 5216"/>
+                              <a:gd name="T33" fmla="*/ T32 w 5783"/>
+                              <a:gd name="T34" fmla="+- 0 3548 3434"/>
+                              <a:gd name="T35" fmla="*/ 3548 h 454"/>
+                              <a:gd name="T36" fmla="+- 0 10979 5216"/>
+                              <a:gd name="T37" fmla="*/ T36 w 5783"/>
+                              <a:gd name="T38" fmla="+- 0 3485 3434"/>
+                              <a:gd name="T39" fmla="*/ 3485 h 454"/>
+                              <a:gd name="T40" fmla="+- 0 10928 5216"/>
+                              <a:gd name="T41" fmla="*/ T40 w 5783"/>
+                              <a:gd name="T42" fmla="+- 0 3443 3434"/>
+                              <a:gd name="T43" fmla="*/ 3443 h 454"/>
+                              <a:gd name="T44" fmla="+- 0 10885 5216"/>
+                              <a:gd name="T45" fmla="*/ T44 w 5783"/>
+                              <a:gd name="T46" fmla="+- 0 3434 3434"/>
+                              <a:gd name="T47" fmla="*/ 3434 h 454"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5783" h="454">
+                                <a:moveTo>
+                                  <a:pt x="5669" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="91" y="3"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="33" y="34"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="92"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5782" y="454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5782" y="114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5763" y="51"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5712" y="9"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5669" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="37" name="Text Box 21"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5215" y="3434"/>
+                            <a:ext cx="5783" cy="1276"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="1BD7E3F5" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="109"/>
+                                <w:ind w:left="881" w:right="881"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>IMMEDIATE ACTION</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="4450F376" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="2"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="7098DE51" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:line="249" w:lineRule="auto"/>
+                                <w:ind w:left="881" w:right="881"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Contact local police on 999 </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">AND </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>initiate child protection/adult safeguarding procedures</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:sz w:val="20"/>
+                                </w:rPr>
+                                <w:t>.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="0E100887" id="Group 34" o:spid="_x0000_s1047" style="position:absolute;left:0;text-align:left;margin-left:260.8pt;margin-top:187.9pt;width:289.15pt;height:73.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="5216,3434" coordsize="5783,1276" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHIiasJgkAAEgqAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtmu4zYWfB9g/oHQ4wRpWwsl2+jbQac3&#10;BMgkAaJ8gK4sLxhb8ki61+58/dThIpM2qavuBPPUL5ZslsniKW6npNc/XI4H9ly13b6pH4Lw1Txg&#10;VV026329fQj+yD9+vwhY1xf1ujg0dfUQfK664Ic3//zH6/NpVUXNrjmsq5ahkrpbnU8Pwa7vT6vZ&#10;rCt31bHoXjWnqkbhpmmPRY+v7Xa2boszaj8eZtF8ns7OTbs+tU1ZdR1+fS8Lgzei/s2mKvtfN5uu&#10;6tnhIQC3Xny24vORPmdvXherbVucdvtS0Si+gsWx2NdodKjqfdEX7Knd31V13Jdt0zWb/lXZHGfN&#10;ZrMvK9EH9Cac3/TmU9s8nURftqvz9jSECaG9idNXV1v+8vypPf1++q2V7HH7c1P+p0NcZufTdmWW&#10;0/etBLPH87+bNfQsnvpGdPyyaY9UBbrELiK+n4f4VpeelfgxTrMomvOAlShbRos4UwKUO6hEf+NR&#10;mAYMpXESJ1KccvdB/Z1ni1j+N4yylEpnxUq2K7gqbqQ9BlN3jVf31+L1+644VUKGjuLxW8v2azBE&#10;P+riiBh8bKuKRigLl0SKWgdMx7QzA2qUEKxD3F8MJY8iNCVikqiY6IDyLB0iwu2IFKvyqes/VY1Q&#10;pXj+uevlWF/jTmi9VvRzzIvN8YBh/933bM54HC8Z2hTVYUAPsFDD/jVj+ZydmWhdVarrijRI1BUn&#10;ScLoQ82zoS6wlk2iLgHasTCSPTCbTDRMMouyxMkM4RlqyxMPM4wro5doNHUyyzRMMkuZmxmWNaM2&#10;HiUInCNmSw2jmC08zEJbgDjhSye10FRAoNzcQlsE8Fo4yYWmCnkY+ejZKsTJMnLTM2UQKA89WwkK&#10;m5ueKUUepj56thQx5ws3PVMLgXLTi2w1vPQiU4088k4IW4yELzInvcgUQ6A89Gw1vOLSmnGdFJFv&#10;VmCamwM5Sblb3MgUQ6A89Gw1vBMjMtXIMUDdy0lsi5GkC/esjU0xBMpNL7bV4L4VJTbVyGPf1MAe&#10;ZUdv6R57tFcMYiQpUB56threpTg21chj39SIbTGSbD53jr3YFEOg3PQSW41wvsi4c+omphw51ka3&#10;uomthpdfYqoxxs+WI5wvk9DNz9Qjxx7l4WfLIYRz7WaJKceIvImtB/h5NrTEFCRPfLOD23p4Zwc3&#10;5RiZHdzWA/ywWNECeLt9c1OQHEuGO37c1sO7uHBTjpHFBQcEc7oRP/fOxk1Bcu6bH9zWw7s2c1OO&#10;kbU5tfXw80tNQfLUNz9SWw/v1kaHwGF5GdnaUlsPv76pKUie+uZHauvhPRmkphwjJ4PU1gP8PPMj&#10;NQXJU9/8QHphjhfvwSoz5Rg5WGW2HuDnWV8yU5A8882PzNbDfyY15RAo9/qMpMjsr399zkxB8sw3&#10;PzJbD1r6nPtHZsohUG5+C1sP7/a2MPXIF77psbDl8NKjrPE6PagTV3rIILc6Iyp2OkkqL7XKknDH&#10;CvIy5iLLPTUdpak5CCIhy2OVhAJFKZUHDPUInE0CI5QExllf5rfjVdMRXsD5NDh0F3CRqKLv47XT&#10;EZfgOJtOIaPS1BxnxUlw1VWc3abA6UhGZHCWmgRXXcXZZgqcTixUO44ak+BKU+z8k+Cqq9iIp8Bp&#10;eyUy2BcnwVVXsU1NgdPmQ7Vj15gEV13FIj4JrrqKNXUKnFZKIpNN6yotXAI+rau0kBAcK4BBRo57&#10;NcFbWIS35mAbMJiDj/SfYnUqeloX9C07w6UStssOfid5FlRybJ6rvBGYnhaIUE1M4W+hvWv5oTZx&#10;dCIEwUjR04X6epKVYZsAKNQh0qX6KlFYDAFChbKnulBfJQgLMNUUCkMGvHSpvt6gdNh0sb6aLYbR&#10;fLxNNCYajXDcH+OmYoGYjrPTsdWGkbcbPKVzNPVXWUt+ZIbgKuR44zwbaL7QHQwSOfpeDBCQUjzo&#10;Mh5xEzkay6HxF8bDtTvjg4vrAI1LOERcj3s9YPRVDhyt4C2qPDRdJYcIzTrh7w7TD+KZjmbdfNwf&#10;DgDTIKZJCU94Ljfprjns11RKhV27fXx3aNlzQU8A5m8/fPioImfBTm3Xvy+6ncSJIoIVK1jw9Vrc&#10;7api/UHd98X+IO/FmBJmubRzpf/72Kw/w9ptG/nAAQ9IcLNr2j8DdsbDhoeg++9T0VYBO/xUw51e&#10;hgnl1r34kvCMPKjWLHk0S4q6RFUPQR/gaEK373r5ROPp1O63O7QUikWpbt7Cnd/syfiFQd6tJCv1&#10;BQb5/8spx7H0xilHB0Hq73fK1TS+Pj24OuX62UEyLC/6kYU5rL7AKMfxekH2B55YiPEx6pTLHcj0&#10;tm8PrzGdrfVDj2td2B+NsytAO6Z6YFZmJxI8jsjCvyeGRW6oTBnl98TsJII4OYlhJx7qEiAnMTuD&#10;4PGcDIV7Ylinh8qUT35P7M4nj8lKvQ/ZjU8OlJPanU2euIPmtMkd7GwNYvgsbnamCALlZmfLgKCR&#10;1XEfudDUQbvkDna2EDGH6e6MnamEQDnZ3ZnksOdd7Jwm+T276GYycFheLnaWSR4Tys3OloKIudmZ&#10;UuSRtDkc7Gwp4gVcJyc7UwqBcrOzpYCLAD/YGTxTC+2R39O78ci99CyP3E/vxiL303N65A56thhC&#10;NVf0LI/cr21si0EekXvaOj1yBz1bjTjBmu6kZ4ohUE5x7yxyPOZ2iuu0yO/p3Vjk8DhiJz3LIhco&#10;Nz1bDP8WllhTQznkDnq2GhQ4Nz1rahBqoIcD1DcHxmcdfXNgfJGhAYrULrcdGEoSBu/u61J7DHKG&#10;1J4OWXT+v2buMnfhKZnPaFknL1fAtCTHRi1ljjie9inrS550RMIhPQS7KplDLscztC8xAK4nZd2Q&#10;vqpQZOTAIhSTgS8ZD0hbpR80GGW6RX3VLdPhDS1rG0gX66tHK138JYmmlSZOzCYPwg4eUtRvOaLx&#10;ip7nbSpsEDJHzCll+7G5MKx9do7I+gt+19mteq+K1c27HRz66m3bNmfK0ZFPS+/RSi+/4HWrCUnk&#10;3Qto8AnhINDrVoxuHgJafMQCojNKDAINoXVlGBzkX1g/uEdLf3m8iPfORLZ5zeYnewyDvzB4C7iR&#10;vgJu/kZPQbyLh9cVhX2jXq2k9yHN78KDuL4A+uZ/AAAA//8DAFBLAwQUAAYACAAAACEAZHs8jeEA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb41kB6e1azmE0PYUCkkKpTfF&#10;2tgm1spYiu38feVTe1zmMfsmX0+mZQP2rrEkIVoIYEil1Q1VEr6O708vwJxXpFVrCSXc0MG6uL/L&#10;VabtSHscDr5ioYRcpiTU3ncZ566s0Si3sB1SyM62N8qHs6+47tUYyk3LYyFW3KiGwodadbitsbwc&#10;rkbCx6jGzTJ6G3aX8/b2c0w+v3cRSvn4MG1egXmc/B8Ms35QhyI4neyVtGOthCSOVgGVsHxOwoaZ&#10;EGmaAjvNWSyAFzn/P6L4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAciJqwmCQAASCoA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGR7PI3hAAAA&#10;DAEAAA8AAAAAAAAAAAAAAAAAgAsAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACODAAA&#10;AAA=&#10;">
+                <v:shape id="Freeform 19" o:spid="_x0000_s1048" style="position:absolute;left:5225;top:3444;width:5763;height:1256;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5763,1256" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0bYgPvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimqooUo2iguBJ8OcBlmb7o82mNNHWtzeC4HGYmW+Y1aY1pXhR7QrLCsajCARxYnXB&#10;mYLb9TBcgHAeWWNpmRS8ycFm3e2sMNa24TO9Lj4TAcIuRgW591UspUtyMuhGtiIOXmprgz7IOpO6&#10;xibATSknUTSXBgsOCzlWtM8peVyeRsFu0LT70yK9O0I9fg7SbHbjRql+r90uQXhq/T/8ax+1gukM&#10;vl/CD5DrDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0bYgPvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m113,l48,2,14,15,2,48,,114,,1143r2,65l14,1242r34,12l113,1256r5536,l5715,1254r33,-12l5761,1208r1,-65l5762,114r-1,-66l5748,15,5715,2,5649,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="113,3444;48,3446;14,3459;2,3492;0,3558;0,4587;2,4652;14,4686;48,4698;113,4700;5649,4700;5715,4698;5748,4686;5761,4652;5762,4587;5762,3558;5761,3492;5748,3459;5715,3446;5649,3444;113,3444" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Freeform 20" o:spid="_x0000_s1049" style="position:absolute;left:5215;top:3434;width:5783;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5783,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDBjxPAxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heYI33agoJXWV4h8QLAVte+jtkX3Jhmbfhuwak376bqHgcZiZ3zDrbWcr0VLjS8cKZtME&#10;BHHmdMmFgo/34+QJhA/IGivHpKAnD9vNcLDGVLs7X6i9hkJECPsUFZgQ6lRKnxmy6KeuJo5e7hqL&#10;IcqmkLrBe4TbSs6TZCUtlhwXDNa0M5R9X29WwflrP+t/Xi89vi1Mts8/l/mhXSo1HnUvzyACdeER&#10;/m+ftILFCv6+xB8gN78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwY8TwMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m5669,l113,,91,3,33,34,2,92,,114,,454r5782,l5782,114,5763,51,5712,9,5669,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5669,3434;113,3434;91,3437;33,3468;2,3526;0,3548;0,3888;5782,3888;5782,3548;5763,3485;5712,3443;5669,3434" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Text Box 21" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:5215;top:3434;width:5783;height:1276;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRZWajxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredFMFbdOsIqWFglCM6aHH1+xLsph9G7Nbjf++Kwgeh5n5hsnWg23FiXpvHCt4miYg&#10;iEunDdcKvouPyTMIH5A1to5JwYU8rFcPowxT7c6c02kfahEh7FNU0ITQpVL6siGLfuo64uhVrrcY&#10;ouxrqXs8R7ht5SxJFtKi4bjQYEdvDZWH/Z9VsPnh/N0cv353eZWbonhJeLs4KDV+HDavIAIN4R6+&#10;tT+1gvkSrl/iD5CrfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRZWajxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="1BD7E3F5" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="109"/>
+                          <w:ind w:left="881" w:right="881"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>IMMEDIATE ACTION</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="4450F376" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="2"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="7098DE51" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:line="249" w:lineRule="auto"/>
+                          <w:ind w:left="881" w:right="881"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Contact local police on 999 </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">AND </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>initiate child protection/adult safeguarding procedures</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:sz w:val="20"/>
+                          </w:rPr>
+                          <w:t>.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="007B6432">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FB8972E" wp14:editId="4C8E00D0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3314700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3619500</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3800475" cy="1419225"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="9525"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Group 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3800475" cy="1419225"/>
+                          <a:chOff x="5215" y="5376"/>
+                          <a:chExt cx="5985" cy="1677"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="24" name="Freeform 29"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5225" y="5386"/>
+                            <a:ext cx="5975" cy="1256"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5763"/>
+                              <a:gd name="T2" fmla="+- 0 5387 5387"/>
+                              <a:gd name="T3" fmla="*/ 5387 h 1256"/>
+                              <a:gd name="T4" fmla="+- 0 5274 5226"/>
+                              <a:gd name="T5" fmla="*/ T4 w 5763"/>
+                              <a:gd name="T6" fmla="+- 0 5389 5387"/>
+                              <a:gd name="T7" fmla="*/ 5389 h 1256"/>
+                              <a:gd name="T8" fmla="+- 0 5240 5226"/>
+                              <a:gd name="T9" fmla="*/ T8 w 5763"/>
+                              <a:gd name="T10" fmla="+- 0 5401 5387"/>
+                              <a:gd name="T11" fmla="*/ 5401 h 1256"/>
+                              <a:gd name="T12" fmla="+- 0 5228 5226"/>
+                              <a:gd name="T13" fmla="*/ T12 w 5763"/>
+                              <a:gd name="T14" fmla="+- 0 5435 5387"/>
+                              <a:gd name="T15" fmla="*/ 5435 h 1256"/>
+                              <a:gd name="T16" fmla="+- 0 5226 5226"/>
+                              <a:gd name="T17" fmla="*/ T16 w 5763"/>
+                              <a:gd name="T18" fmla="+- 0 5500 5387"/>
+                              <a:gd name="T19" fmla="*/ 5500 h 1256"/>
+                              <a:gd name="T20" fmla="+- 0 5226 5226"/>
+                              <a:gd name="T21" fmla="*/ T20 w 5763"/>
+                              <a:gd name="T22" fmla="+- 0 6529 5387"/>
+                              <a:gd name="T23" fmla="*/ 6529 h 1256"/>
+                              <a:gd name="T24" fmla="+- 0 5228 5226"/>
+                              <a:gd name="T25" fmla="*/ T24 w 5763"/>
+                              <a:gd name="T26" fmla="+- 0 6595 5387"/>
+                              <a:gd name="T27" fmla="*/ 6595 h 1256"/>
+                              <a:gd name="T28" fmla="+- 0 5240 5226"/>
+                              <a:gd name="T29" fmla="*/ T28 w 5763"/>
+                              <a:gd name="T30" fmla="+- 0 6628 5387"/>
+                              <a:gd name="T31" fmla="*/ 6628 h 1256"/>
+                              <a:gd name="T32" fmla="+- 0 5274 5226"/>
+                              <a:gd name="T33" fmla="*/ T32 w 5763"/>
+                              <a:gd name="T34" fmla="+- 0 6641 5387"/>
+                              <a:gd name="T35" fmla="*/ 6641 h 1256"/>
+                              <a:gd name="T36" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T37" fmla="*/ T36 w 5763"/>
+                              <a:gd name="T38" fmla="+- 0 6643 5387"/>
+                              <a:gd name="T39" fmla="*/ 6643 h 1256"/>
+                              <a:gd name="T40" fmla="+- 0 10875 5226"/>
+                              <a:gd name="T41" fmla="*/ T40 w 5763"/>
+                              <a:gd name="T42" fmla="+- 0 6643 5387"/>
+                              <a:gd name="T43" fmla="*/ 6643 h 1256"/>
+                              <a:gd name="T44" fmla="+- 0 10941 5226"/>
+                              <a:gd name="T45" fmla="*/ T44 w 5763"/>
+                              <a:gd name="T46" fmla="+- 0 6641 5387"/>
+                              <a:gd name="T47" fmla="*/ 6641 h 1256"/>
+                              <a:gd name="T48" fmla="+- 0 10974 5226"/>
+                              <a:gd name="T49" fmla="*/ T48 w 5763"/>
+                              <a:gd name="T50" fmla="+- 0 6628 5387"/>
+                              <a:gd name="T51" fmla="*/ 6628 h 1256"/>
+                              <a:gd name="T52" fmla="+- 0 10987 5226"/>
+                              <a:gd name="T53" fmla="*/ T52 w 5763"/>
+                              <a:gd name="T54" fmla="+- 0 6595 5387"/>
+                              <a:gd name="T55" fmla="*/ 6595 h 1256"/>
+                              <a:gd name="T56" fmla="+- 0 10988 5226"/>
+                              <a:gd name="T57" fmla="*/ T56 w 5763"/>
+                              <a:gd name="T58" fmla="+- 0 6529 5387"/>
+                              <a:gd name="T59" fmla="*/ 6529 h 1256"/>
+                              <a:gd name="T60" fmla="+- 0 10988 5226"/>
+                              <a:gd name="T61" fmla="*/ T60 w 5763"/>
+                              <a:gd name="T62" fmla="+- 0 5500 5387"/>
+                              <a:gd name="T63" fmla="*/ 5500 h 1256"/>
+                              <a:gd name="T64" fmla="+- 0 10987 5226"/>
+                              <a:gd name="T65" fmla="*/ T64 w 5763"/>
+                              <a:gd name="T66" fmla="+- 0 5435 5387"/>
+                              <a:gd name="T67" fmla="*/ 5435 h 1256"/>
+                              <a:gd name="T68" fmla="+- 0 10974 5226"/>
+                              <a:gd name="T69" fmla="*/ T68 w 5763"/>
+                              <a:gd name="T70" fmla="+- 0 5401 5387"/>
+                              <a:gd name="T71" fmla="*/ 5401 h 1256"/>
+                              <a:gd name="T72" fmla="+- 0 10941 5226"/>
+                              <a:gd name="T73" fmla="*/ T72 w 5763"/>
+                              <a:gd name="T74" fmla="+- 0 5389 5387"/>
+                              <a:gd name="T75" fmla="*/ 5389 h 1256"/>
+                              <a:gd name="T76" fmla="+- 0 10875 5226"/>
+                              <a:gd name="T77" fmla="*/ T76 w 5763"/>
+                              <a:gd name="T78" fmla="+- 0 5387 5387"/>
+                              <a:gd name="T79" fmla="*/ 5387 h 1256"/>
+                              <a:gd name="T80" fmla="+- 0 5339 5226"/>
+                              <a:gd name="T81" fmla="*/ T80 w 5763"/>
+                              <a:gd name="T82" fmla="+- 0 5387 5387"/>
+                              <a:gd name="T83" fmla="*/ 5387 h 1256"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T49" y="T51"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T53" y="T55"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T57" y="T59"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T61" y="T63"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T65" y="T67"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T69" y="T71"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T73" y="T75"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T77" y="T79"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T81" y="T83"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5763" h="1256">
+                                <a:moveTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1142"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="1208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14" y="1241"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="48" y="1254"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="1256"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5649" y="1256"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5715" y="1254"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5748" y="1241"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5761" y="1208"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5762" y="1142"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5762" y="113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5761" y="48"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5748" y="14"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5715" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5649" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="12700">
+                            <a:solidFill>
+                              <a:srgbClr val="00AEEF"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="25" name="Freeform 30"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5215" y="5376"/>
+                            <a:ext cx="5985" cy="572"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 10885 5216"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5783"/>
+                              <a:gd name="T2" fmla="+- 0 5377 5377"/>
+                              <a:gd name="T3" fmla="*/ 5377 h 454"/>
+                              <a:gd name="T4" fmla="+- 0 5329 5216"/>
+                              <a:gd name="T5" fmla="*/ T4 w 5783"/>
+                              <a:gd name="T6" fmla="+- 0 5377 5377"/>
+                              <a:gd name="T7" fmla="*/ 5377 h 454"/>
+                              <a:gd name="T8" fmla="+- 0 5307 5216"/>
+                              <a:gd name="T9" fmla="*/ T8 w 5783"/>
+                              <a:gd name="T10" fmla="+- 0 5379 5377"/>
+                              <a:gd name="T11" fmla="*/ 5379 h 454"/>
+                              <a:gd name="T12" fmla="+- 0 5249 5216"/>
+                              <a:gd name="T13" fmla="*/ T12 w 5783"/>
+                              <a:gd name="T14" fmla="+- 0 5410 5377"/>
+                              <a:gd name="T15" fmla="*/ 5410 h 454"/>
+                              <a:gd name="T16" fmla="+- 0 5218 5216"/>
+                              <a:gd name="T17" fmla="*/ T16 w 5783"/>
+                              <a:gd name="T18" fmla="+- 0 5468 5377"/>
+                              <a:gd name="T19" fmla="*/ 5468 h 454"/>
+                              <a:gd name="T20" fmla="+- 0 5216 5216"/>
+                              <a:gd name="T21" fmla="*/ T20 w 5783"/>
+                              <a:gd name="T22" fmla="+- 0 5490 5377"/>
+                              <a:gd name="T23" fmla="*/ 5490 h 454"/>
+                              <a:gd name="T24" fmla="+- 0 5216 5216"/>
+                              <a:gd name="T25" fmla="*/ T24 w 5783"/>
+                              <a:gd name="T26" fmla="+- 0 5830 5377"/>
+                              <a:gd name="T27" fmla="*/ 5830 h 454"/>
+                              <a:gd name="T28" fmla="+- 0 10998 5216"/>
+                              <a:gd name="T29" fmla="*/ T28 w 5783"/>
+                              <a:gd name="T30" fmla="+- 0 5830 5377"/>
+                              <a:gd name="T31" fmla="*/ 5830 h 454"/>
+                              <a:gd name="T32" fmla="+- 0 10998 5216"/>
+                              <a:gd name="T33" fmla="*/ T32 w 5783"/>
+                              <a:gd name="T34" fmla="+- 0 5490 5377"/>
+                              <a:gd name="T35" fmla="*/ 5490 h 454"/>
+                              <a:gd name="T36" fmla="+- 0 10979 5216"/>
+                              <a:gd name="T37" fmla="*/ T36 w 5783"/>
+                              <a:gd name="T38" fmla="+- 0 5427 5377"/>
+                              <a:gd name="T39" fmla="*/ 5427 h 454"/>
+                              <a:gd name="T40" fmla="+- 0 10928 5216"/>
+                              <a:gd name="T41" fmla="*/ T40 w 5783"/>
+                              <a:gd name="T42" fmla="+- 0 5386 5377"/>
+                              <a:gd name="T43" fmla="*/ 5386 h 454"/>
+                              <a:gd name="T44" fmla="+- 0 10885 5216"/>
+                              <a:gd name="T45" fmla="*/ T44 w 5783"/>
+                              <a:gd name="T46" fmla="+- 0 5377 5377"/>
+                              <a:gd name="T47" fmla="*/ 5377 h 454"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T17" y="T19"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T21" y="T23"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T25" y="T27"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T29" y="T31"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T33" y="T35"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T37" y="T39"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T41" y="T43"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T45" y="T47"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5783" h="454">
+                                <a:moveTo>
+                                  <a:pt x="5669" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="113" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="91" y="2"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="33" y="33"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2" y="91"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="453"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5782" y="453"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5782" y="113"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5763" y="50"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5712" y="9"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="5669" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="26" name="Freeform 31"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="7706" y="6652"/>
+                            <a:ext cx="802" cy="401"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 7706 7706"/>
+                              <a:gd name="T1" fmla="*/ T0 w 802"/>
+                              <a:gd name="T2" fmla="+- 0 6652 6652"/>
+                              <a:gd name="T3" fmla="*/ 6652 h 401"/>
+                              <a:gd name="T4" fmla="+- 0 8107 7706"/>
+                              <a:gd name="T5" fmla="*/ T4 w 802"/>
+                              <a:gd name="T6" fmla="+- 0 7053 6652"/>
+                              <a:gd name="T7" fmla="*/ 7053 h 401"/>
+                              <a:gd name="T8" fmla="+- 0 8508 7706"/>
+                              <a:gd name="T9" fmla="*/ T8 w 802"/>
+                              <a:gd name="T10" fmla="+- 0 6653 6652"/>
+                              <a:gd name="T11" fmla="*/ 6653 h 401"/>
+                              <a:gd name="T12" fmla="+- 0 7706 7706"/>
+                              <a:gd name="T13" fmla="*/ T12 w 802"/>
+                              <a:gd name="T14" fmla="+- 0 6652 6652"/>
+                              <a:gd name="T15" fmla="*/ 6652 h 401"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T9" y="T11"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T13" y="T15"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="802" h="401">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="401" y="401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="802" y="1"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="00AEEF"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="27" name="Text Box 32"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5215" y="5376"/>
+                            <a:ext cx="5640" cy="1677"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="3FFA9669" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="00DD0B16">
+                              <w:pPr>
+                                <w:spacing w:before="109"/>
+                                <w:ind w:left="389"/>
+                                <w:jc w:val="both"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>TALK TO PATIENT ABOUT THE RISKS TO CHILDREN</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="0B690D2B" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:before="11"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="23"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="582AE7FC" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="00DD0B16">
+                              <w:pPr>
+                                <w:spacing w:line="250" w:lineRule="auto"/>
+                                <w:ind w:left="567" w:right="1242"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>If the children are at risk: Initiate child protection</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="54"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>procedures</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="0FB8972E" id="Group 23" o:spid="_x0000_s1051" style="position:absolute;left:0;text-align:left;margin-left:261pt;margin-top:285pt;width:299.25pt;height:111.75pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="5215,5376" coordsize="5985,1677" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjD2FmCwoAAL4wAAAOAAAAZHJzL2Uyb0RvYy54bWzsW9mO47gVfQ+QfxD0mGDa2ijJRrsHnd4Q&#10;YJIMMMoHqGx5QWzLkVRl93x9zuUikzIpqxcEQdAvZVXxmDq8h5fkPVK9/vl6PHgvVdPu69PSD18F&#10;vledVvV6f9ou/X8WH3/Kfa/tytO6PNSnaul/rlr/5zd//MPry3lRRfWuPqyrxkMnp3ZxOS/9Xded&#10;F7NZu9pVx7J9VZ+rExo3dXMsO/zabGfrpryg9+NhFgVBOrvUzfrc1KuqbfHX96LRf8P732yqVfeP&#10;zaatOu+w9MGt4z8b/vOJfs7evC4X26Y87/YrSaP8ChbHcn/CTfuu3pdd6T03+7uujvtVU7f1pnu1&#10;qo+zerPZryo+BowmDAaj+dTUz2c+lu3isj33YUJoB3H66m5Xf3/51Jx/O//aCPa4/KVe/atFXGaX&#10;83aht9PvWwH2ni5/q9fQs3zuaj7w66Y5UhcYknfl8f3cx7e6dt4Kf4zzIEgy5nsrtIVJOI8iJhRY&#10;7SATfY9FIdrRzOIsVW0f5PfZPFdfTrOMWmflQtyYk5XkSHzMpvYWsPbbAvbbrjxXXIeWAvJr4+3X&#10;Sz9KfO9UHhGEj01V0RT1ojmRorsDpoLa6hHVWgjWIvAPY8koTCImuYyJiiib9+GMGG/rI1IuVs9t&#10;96mquSzlyy9tJyb7Gldc7LWkXyAxNscD5v2ff/ICj8Xx3MM95a22PSxUsD/NvCLwLh7L0lhodANF&#10;CiT7yjN0mHOxkB19X7GCoS9q93ZeKEegwxBinVmUJVZmCI+AEbPEwSxVIMUMo7QwyxRMMJs7mGFd&#10;M5glCJwlZnMFI2a5g1k4ECAJQiu1UFeAEcoetXAgQhTlVnKhrkIRRi56AxWSmNnp6TIwQjnoDZRA&#10;2Oz0dCmKMHXRG0jBAprD91Mu1LVghLLTiwZquOhFuhpF5EwIU4yURfZ5F+licJSD3kANl7i0ZtyS&#10;InJlBdJcn8gpm9vFjXQxOMpBb6BG5EgMLJU6PVdqxKYYaUpT2SJurIvBUXZ6sakGc60osa5GEbtS&#10;IzbFSNPEnrmxLgZHOeiZajiX4lhXo4hdqRGbYuDGsT16uhgcZaeXmGqEQZ5htliWvUSXo8AUsG8W&#10;iamGk1+iqzHGz5QjDOakh42frkeRuJIjMeXAne3yJrocHOWIn6kH+Dk2tEQXpEhc2cFMPZzZwXQ5&#10;RrKDmXqAH23flvgxXZCCudKDmXo4FxemyzGyuOCIoy9WxM++szFdkIK58oOZejjXZqbLMbI2p6Ye&#10;bn6pLkiRuvIjNfXgm5Zt9cMx7LaYjmxtqamHW99UF6RIXfmRmnrwPd/KT5dj5GSQmnqAnyM/Ul2Q&#10;InXlR2bqwY9MNn6ZLsfIwSoz9QA/x/qS6YIUmSs/MlMPULOfDeiQ3+/lHGVfX1AymfnhWp9RPd06&#10;LDJXfmSmHhQ66/6R6XJwlJ1fPtDDVWnkuh5F7kqP3JTDSS/X1RjQQ720VRVRuVNF0up6klUSrryS&#10;zIyAl7nnuqUytQBBFKkFL3/QBVBUUjnAUI/AqmIdByOUBMZZX9S342g6wnM4L6QfMgmhO4fzQvUh&#10;nI64BMfZdAoZWaYWOCtOgsuh4uw2BU5HMiKDs9QkuBxqPG2odGKh3nHUmNJ7IjXFzj8JLoeKjXgK&#10;nLZXIoN9cRJcDhXb1BQ4bT7UuyjeH04C2gs4fNpQaWkmONbUKWRopeTwaUOlhYvDpw2VFhKCYwXQ&#10;yIghywRv4BEO3cHG9+AOPtF3ysW57GhdUJfeBeYUGR/eDiYWeRbUcqxfqqLmmI4WiFAmJncYcb9b&#10;++Gk4xKssCAYSXqqUX2eRWfYJgAKk1EUFkOA0KEYqepCfYqusABTT2A3BYXz+RhM3DGMgvF7gje/&#10;aYQcG+tOxgIxHR+oiq0yjBBeNUj1KQbLUjpH03hv5phCqE+JzKTt+PDmLOtpPhgOJomYfQ8DBKQM&#10;Zfgg4hpyXMH+5g/mw2044zFnKkDjM6KPuJr3KszqU07oQXao1tWhbisxRSjruL/bpx9lreZonuqP&#10;+8MBYFKfkjKMskBs0m192K+plRrbZvv07tB4LyU9AgjefvjwUc5CA3Zu2u592e4EjjcRrFzAgz+t&#10;+dWuKtcf5HVX7g/ims8+7pYLO1f4v0/1+jOs3aYWTxzwhAQXu7r53fcueNqw9Nt/P5dN5XuHv57g&#10;Ts/DhGrrjv+SsIw8qEZvedJbytMKXS39zsfRhC7fdeKRxvO52W93uFPIF6VT/Rb2/GZPxi8M8nYh&#10;WMlfYJD/t5xy7CADpxy+Dkh9f6f87unBzSlXzw4QXTkB1DMLfVp9gVEO+yMn+yOc4pSLHUj3tpHy&#10;uoMcZ3S2Fo81dBg2Gu3oD9DOS8QCqaOGhQSZjBZiEKLvTBrl98TMIoI4WYlhJ+774iArsWEFEZCh&#10;cB8xrNN9Z9Invyc29MnjjMql+5CZPjmhrNTubPLEHjRarG7kpE1uYTfQIAnJh7aw00VghLKzG8gQ&#10;hWR13EeOjvQaO1HKWdgNhEhQNFvZ6UowQlnZ3ZnksOdt7Kwm+T27aJAMydweO8MkZ4SysxtIgbDZ&#10;2elSFJGwOSzsBlLksYOdLgUjlJ2dKQVchLldWqtHfk9v4JHzG9ukNTxyN72BRe6mZ/XILfQGYri0&#10;NTxyt7axKQZ5RPa0tXrkFnqmGiyJ7Msd6shbnnGUVdw7i3zOH77d5y0VnLe8lRb5Pb2BRQ73AlPZ&#10;sqoYFjlH2emZYri3MCpwNXqu1Bg45MTMTs9IDUL19HCA+uHAuKyjHw6MKzJ2B4aKhN67+7rSHjlI&#10;pT0dsuj8f6vcVVEpHQ5V4twAqowZL3JM1FzUiOpIqhrVp+hKWl/4oJO8q9wVNSQ6HAN9iQGQwIca&#10;64tl5MCS6TAV+Mh4QNmK6KNHPNkavzMd3oBTNpCKl/p0aKWav6TQNMrEidXkgdvBfYn6o0bU3tFz&#10;vE2FbX1YI/KZ/L1rxCwLcCtMnRQP8miSlQtVI+YBJhW9m4ZXa+T0+8YSkW7m8TvyG93efzI2f3q+&#10;QfceYEBG7MD8hSWi690437rSqxMOws4q+LsLxDxEHWbjZe76dl7mASwLWGzlpe/4HGTlZZ6+chbk&#10;Vl764YvXh5Z4DcpDxMJOzCgPOcrKbFAeuqXUBRBvUdnImQcvLhT9GIpOBkZ/7uKontz/5UHpmzds&#10;nrS0X2PO2/ZrseGp7cS1WdO3+U7WZ77aKtSn2FH43bBCqPVBtapPgTLvqdp+bDr/c8Yk1iix6RS0&#10;B/ylvnqofrEMa5uO113xd8Vcvszrnep3OzwWrt42TX0hYxgmrpgT2ldFPxPf8XU7lynVlPyV6eFb&#10;z3g4Bdua3vH16GLp04mXZ4GyMZFeCkLJ0Z9I6Axp/MF+ROmuT1f+sjN/9kdD+0JjG8yFqY0LYWjj&#10;QpjZuPiORjZ/ARwvyfPzsXyhn97C13/nxvft3w7e/AcAAP//AwBQSwMEFAAGAAgAAAAhAPvkFP3i&#10;AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdTUqsxmxKKeqpCLZC6W2b&#10;TJPQ7GzIbpP03zs96e095vHme9lysq0YsPeNIw3RTIFAKlzZUKXhZ/fx9ALCB0OlaR2hhit6WOb3&#10;d5lJSzfSNw7bUAkuIZ8aDXUIXSqlL2q0xs9ch8S3k+utCWz7Spa9GbnctjJW6lla0xB/qE2H6xqL&#10;8/ZiNXyOZlzNo/dhcz6tr4dd8rXfRKj148O0egMRcAp/YbjhMzrkzHR0Fyq9aDUkccxbAouFYnFL&#10;RLFKQBw1LF7nCcg8k/9H5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4w9hZgsKAAC+&#10;MAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA++QU/eIA&#10;AAAMAQAADwAAAAAAAAAAAAAAAABlDAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHQN&#10;AAAAAA==&#10;">
+                <v:shape id="Freeform 29" o:spid="_x0000_s1052" style="position:absolute;left:5225;top:5386;width:5975;height:1256;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5763,1256" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBe+LtJvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimioqUo2iguBJ8OcBlmb7o82mNNHWtzeC4HGYmW+Y1aY1pXhR7QrLCsajCARxYnXB&#10;mYLb9TBcgHAeWWNpmRS8ycFm3e2sMNa24TO9Lj4TAcIuRgW591UspUtyMuhGtiIOXmprgz7IOpO6&#10;xibATSknUTSXBgsOCzlWtM8peVyeRsFu0LT70yK9O0I9fg7SbHbjRql+r90uQXhq/T/8ax+1gskU&#10;vl/CD5DrDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBe+LtJvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m113,l48,2,14,14,2,48,,113,,1142r2,66l14,1241r34,13l113,1256r5536,l5715,1254r33,-13l5761,1208r1,-66l5762,113r-1,-65l5748,14,5715,2,5649,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="117,5387;50,5389;15,5401;2,5435;0,5500;0,6529;2,6595;15,6628;50,6641;117,6643;5857,6643;5925,6641;5959,6628;5973,6595;5974,6529;5974,5500;5973,5435;5959,5401;5925,5389;5857,5387;117,5387" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Freeform 30" o:spid="_x0000_s1053" style="position:absolute;left:5215;top:5376;width:5985;height:572;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5783,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0hBtqxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gre6kYlRVJXKVpBsAja9tDbI/uSDc2+DdltTPz1XaHgcZiZb5jlure16Kj1lWMF00kC&#10;gjh3uuJSwefH7mkBwgdkjbVjUjCQh/Vq9LDETLsLn6g7h1JECPsMFZgQmkxKnxuy6CeuIY5e4VqL&#10;Icq2lLrFS4TbWs6S5FlarDguGGxoYyj/Of9aBYfv7XS4vp8GPM5Nvi2+0uKtS5UaP/avLyAC9eEe&#10;/m/vtYJZCrcv8QfI1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtIQbasYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m5669,l113,,91,2,33,33,2,91,,113,,453r5782,l5782,113,5763,50,5712,9,5669,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="5867,6775;117,6775;94,6777;34,6816;2,6889;0,6917;0,7345;5984,7345;5984,6917;5964,6838;5912,6786;5867,6775" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Freeform 31" o:spid="_x0000_s1054" style="position:absolute;left:7706;top:6652;width:802;height:401;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="802,401" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCYiRd2wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvhX2HcBa803Tr31KNIsKCoDf+PMChOdtUm5Nuk7X17Y0geDnMzDfMYtXZStyo8aVjBV/DBARx&#10;7nTJhYLz6WfwDcIHZI2VY1JwJw+r5UdvgZl2LR/odgyFiBD2GSowIdSZlD43ZNEPXU0cvV/XWAxR&#10;NoXUDbYRbiuZJslUWiw5LhisaWMovx7/rYJ9yuXs1F4MTer9JffV7G882inV/+zWcxCBuvAOv9pb&#10;rSCdwvNL/AFy+QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCYiRd2wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l401,401,802,1,,xe" fillcolor="#00aeef" stroked="f">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,6652;401,7053;802,6653;0,6652" o:connectangles="0,0,0,0"/>
+                </v:shape>
+                <v:shape id="Text Box 32" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:5215;top:5376;width:5640;height:1677;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUvPB+xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvutGDrdFVRFooFMQYDx6f2WeymH0bs1uN/74rFDwOM/MNs1h1thY3ar1xrGA8SkAQ&#10;F04bLhUc8q/hBwgfkDXWjknBgzyslv3eAlPt7pzRbR9KESHsU1RQhdCkUvqiIot+5Bri6J1dazFE&#10;2ZZSt3iPcFvLSZJMpUXDcaHChjYVFZf9r1WwPnL2aa7b0y47ZybPZwn/TC9KvQ269RxEoC68wv/t&#10;b61g8g7PL/EHyOUfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFS88H7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="3FFA9669" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="00DD0B16">
+                        <w:pPr>
+                          <w:spacing w:before="109"/>
+                          <w:ind w:left="389"/>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>TALK TO PATIENT ABOUT THE RISKS TO CHILDREN</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="0B690D2B" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:before="11"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="23"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="582AE7FC" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="00DD0B16">
+                        <w:pPr>
+                          <w:spacing w:line="250" w:lineRule="auto"/>
+                          <w:ind w:left="567" w:right="1242"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>If the children are at risk: Initiate child protection</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="54"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>procedures</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00B50545" w:rsidRPr="002A200C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Appendix A</w:t>
+      </w:r>
+      <w:r w:rsidR="004C05C8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="004C05C8" w:rsidRPr="004C05C8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C05C8">
+        <w:t>Domestic Abuse Disclosure Pathway</w:t>
+      </w:r>
+      <w:r w:rsidR="004C05C8" w:rsidRPr="00903EDF">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51218BDA" w14:textId="33EEBE2C" w:rsidR="009275FD" w:rsidRPr="00DD0B16" w:rsidRDefault="00B50545" w:rsidP="003C4A5A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0B16">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="033573"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Responding to domestic abuse: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0B16">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00AEEF"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guidance for general </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0B16">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00AEEF"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>practices</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7785AE8D" w14:textId="02C799A9" w:rsidR="00B50545" w:rsidRDefault="00CC492B" w:rsidP="003C4A5A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Hlk159334539"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21CFCE40" wp14:editId="7F3473FE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>561975</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>255270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6408420" cy="2234565"/>
-                <wp:effectExtent l="4445" t="4445" r="6985" b="8890"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Group 6">
-[...5 lines deleted...]
-                </wp:docPr>
+                <wp:docPr id="6" name="Group 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6408420" cy="2234565"/>
                           <a:chOff x="907" y="7318"/>
                           <a:chExt cx="10092" cy="3519"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="8" name="Freeform 34"/>
                         <wps:cNvSpPr>
                           <a:spLocks/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="917" y="7328"/>
@@ -15533,6344 +22187,827 @@
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="15" name="Text Box 41"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="1717" y="7461"/>
+                            <a:off x="1717" y="7373"/>
                             <a:ext cx="8490" cy="967"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="436AFD12" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="6F61F4A9" w14:textId="77777777" w:rsidR="00053C40" w:rsidRDefault="00053C40" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
                                 <w:ind w:left="29" w:right="48"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
-                                  <w:sz w:val="20"/>
+                                  <w:color w:val="FFFFFF"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                            </w:p>
+                            <w:p w14:paraId="436AFD12" w14:textId="3571F21C" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                              <w:pPr>
+                                <w:spacing w:line="196" w:lineRule="exact"/>
+                                <w:ind w:left="29" w:right="48"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>RESPOND</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="7A7B74DA" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:before="8"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="25"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="6D3EC847" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="249" w:lineRule="auto"/>
                                 <w:ind w:left="29" w:right="48"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Offer the patient an appointment with the designated person responsible for initial assessment</w:t>
+                              </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
-                                <w:t>Offer the patient an appointment with the designated person responsible for initial assessment, who will assess risk and advise and refer</w:t>
+                                <w:t>, who will assess risk and advise and refer</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="13"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>appropriately.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="16" name="Text Box 42"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="1785" y="8654"/>
-                            <a:ext cx="3422" cy="440"/>
+                            <a:off x="2294" y="8444"/>
+                            <a:ext cx="3422" cy="731"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="4A3C666C" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="4A3C666C" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
                                 <w:ind w:left="19" w:right="37"/>
                                 <w:jc w:val="center"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>In this practice the designated person</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="0A321534" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="0A321534" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:before="10"/>
                                 <w:ind w:left="18" w:right="37"/>
                                 <w:jc w:val="center"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>responsible for this step is:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="17" name="Text Box 43"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="6523" y="8654"/>
-                            <a:ext cx="3811" cy="200"/>
+                            <a:off x="7072" y="8444"/>
+                            <a:ext cx="3420" cy="583"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="237E5A87" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="237E5A87" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Or if the designated person is</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="51"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>unavailable:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="18" name="Text Box 44"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="1138" y="9390"/>
+                            <a:off x="1061" y="9364"/>
                             <a:ext cx="609" cy="200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="28ACC1FD" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="28ACC1FD" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Name:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Text Box 45"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="6071" y="9390"/>
+                            <a:off x="5947" y="9415"/>
                             <a:ext cx="609" cy="200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="794EF53D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="794EF53D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Name:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="21" name="Text Box 46"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="1138" y="9900"/>
-                            <a:ext cx="1021" cy="200"/>
+                            <a:off x="1025" y="9761"/>
+                            <a:ext cx="1269" cy="439"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="0C8BDE82" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="0C8BDE82" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Telephone:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="22" name="Text Box 47"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="6071" y="9900"/>
-                            <a:ext cx="1021" cy="200"/>
+                            <a:off x="5947" y="9774"/>
+                            <a:ext cx="1258" cy="339"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="79A0835D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:spacing w:line="196" w:lineRule="exact"/>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Telephone</w:t>
+                              </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:sz w:val="20"/>
                                 </w:rPr>
-                                <w:t>Telephone:</w:t>
+                                <w:t>:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="21CFCE40" id="Group 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:44.3pt;margin-top:387.05pt;width:504.6pt;height:175.95pt;z-index:-251651072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="907,7318" coordsize="10092,3519" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClpLPWbQsAAGhIAAAOAAAAZHJzL2Uyb0RvYy54bWzsXNuS27gRfU9V/oGlx6TW4v2isrzl+FZb&#10;tUm2sswHcCTqUpFEheRY43x9TgMECUCARNtrrZORH0Ycswc46NMAug8w8/LHp/3O+VjWzbY6zCfe&#10;C3filIdFtdwe1vPJP/P3P6QTp2mLw7LYVYdyPvlUNpMfX/3xDy9Px1npV5tqtyxrB40cmtnpOJ9s&#10;2vY4m06bxabcF82L6lge8HJV1fuixbf1erqsixNa3++mvuvG01NVL491tSibBv/7lr+cvGLtr1bl&#10;ov37atWUrbObT4CtZV9r9vWBvk5fvSxm67o4braLDkbxBSj2xfaATvum3hZt4TzW27Om9ttFXTXV&#10;qn2xqPbTarXaLko2BozGc7XRfKirxyMby3p2Wh97N8G1mp++uNnF3z5+qI+/Hn+pOXo8/lwt/tXA&#10;L9PTcT2T39P3a27sPJz+Wi3BZ/HYVmzgT6t6T01gSM4T8++n3r/lU+ss8J9x6KahDxoWeOf7QRjF&#10;EWdgsQFN9HOZm0wcvE0CLxWv3nU/7rlu5vMfDiIvo9fTYsY7ZmA7cEQ+oqkZHNZ8ncN+3RTHkvHQ&#10;kEN+qZ3tcj5BZB+KPXzwvi5LilAnCAkTdQ4r4dNGdqj0hswa+P2qKzNPuMTvXCL8CYckwiFupjqk&#10;mC0em/ZDWTFWio8/Ny2P9SWeGNfLDn4OQlb7HcL+zz84ruO5getQn525sPKE1Z+mTu46JxhS75oV&#10;4EhtJYGfOvRFNwuEGRpjRhsn6EaAOdQjC4UZQ5bFkQlYJIwIWGgDFgsr1lQSYJAmYHA1x8+AwcgM&#10;DNxLw8wCzwQsE0YELLUB81T3J0EYGJF5MgHMygzNUynIvMyEzZMZyD3fik6lIAmS2IxOZoFZWdCp&#10;PCDOjOhkGnIvtqJTeUjC0Dejk6lgVmZ0tDbJvJrR+TITuW+fCyoTmFiemVpfJoObWfCpbFi49WUu&#10;ct86JXyVC3ScZEb3+TId3MyCT+XDMi98mY0cK4RlLQlUNjw3RJyaJm0gE8LNzPgClRHLghLIdOSB&#10;dW5guZejBR37kRmfTAg3s+A7Y8S4FAcyH3lgnR6BSgf1nJgByoxwMzPAUKckTYxrcigzkofWKRKq&#10;hNgRhjInFxHqpGShcXEOZU7y0DpJQp0SG8mhTAohjCx7R6izkiWhaREMZVLy0DpNIp0T2zSJZFKA&#10;ELPJzHKks5KlxmU6kknJI+tEiXRObAtNJJNyaaGJdFayNDX5MJJJySPrTIl0TmxLdSSTcmmpjnVW&#10;LAhjmZQ8ts6UWOXEutXFMicXtrpY58TCMTL0ISPKY+s8iVVGrIlCLDNyIVGIdUYssySWCclj6yxJ&#10;VD6saVYi83EhzaLEW0oVPNeyziQyH3linSOJyoc9QZX5YFbmOZyofHiuZaVOZD5yZHeWzThR+WBJ&#10;u2kvTmQ+mJUZX6rygalk3OpSmY48tU6PVKXDCi+V6dDgoZhci+qo2IiCafF06ComPDkF6Rouq3iP&#10;VUMVaw6EKFjzgGocNAErKq8sxmCPjFl1ddUYriRjZP5jmqaUnpmzmvpq411VmfeF9GXglPRS68hV&#10;x4ChHJSZjxsppYRkjkxuTOuUoTHzcUOlfImZixL58lApeSFz5BxjwFAmwczHDZW2dTLHbjymddpj&#10;mfm4odKGx8zHDZV2HzLHrjEGDG0GzHzcUGltJnOsqWNap6WSmY8bKq1czHzcUGklIXOsABIYPk26&#10;CV5DLtSFwnriQCh8oJ8pZseipXVBPDonSJ5cg9nMJ0zAoFf76mOZV8yopRXC62YmUxvR4fB+d5Dt&#10;KDEEQqapwEy8FJ9H3hj2CRh5wkfirfjkVlgNYYQG+VDFS/HJjbACU0seU62sHXIrP0vH9Bi4fViL&#10;vsSnAj+AEHgRW+cL+FSEmmhHfHbtdb4V6pF1GFlGOR7Ge9USjPrcydd7d91uwl0dEMUJd+V1H8GU&#10;B+tVr1Or3PQajUP/V6ICht2YrsQYDDs/XY7Y3vMi/gWD4lNlUrda7Kqm5GFM04/tsf08BN2yzHmo&#10;3m93OzZVdwc2O/3E5bt1U+22S3pL87Kp1w9vdrXzsaBjAff1u3fvu2hUzI51074tmg23Y6/4OgBd&#10;/rBk3WzKYvmue26L7Y4/syhkCjrXeLko/FAtP0HvrSt+CoFTEzxsqvo/E+eEE4j5pPn3Y1GXE2f3&#10;0wGKdeaFVG637JswSkicquU3D/Kb4rBAU/NJO0GOQo9vWn7M8Xist+sNevJY1nKoXkOyX21JDYZo&#10;3sw4qu4biOY3Us+xNejqOVtgfnP1/OxAQVLPxXFCiAqVh5g4xpCj6rPE8zSFIII+WXQMSjYmaa8r&#10;C/UcvWtWehLrkXouDkKGxrBP9o3Re5Tx3Qjs4rnnQqg0AMOO3rcl1PNzYGoxwfo0AZNrCTswtZLI&#10;MlTu5w5DfAy4uqruHNeZeO57Ro9p4jmsjC7TtXMIVwZoZu3cAE4v6aCQmLyGdXYYaxLAygxOJSFz&#10;Ieyf+43S+sFxQjo3gFNZSEKPDkTOYw3lwdAeszKC05VzF4LROTizcn4OztcmQggR1gROEc4TsjKD&#10;U4kAMCM4mYZeNjeAU3lIEhT1RnAyE8zKDE4lAkKCeUKYVfNzeJpqboWniOZ2eJpkboVnFs0N8FQu&#10;GGkm7wUyG3ZqA5UMwMMZhiHyzJK5AZ7KRhLEdCRyPi0CZVqQlZHcM708w3GHAZ5ZLz+Hp+nlEDBI&#10;0D+Hp8jlzMoMTyUDIpF59zKL5QZ4KhuEzAxPmRpk1cND6nQXYWzq0V2EsXnGLMJQedDLd19Y3SPK&#10;HVT3lGCZivssI2UUdaWoW2zVva4CiOpHfPIqKOPVnNAoxEvxyY06+YtfN2G1BpcRVCuuAfBJajXi&#10;Jem14pFbDVmy6Eh8dhUc7udw+OMtr/VMZSsfyDVhAdUo71zIQQKc+OwcrPMlXn9OnalUiSOLyR2T&#10;hfsKlTFyLxH5tT3zBStK7vUaMaaS6beuEaOIjkZJC3NDJBSsKBNVYuoi/Oi+WugKFfMra8Q4iEIH&#10;XZ5Vf8AwZO500kF9X6wQGV5cxOpRm2tEboYtlg/BXiQSKiM0ORljVaIBmrr3X4Amb/4XoKmZWJRF&#10;gRGanIixW1YGaFqZiDwnSMxuUwpFbmf0m1Yp2jmVa3V+z8qET8/DQKgFn8yE5jwsKf9/qRMG9XVb&#10;OLmbbeAIftMGzt6P2L/5Hih2ebFriE++udAEo3VkWCvEe/HJ7fQ+xdv7HvS9yZS0HvA96B84HMLp&#10;7650UEtaNyHnUL3ZwKx8XdfVidRhKLl841B2Lfpm1O1f3+/yn8zHRR9lawoiuhTC9qZQ1y9JuqbL&#10;vw49zCeU+7LoF1omppUwoUnRpyV07ETCORa0b6Cb77ctbvvvtnvcnnbpHx/QXUS/+qsAlgwJ/J9F&#10;Jzv0U4INBx78Evo3jM4ER8n36Lwf8Ui/IEE6+Vl0sursRtGJIzOkS9iP72snq5nu0SlHJ3JuPToh&#10;195uZx+i87520oJwj045OrFw8ejMSYn4S/Xk4IxADU6nfcL/i4z5W23xXiJ+/yzUt/g0zFAVUQKa&#10;4VovwCGrFOKIyC6/JAFVMlK0SdIZu6tAGTOXf9qnh6fOG58ZN0DMr1TggV+nwAO/SoGH/7VrFB5U&#10;Fz1OmGgkbbG3ihPcEKPNNo35bYpiJjS0IKQDXV6oiAL6hnHCfluznzzPO1ygvenhws4abh4ucUSH&#10;9+ZwSanqpnDBb3jffllh4dLPoecdLtBg9XBhSsPNwwWnZ/yYLQuw52DlH1aX2IUE/PtGSz+FnnW0&#10;0B0gPVr0O3232YticSv2u4yWfgY972jpldUhw9VP924TLcPakglFUmQuuDX5u29F/RR63uHSS51D&#10;uOg6/G3CZVhcvstw6efQ9xou7E+14M/ZsHKx+9M79Pdy5O9ZvTf8gaBX/wUAAP//AwBQSwMEFAAG&#10;AAgAAAAhALEJDJHjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4szYC2&#10;K02naQJO0yQ2JLRb1nhttSapmqzt3h7vBDdb/vT7+/PlZFo2YO8bZyWIWQQMbel0YysJ3/uPpxSY&#10;D8pq1TqLEq7oYVnc3+Uq0260XzjsQsUoxPpMSahD6DLOfVmjUX7mOrR0O7neqEBrX3Hdq5HCTcvn&#10;URRzoxpLH2rV4brG8ry7GAmfoxpXz+J92JxP6+th/7r92QiU8vFhWr0BCziFPxhu+qQOBTkd3cVq&#10;z1oJaRoTKSFJXgSwGxAtEipzpEnM4wh4kfP/JYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAKWks9ZtCwAAaEgAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhALEJDJHjAAAADAEAAA8AAAAAAAAAAAAAAAAAxw0AAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADXDgAAAAA=&#10;">
-                <v:shape id="Freeform 34" o:spid="_x0000_s1027" style="position:absolute;left:917;top:7328;width:10072;height:3099;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10072,3099" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+hqUAwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhF5ENy1BYnSVUmip0EsSQbwN2TEJZmdDdqtpfr17KHh8vO/tfjCtuFHvGssKXpcRCOLS&#10;6oYrBcfic5GAcB5ZY2uZFPyRg/1uOtliqu2dM7rlvhIhhF2KCmrvu1RKV9Zk0C1tRxy4i+0N+gD7&#10;Suoe7yHctPItilbSYMOhocaOPmoqr/mvUVDEWVJ8taf5YbRrE4/n7HT9yZR6mQ3vGxCeBv8U/7u/&#10;tYKwNVwJN0DuHgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+hqUAwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m113,l48,2,14,15,2,48,,114,,2985r2,66l14,3084r34,13l113,3099r9845,l10024,3097r33,-13l10070,3051r1,-66l10071,114r-1,-66l10057,15,10024,2,9958,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+              <v:group w14:anchorId="21CFCE40" id="Group 6" o:spid="_x0000_s1056" style="position:absolute;left:0;text-align:left;margin-left:44.25pt;margin-top:20.1pt;width:504.6pt;height:175.95pt;z-index:-251651072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="907,7318" coordsize="10092,3519" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQVk4zlAsAAHRIAAAOAAAAZHJzL2Uyb0RvYy54bWzsXNuS27gRfU9V/oGlx6TW4v2isrzl+Fap&#10;2iRbWeYDOBJ1qUiiQnKscb4+pwGCAkBAosdr2dmVH0Yaswc4wGmguw8gvfzxab9zPpZ1s60O84n3&#10;wp045WFRLbeH9Xzyr/z9D+nEadrisCx21aGcTz6VzeTHV3/8w8vTcVb61abaLcvaQSOHZnY6zieb&#10;tj3OptNmsSn3RfOiOpYHPFxV9b5o8Wu9ni7r4oTW97up77rx9FTVy2NdLcqmwf++5Q8nr1j7q1W5&#10;aP+xWjVl6+zmE2Br2c+a/Xygn9NXL4vZui6Om+2ig1E8A8W+2B7Qad/U26ItnMd6O2hqv13UVVOt&#10;2heLaj+tVqvtomRjwGg8VxvNh7p6PLKxrGen9bGfJkytNk/Pbnbx948f6uMvx59rjh5vf6oW/24w&#10;L9PTcT2Tn9Pva27sPJz+Vi3BZ/HYVmzgT6t6T01gSM4Tm99P/fyWT62zwH/GoZuGPmhY4JnvB2EU&#10;R5yBxQY00d9lbjJx8DQJvFQ8etf9uee6mc//OIi8jB5PixnvmIHtwBH58KbmPGHNl03YL5viWDIe&#10;GpqQn2tnu5xP4NmHYo85eF+XJXmoE4SEiTqHlZjTRp5Q6QmZNZj3q1OZeWJK/G5KxHxiQhIxIW6m&#10;TkgxWzw27YeyYqwUH39qWu7rS7xjXC87+DkIWe13cPs//+C4jucGrkN9dubCyhNWf5o6ueucYEi9&#10;a1aAI7WVBH7q0A/dLBBmaIwZbZygGwHWUI8sFGYMWRZHJmCRMCJgoQ1YLKxYU0mAQZqAYao5fgYM&#10;RmZg4F4aZhZ4JmCZMCJgqQ2Yp05/EoSBEZknE8CszNA8lYLMy0zYPJmB3POt6FQKkiCJzehkFpiV&#10;BZ3KA/zMiE6mIfdiKzqVhyQMfTM6mQpmZUZHe5PMqxmdLzOR+/a1oDKBheWZqfVlMriZBZ/KhoVb&#10;X+Yi961Lwle5QMdJZpw+X6aDm1nwqXxY1oUvs5Fjh7DsJYHKhueG8FPTog1kQriZGV+gMmLZUAKZ&#10;jjywrg1s97K3oGM/MuOTCeFmFnwDRoxbcSDzkQfW5RGodFDPiRmgzAg3MwMMdUrSxLgnhzIjeWhd&#10;IqFKiB1hKHNyEaFOShYaN+dQ5iQPrYsk1CmxkRzKpBDCyBI7Qp2VLAlNm2Aok5KH1mUS6ZzYlkkk&#10;kwKEWE1mliOdlSw1btORTEoeWRdKpHNi22gimZRLG02ks5KlqWkOI5mUPLKulEjnxLZVRzIpl7bq&#10;WGfFgjCWSclj60qJVU6soS6WObkQ6mKdEwvHyNDPGVEeW9dJrDJiTRRimZELiUKsM2JZJbFMSB5b&#10;V0mi8mFNsxKZjwtpFiXeUqrguZZ9JpH5yBPrGklUPuwJqswHszKv4UTlw3MtO3Ui85Eju7ME40Tl&#10;gyXtplicyHwwKzO+VOUDS8kY6lKZjjy1Lo9UpcMKL5Xp0OChmFyL6qjYiIJp8XToKia8cwrSNVxW&#10;8R6rhirWHAhRsOYB1ThoAlZUXlmMwR4Zs+rqqjGmkoyR+Y9pmlJ6Zs5q6quNd1Vl3hfSl4FT0kut&#10;I1cdA4ZyUGY+bqSUEpI5MrkxrVOGxszHDZXyJWYuSuTLQ6XkhcyRc4wBQ5kEMx83VArrZI5oPKZ1&#10;irHMfNxQKeAx83FDpehD5ogaY8BQMGDm44ZKezOZY08d0zptlcx83FBp52Lm44ZKOwmZYweQwPBl&#10;0i3wGnKhLhTWEwdC4QP9TTE7Fi3tC+Ktc4LkyTWYzXzCBAx6tK8+lnnFjFraIbxuZTK1ER2en+8O&#10;sh0lhkDINBWYiYfi9cgbQ5yAkSfmSDwVr9wKuyGM0CAfqngoXrkRdmBqyWOqlbVDbuVn6ZgeA7d3&#10;a9GXeFXgBxACL2Lr5gJzKlxNtCNeu/a6uRXqkXUYWUY5HsZ71RKM+nySr/fuut2Cuzog8hM+ldfn&#10;CKbcWa/OOrXKTa/ReO7/ilfAsBvTFR+DYTdPlz22n3nh/4JB8aoyqVstdlVTcjem5cdibL8OQbcs&#10;cx6q99vdji3V3YGtTj9xebRuqt12SU9pXTb1+uHNrnY+FnQs4L5+9+59542K2bFu2rdFs+F27BHf&#10;B6DLH5asm01ZLN9179tiu+PvmRcyBZ1rvFwUfqiWn6D31hU/hcCpCd5sqvq/E+eEE4j5pPnPY1GX&#10;E2f31wMU68wLqdxu2S9hlJA4VctPHuQnxWGBpuaTdoIchd6+afkxx+Ox3q436MljWcuheg3JfrUl&#10;NRiieTPjqLpfIJrfSD1HaNDVc7bB/Orq+eBAQVLPxXFCiAqVu5g4xpC96rPE8zSFIII+mXeclWws&#10;0l5XFuo5etes9CTWI/VcHIScG0Oc7Buj5yjjuxHYxXPPhVBpAIaI3rcl1PMhMLWYYH2agMm1hB2Y&#10;WklkGSr34YTBP864uqpuiGsgnvueccY08RxWxinTtXMIVwZoZu3cAE4v6aCQmGYN++x5rEkAKzM4&#10;lYTMhbA/nDdK688TJ6RzAziVhST06EBk6GsoD87tMSsjOF05dyEYDcGZlfMhOF9bCCFEWBM4RThP&#10;yMoMTiUCwIzgZBp62dwATuUhSVDUG8HJTDArMziVCAgJ5gVhVs2H8DTV3ApPEc3t8DTJ3ArPLJob&#10;4KlcMNJMsxfIbNipDVQyAA9nGAbPM0vmBngqG0kQ05HIcFkEyrIgKyO5A708w3GHAZ5ZLx/C0/Ry&#10;CBgk6A/hKXI5szLDU8mASGSOXmax3ABPZYOQmeEpS4OsenhIne4ijE09uoswtpkxizBUHvTy3TOr&#10;e3i5g+qeEixTcZ9lpIyirhR1i62611UAUf2IV14FZbyaExqFeCheuVEnf/HrJqzW4DKCasU1AL5I&#10;rUa8JL1WPHKrc5YsOhKvXQWH+zkc/njLaz1T2coHck1YQDXKOxdykAAnXrsJ1vkSjz+nzlSqxJHF&#10;5I7Jwn2Fyhi5l4j82p75ghUl93qNGFPJ9GvXiFFER6OkhbkhEgpWlIkqMXXhfnRfLXSFivmFNWIc&#10;RKGDLgfVHzCcM3c66aC+L1aIDC8uYvWozTUiN0OI5UOwF4mEyghNTsZYlWiApsb+C9Dk4H8BmpqJ&#10;RVkUGKHJiRi7ZWWAppWJyHOCxDxtSqHI7YzzplWKdk7lWp3fszLh0/MwEGrBJzOhTR62lN9e6oRB&#10;fVkIp+lmARzObwrg7PmI+M1joIjyImqIVx5caIHRPnLeK8Rz8crt9D7F03sM+t5kStoPeAz6Jw6H&#10;cPq7Kx3UktYg5ByqNxuYla/rujqROgwllwcOJWrRL6Nu//p+l/9kPi76KKEpiOhSCItNoa5fknRN&#10;l38dejOfUO7LvF9omVhWwoQWRZ+W0LETCefY0L6Cbr7ftrjtv9vucXvapX98QHcR/epHASwZEvgf&#10;eCc79FOcDQce/BL6V/TOBEfJd++8H/FIH5AgnXzgnaw6u5F34sgM6RLi8X3vZDXT3Ttl70TOrXsn&#10;5NrbRfazd973TtoQ7t4peyc2Lu6dOSkRf6meHJwRqM7ptE/4f5Exf60Q7yX9589wQUsJ8WmYoSqi&#10;BDTDtV48QlYpxBGRXT4nAVUyUrRJ0hm7q0AZM5d/2qeHp+5TeN2kfKb7ADi/WYE3/FYF3vAbFXjz&#10;/3abwoP4orsL046kSHsbd/H9DBsrXCINeVFSzISUFoR0rkvugoOhb+Quffrx+3YXSHC6u7C1fXN3&#10;SYS8b3QXrERyl6i/s3nr3QXC4X17QYSBFqv7C1Mcbu4vnttdWc4CfIJFiUaxCymY3AXfC/CNdhd+&#10;U/8ZyQwc/TcUjegykO4u+uW+20SjKKOP5cEn8OkchuAcjb4Hd+lD9O86GtG5re4u+jnfbdwFlyQ7&#10;wWBQknk+fZqBtpcQd3++Ta4LQeUejeibQ4b+okvyt/GX8/aS4PN7SjTyfPq8AflL8O38pY/R3+v+&#10;wr62BV9tw0rH7mt46Ltz5N9Z7Xf+sqBX/wMAAP//AwBQSwMEFAAGAAgAAAAhABRPRxHhAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAUhO+F/oflFXqru4m1xjQvItL2JEK1IN7W7DMJZndD&#10;dk3iv+96ao/DDDPfZMtRN6ynztXWIEQTAYxMYVVtSoSf/edLAsx5aZRsrCGEGzlY5o8PmUyVHcw3&#10;9TtfslBiXCoRKu/blHNXVKSlm9iWTPDOttPSB9mVXHVyCOW64bEQb1zL2oSFSra0rqi47K4a4WuQ&#10;w2oaffSby3l9O+5n28MmIsTnp3H1DszT6P/CcMcP6JAHppO9GuVYg5Aks5BEeBUxsLsvFvM5sBPC&#10;dBFHwPOM/7+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQVk4zlAsAAHRIAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAUT0cR4QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAO4NAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/A4AAAAA&#10;">
+                <v:shape id="Freeform 34" o:spid="_x0000_s1057" style="position:absolute;left:917;top:7328;width:10072;height:3099;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10072,3099" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+hqUAwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhF5ENy1BYnSVUmip0EsSQbwN2TEJZmdDdqtpfr17KHh8vO/tfjCtuFHvGssKXpcRCOLS&#10;6oYrBcfic5GAcB5ZY2uZFPyRg/1uOtliqu2dM7rlvhIhhF2KCmrvu1RKV9Zk0C1tRxy4i+0N+gD7&#10;Suoe7yHctPItilbSYMOhocaOPmoqr/mvUVDEWVJ8taf5YbRrE4/n7HT9yZR6mQ3vGxCeBv8U/7u/&#10;tYKwNVwJN0DuHgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD+hqUAwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m113,l48,2,14,15,2,48,,114,,2985r2,66l14,3084r34,13l113,3099r9845,l10024,3097r33,-13l10070,3051r1,-66l10071,114r-1,-66l10057,15,10024,2,9958,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="113,7328;48,7330;14,7343;2,7376;0,7442;0,10313;2,10379;14,10412;48,10425;113,10427;9958,10427;10024,10425;10057,10412;10070,10379;10071,10313;10071,7442;10070,7376;10057,7343;10024,7330;9958,7328;113,7328" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
-                <v:shape id="Freeform 35" o:spid="_x0000_s1028" style="position:absolute;left:907;top:7318;width:10092;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10092,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1HUINxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6qYWSo2uUlqEgCA16aHeHtlnEs2+DdmNSfrruwXB4zAz3zCrzWBqcaXWVZYVPM8i&#10;EMS51RUXCr6z7dMbCOeRNdaWScFIDjbrycMKY217PtA19YUIEHYxKii9b2IpXV6SQTezDXHwTrY1&#10;6INsC6lb7APc1HIeRa/SYMVhocSGPkrKL2lnFGRfh+5l/Ex2+S8dsxT3+vxzXCj1OB3elyA8Df4e&#10;vrUTrWAB/1fCDZDrPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1HUINxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m9978,l113,,91,3,33,34,2,92,,114,,454r10091,l10091,114r-19,-63l10021,9,9978,xe" fillcolor="#00aeef" stroked="f">
+                <v:shape id="Freeform 35" o:spid="_x0000_s1058" style="position:absolute;left:907;top:7318;width:10092;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10092,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1HUINxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6qYWSo2uUlqEgCA16aHeHtlnEs2+DdmNSfrruwXB4zAz3zCrzWBqcaXWVZYVPM8i&#10;EMS51RUXCr6z7dMbCOeRNdaWScFIDjbrycMKY217PtA19YUIEHYxKii9b2IpXV6SQTezDXHwTrY1&#10;6INsC6lb7APc1HIeRa/SYMVhocSGPkrKL2lnFGRfh+5l/Ex2+S8dsxT3+vxzXCj1OB3elyA8Df4e&#10;vrUTrWAB/1fCDZDrPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1HUINxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m9978,l113,,91,3,33,34,2,92,,114,,454r10091,l10091,114r-19,-63l10021,9,9978,xe" fillcolor="#00aeef" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="9978,7318;113,7318;91,7321;33,7352;2,7410;0,7432;0,7772;10091,7772;10091,7432;10072,7369;10021,7327;9978,7318" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
-                <v:shape id="Freeform 36" o:spid="_x0000_s1029" style="position:absolute;left:5551;top:10436;width:802;height:401;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="802,401" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC2QOAkwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/gPkZG4jRTYABUCQpOQkMZlwA+wGtMUGqc0Ge3+/XyYtJut9/ze5/W297V6UhurwAYm4wwU&#10;cRFsxaWBy3n/ugQVE7LFOjAZ+KEI283gZY25DR1/0fOUSiUhHHM04FJqcq1j4chjHIeGWLRraD0m&#10;WdtS2xY7Cfe1nmbZXHusWBocNvThqLifvr2B45Srxbm7OXpvjrci1ovH2+zTmNGw361AJerTv/nv&#10;+mAFX+jlFxlAb34BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtkDgJMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m802,l,,401,401,802,xe" fillcolor="#00aeef" stroked="f">
+                <v:shape id="Freeform 36" o:spid="_x0000_s1059" style="position:absolute;left:5551;top:10436;width:802;height:401;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="802,401" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC2QOAkwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvk/gPkZG4jRTYABUCQpOQkMZlwA+wGtMUGqc0Ge3+/XyYtJut9/ze5/W297V6UhurwAYm4wwU&#10;cRFsxaWBy3n/ugQVE7LFOjAZ+KEI283gZY25DR1/0fOUSiUhHHM04FJqcq1j4chjHIeGWLRraD0m&#10;WdtS2xY7Cfe1nmbZXHusWBocNvThqLifvr2B45Srxbm7OXpvjrci1ovH2+zTmNGw361AJerTv/nv&#10;+mAFX+jlFxlAb34BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtkDgJMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m802,l,,401,401,802,xe" fillcolor="#00aeef" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="802,10436;0,10436;401,10837;802,10436" o:connectangles="0,0,0,0"/>
                 </v:shape>
-                <v:rect id="Rectangle 37" o:spid="_x0000_s1030" style="position:absolute;left:2272;top:9250;width:3562;height:444;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWLSBxvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8Mw&#10;DL0P9h+MBr0tTlsYIYtbxlihp5Zl7V2ztTg0lkPsJum/rweD3fR4n6q2s+vESENoPStYZjkIYu1N&#10;y42C09fuuQARIrLBzjMpuFGA7ebxocLS+Ik/aaxjI1IIhxIV2Bj7UsqgLTkMme+JE/fjB4cxwaGR&#10;ZsAphbtOrvL8RTpsOTVY7Ondkr7UV6fg4/Jt42EkZH2etVsXU58fJ6UWT/PbK4hIc/wX/7n3Js1f&#10;wu8v6QC5uQMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWLSBxvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" strokecolor="#00aeef" strokeweight=".5pt"/>
-[...7 lines deleted...]
-                <v:shape id="Text Box 41" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:1717;top:7461;width:8490;height:967;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFTgEvwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1AVlrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAVOAS/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:rect id="Rectangle 37" o:spid="_x0000_s1060" style="position:absolute;left:2272;top:9250;width:3562;height:444;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWLSBxvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8Mw&#10;DL0P9h+MBr0tTlsYIYtbxlihp5Zl7V2ztTg0lkPsJum/rweD3fR4n6q2s+vESENoPStYZjkIYu1N&#10;y42C09fuuQARIrLBzjMpuFGA7ebxocLS+Ik/aaxjI1IIhxIV2Bj7UsqgLTkMme+JE/fjB4cxwaGR&#10;ZsAphbtOrvL8RTpsOTVY7Ondkr7UV6fg4/Jt42EkZH2etVsXU58fJ6UWT/PbK4hIc/wX/7n3Js1f&#10;wu8v6QC5uQMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWLSBxvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" strokecolor="#00aeef" strokeweight=".5pt"/>
+                <v:rect id="Rectangle 38" o:spid="_x0000_s1061" style="position:absolute;left:2272;top:9761;width:3562;height:444;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBm/74GvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNV0GkGmVZFDwp6+p9TGabYjMpTWzrvzcLwt7m8T5nve1dJVpqQulZwcc0A0GsvSm5&#10;UHD52U+WIEJENlh5JgVPCrDdDAdrzI3v+JvacyxECuGQowIbY51LGbQlh2Hqa+LE/frGYUywKaRp&#10;sEvhrpKzLFtIhyWnBos1fVnS9/PDKdjdbzYeW0LW1167+bKrs1On1HjUf65AROrjv/jtPpg0fwZ/&#10;v6QD5OYFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZv++Br0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" filled="f" strokecolor="#00aeef" strokeweight=".5pt"/>
+                <v:rect id="Rectangle 39" o:spid="_x0000_s1062" style="position:absolute;left:7205;top:9250;width:3562;height:444;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJsxudvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNXWGRahQRBU/Kunofk7EpNpPSZNv6783Cwt7m8T5nteldJVpqQulZwWyagSDW3pRc&#10;KLh+HyYLECEiG6w8k4IXBdish4MV5sZ3/EXtJRYihXDIUYGNsc6lDNqSwzD1NXHiHr5xGBNsCmka&#10;7FK4q+RHln1KhyWnBos17Szp5+XHKdg/7zaeWkLWt167+aKrs3On1HjUb5cgIvXxX/znPpo0fw6/&#10;v6QD5PoNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACbMbnb0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" filled="f" strokecolor="#00aeef" strokeweight=".5pt"/>
+                <v:rect id="Rectangle 40" o:spid="_x0000_s1063" style="position:absolute;left:7205;top:9761;width:3562;height:444;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGWoPpvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4X/B/CCb5p6hxDqqnI2GBPDt18P5OzKW0upcna+t8vA2Fv9/H9vN1+dI3oqQuVZwWrZQaCWHtT&#10;cang++t9sQERIrLBxjMpuFOAfTGd7DA3fuAT9edYihTCIUcFNsY2lzJoSw7D0rfEibv5zmFMsCul&#10;6XBI4a6RT1n2Ih1WnBostvRqSdfnH6fgrb7aeOwJWV9G7daboc0+B6Xms/GwBRFpjP/ih/vDpPnP&#10;8PdLOkAWvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCGWoPpvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" strokecolor="#00aeef" strokeweight=".5pt"/>
+                <v:shape id="Text Box 41" o:spid="_x0000_s1064" type="#_x0000_t202" style="position:absolute;left:1717;top:7373;width:8490;height:967;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFTgEvwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1AVlrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAVOAS/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="436AFD12" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="6F61F4A9" w14:textId="77777777" w:rsidR="00053C40" w:rsidRDefault="00053C40" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
                           <w:ind w:left="29" w:right="48"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
-                            <w:sz w:val="20"/>
+                            <w:color w:val="FFFFFF"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                      </w:p>
+                      <w:p w14:paraId="436AFD12" w14:textId="3571F21C" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                        <w:pPr>
+                          <w:spacing w:line="196" w:lineRule="exact"/>
+                          <w:ind w:left="29" w:right="48"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>RESPOND</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="7A7B74DA" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:before="8"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="25"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="6D3EC847" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="249" w:lineRule="auto"/>
                           <w:ind w:left="29" w:right="48"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Offer the patient an appointment with the designated person responsible for initial assessment</w:t>
+                        </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
-                          <w:t>Offer the patient an appointment with the designated person responsible for initial assessment, who will assess risk and advise and refer</w:t>
+                          <w:t>, who will assess risk and advise and refer</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="13"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>appropriately.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 42" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:1785;top:8654;width:3422;height:440;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1nJ9YwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CLHhb0/VQ3GoUWVwQBLHWg8fZZmyDzaTbRK3/3gjC3ubxPme26G0jrtR541jB5ygBQVw6&#10;bbhScCh+PiYgfEDW2DgmBXfysJgP3maYaXfjnK77UIkYwj5DBXUIbSalL2uy6EeuJY7cyXUWQ4Rd&#10;JXWHtxhuGzlOklRaNBwbamzpu6byvL9YBcsj5yvzt/3d5afcFMVXwpv0rNTwvV9OQQTqw7/45V7r&#10;OD+F5y/xADl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPWcn1jBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 42" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;left:2294;top:8444;width:3422;height:731;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1nJ9YwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CLHhb0/VQ3GoUWVwQBLHWg8fZZmyDzaTbRK3/3gjC3ubxPme26G0jrtR541jB5ygBQVw6&#10;bbhScCh+PiYgfEDW2DgmBXfysJgP3maYaXfjnK77UIkYwj5DBXUIbSalL2uy6EeuJY7cyXUWQ4Rd&#10;JXWHtxhuGzlOklRaNBwbamzpu6byvL9YBcsj5yvzt/3d5afcFMVXwpv0rNTwvV9OQQTqw7/45V7r&#10;OD+F5y/xADl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPWcn1jBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="4A3C666C" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="4A3C666C" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
                           <w:ind w:left="19" w:right="37"/>
                           <w:jc w:val="center"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>In this practice the designated person</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="0A321534" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="0A321534" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:before="10"/>
                           <w:ind w:left="18" w:right="37"/>
                           <w:jc w:val="center"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>responsible for this step is:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 43" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:6523;top:8654;width:3811;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCa0DrDwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCHtbUz24u9UoIgrCgljrwePYjG2wmdQmav33G2Fhb/N4nzOdd7YWd2q9caxgOEhAEBdO&#10;Gy4VHPL1xxcIH5A11o5JwZM8zGe9tymm2j04o/s+lCKGsE9RQRVCk0rpi4os+oFriCN3dq3FEGFb&#10;St3iI4bbWo6SZCwtGo4NFTa0rKi47G9WweLI2cpct6ddds5Mnn8n/DO+KPXe7xYTEIG68C/+c290&#10;nP8Jr1/iAXL2CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJrQOsPBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 43" o:spid="_x0000_s1066" type="#_x0000_t202" style="position:absolute;left:7072;top:8444;width:3420;height:583;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCa0DrDwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCHtbUz24u9UoIgrCgljrwePYjG2wmdQmav33G2Fhb/N4nzOdd7YWd2q9caxgOEhAEBdO&#10;Gy4VHPL1xxcIH5A11o5JwZM8zGe9tymm2j04o/s+lCKGsE9RQRVCk0rpi4os+oFriCN3dq3FEGFb&#10;St3iI4bbWo6SZCwtGo4NFTa0rKi47G9WweLI2cpct6ddds5Mnn8n/DO+KPXe7xYTEIG68C/+c290&#10;nP8Jr1/iAXL2CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJrQOsPBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="237E5A87" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="237E5A87" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Or if the designated person is</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="51"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>unavailable:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 44" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:1138;top:9390;width:609;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrT66xxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3umkPoqmrSLEgCKUxPfQ4zY7JYnY2ZldN/33nIHib4b1575vlevCtulIfXWADL9MM&#10;FHEVrOPawHf58TwHFROyxTYwGfijCOvV6GmJuQ03Luh6SLWSEI45GmhS6nKtY9WQxzgNHbFox9B7&#10;TLL2tbY93iTct/o1y2bao2NpaLCj94aq0+HiDWx+uNi68+fvV3EsXFkuMt7PTsZMxsPmDVSiIT3M&#10;9+udFXyBlV9kAL36BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOtPrrHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 44" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;left:1061;top:9364;width:609;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrT66xxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3umkPoqmrSLEgCKUxPfQ4zY7JYnY2ZldN/33nIHib4b1575vlevCtulIfXWADL9MM&#10;FHEVrOPawHf58TwHFROyxTYwGfijCOvV6GmJuQ03Luh6SLWSEI45GmhS6nKtY9WQxzgNHbFox9B7&#10;TLL2tbY93iTct/o1y2bao2NpaLCj94aq0+HiDWx+uNi68+fvV3EsXFkuMt7PTsZMxsPmDVSiIT3M&#10;9+udFXyBlV9kAL36BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOtPrrHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="28ACC1FD" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="28ACC1FD" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Name:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 45" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:6071;top:9390;width:609;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbVWgKwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCN5sqgfRrlFkWWFBEGs97HG2GdtgM6lNVuu/NwfB4+N9L9e9bcSNOm8cK5gkKQji0mnD&#10;lYJTsR3PQfiArLFxTAoe5GG9+hgsMdPuzjndjqESMYR9hgrqENpMSl/WZNEnriWO3Nl1FkOEXSV1&#10;h/cYbhs5TdOZtGg4NtTY0ldN5eX4bxVsfjn/Ntf93yE/56YoFinvZhelRsN+8wkiUB/e4pf7RyuY&#10;xvXxS/wBcvUEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA21VoCsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 45" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;left:5947;top:9415;width:609;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbVWgKwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCN5sqgfRrlFkWWFBEGs97HG2GdtgM6lNVuu/NwfB4+N9L9e9bcSNOm8cK5gkKQji0mnD&#10;lYJTsR3PQfiArLFxTAoe5GG9+hgsMdPuzjndjqESMYR9hgrqENpMSl/WZNEnriWO3Nl1FkOEXSV1&#10;h/cYbhs5TdOZtGg4NtTY0ldN5eX4bxVsfjn/Ntf93yE/56YoFinvZhelRsN+8wkiUB/e4pf7RyuY&#10;xvXxS/wBcvUEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA21VoCsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="794EF53D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="794EF53D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Name:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 46" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:1138;top:9900;width:1021;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0Gc2RxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U08SBvdSCgWCoI0xoPH1+xLsph9G7Orpv++Wyj0OMzMN8x6M9le3Gj0xrGCdJ6A&#10;IK6dNtwqOFbvzy8gfEDW2DsmBd/kYZM/Pqwx0+7OJd0OoRURwj5DBV0IQyalrzuy6OduII5e40aL&#10;IcqxlXrEe4TbXi6SZCktGo4LHQ701lF9PlytguLE5dZc9l+fZVOaqnpNeLc8KzV7mooViEBT+A//&#10;tT+0gkUKv1/iD5D5DwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0Gc2RxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 46" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;left:1025;top:9761;width:1269;height:439;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0Gc2RxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U08SBvdSCgWCoI0xoPH1+xLsph9G7Orpv++Wyj0OMzMN8x6M9le3Gj0xrGCdJ6A&#10;IK6dNtwqOFbvzy8gfEDW2DsmBd/kYZM/Pqwx0+7OJd0OoRURwj5DBV0IQyalrzuy6OduII5e40aL&#10;IcqxlXrEe4TbXi6SZCktGo4LHQ701lF9PlytguLE5dZc9l+fZVOaqnpNeLc8KzV7mooViEBT+A//&#10;tT+0gkUKv1/iD5D5DwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0Gc2RxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="0C8BDE82" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="0C8BDE82" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Telephone:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 47" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:6071;top:9900;width:1021;height:200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEy1PmxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY05hBpdRaSFQqE0xoPHZ/aZLGbfptltTP99t1DwOMzMN8x6O9lOjDR441jBIklB&#10;ENdOG24UHKvX+TMIH5A1do5JwQ952G4eZmsstLtxSeMhNCJC2BeooA2hL6T0dUsWfeJ64uhd3GAx&#10;RDk0Ug94i3DbySxNc2nRcFxosad9S/X18G0V7E5cvpivj/NneSlNVS1Tfs+vSj09TrsViEBTuIf/&#10;229aQZbB35f4A+TmFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAETLU+bEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 47" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;left:5947;top:9774;width:1258;height:339;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEy1PmxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY05hBpdRaSFQqE0xoPHZ/aZLGbfptltTP99t1DwOMzMN8x6O9lOjDR441jBIklB&#10;ENdOG24UHKvX+TMIH5A1do5JwQ952G4eZmsstLtxSeMhNCJC2BeooA2hL6T0dUsWfeJ64uhd3GAx&#10;RDk0Ug94i3DbySxNc2nRcFxosad9S/X18G0V7E5cvpivj/NneSlNVS1Tfs+vSj09TrsViEBTuIf/&#10;229aQZbB35f4A+TmFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAETLU+bEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="79A0835D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:spacing w:line="196" w:lineRule="exact"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Telephone</w:t>
+                        </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:sz w:val="20"/>
                           </w:rPr>
-                          <w:t>Telephone:</w:t>
+                          <w:t>:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0088373B">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F00A472" wp14:editId="1CF99554">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CEEF50C" wp14:editId="3E5E9FC4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>575945</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>137795</wp:posOffset>
+                  <wp:posOffset>2119630</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2142490" cy="1875155"/>
-                <wp:effectExtent l="4445" t="635" r="5715" b="635"/>
+                <wp:extent cx="6515735" cy="1647825"/>
+                <wp:effectExtent l="0" t="0" r="18415" b="9525"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="49" name="Group 49">
-[...5 lines deleted...]
-                </wp:docPr>
+                <wp:docPr id="2" name="Group 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2142490" cy="1875155"/>
-[...5498 lines deleted...]
-                          <a:chExt cx="10092" cy="2325"/>
+                          <a:ext cx="6515735" cy="1647825"/>
+                          <a:chOff x="848" y="11092"/>
+                          <a:chExt cx="10261" cy="2595"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="3" name="Freeform 49"/>
                         <wps:cNvSpPr>
                           <a:spLocks/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="917" y="11112"/>
                             <a:ext cx="10072" cy="2305"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst>
                               <a:gd name="T0" fmla="+- 0 1030 917"/>
                               <a:gd name="T1" fmla="*/ T0 w 10072"/>
                               <a:gd name="T2" fmla="+- 0 11112 11112"/>
                               <a:gd name="T3" fmla="*/ 11112 h 2305"/>
                               <a:gd name="T4" fmla="+- 0 965 917"/>
                               <a:gd name="T5" fmla="*/ T4 w 10072"/>
                               <a:gd name="T6" fmla="+- 0 11114 11112"/>
                               <a:gd name="T7" fmla="*/ 11114 h 2305"/>
                               <a:gd name="T8" fmla="+- 0 931 917"/>
                               <a:gd name="T9" fmla="*/ T8 w 10072"/>
@@ -22261,1344 +23398,1183 @@
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="5" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
-                            <a:off x="907" y="11102"/>
-                            <a:ext cx="10092" cy="2325"/>
+                            <a:off x="848" y="11092"/>
+                            <a:ext cx="10261" cy="2595"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2F5EB33A" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="5F0E967A" w14:textId="46B09B45" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="00053C40">
                               <w:pPr>
                                 <w:spacing w:before="109"/>
                                 <w:ind w:left="4592" w:right="4592"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="25"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
-                                <w:t>RECORD</w:t>
+                                <w:t>RECOR</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00053C40">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>D</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="5F0E967A" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="70B112CE" w14:textId="77777777" w:rsidR="00053C40" w:rsidRDefault="00053C40" w:rsidP="00DD0B16">
                               <w:pPr>
-                                <w:spacing w:before="9"/>
+                                <w:spacing w:before="109"/>
+                                <w:ind w:left="4592" w:right="4592"/>
+                                <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="25"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="4DAFC16D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="4DAFC16D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:numPr>
                                   <w:ilvl w:val="0"/>
                                   <w:numId w:val="22"/>
                                 </w:numPr>
                                 <w:tabs>
                                   <w:tab w:val="left" w:pos="454"/>
                                 </w:tabs>
                                 <w:spacing w:before="1" w:line="250" w:lineRule="exact"/>
                                 <w:ind w:hanging="228"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Consent to share information (or not) and ensure information is shared</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="12"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>appropriately.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="6A9C5D25" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="6A9C5D25" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:numPr>
                                   <w:ilvl w:val="0"/>
                                   <w:numId w:val="22"/>
                                 </w:numPr>
                                 <w:tabs>
                                   <w:tab w:val="left" w:pos="454"/>
                                 </w:tabs>
                                 <w:spacing w:line="240" w:lineRule="exact"/>
                                 <w:ind w:hanging="228"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Explain</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>the</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>need</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="6"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>to</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>document</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>domestic</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="6"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>abuse</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>and</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>document</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="6"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>any</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>injuries</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>for</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="6"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>purposes</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>of</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="5"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>evidence.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="0BAE3986" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="0BAE3986" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:numPr>
                                   <w:ilvl w:val="0"/>
                                   <w:numId w:val="22"/>
                                 </w:numPr>
                                 <w:tabs>
                                   <w:tab w:val="left" w:pos="454"/>
                                   <w:tab w:val="left" w:pos="2431"/>
                                 </w:tabs>
                                 <w:spacing w:line="240" w:lineRule="exact"/>
                                 <w:ind w:hanging="228"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Use</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="22"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>code</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                   <w:u w:val="single" w:color="221E1F"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                   <w:u w:val="single" w:color="221E1F"/>
                                 </w:rPr>
                                 <w:tab/>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>in patient notes to indicate a disclosure of DV – indicate risk level if</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="25"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>known.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="35E17E6E" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="35E17E6E" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:numPr>
                                   <w:ilvl w:val="0"/>
                                   <w:numId w:val="22"/>
                                 </w:numPr>
                                 <w:tabs>
                                   <w:tab w:val="left" w:pos="454"/>
                                 </w:tabs>
                                 <w:spacing w:line="240" w:lineRule="exact"/>
                                 <w:ind w:hanging="228"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Ensure patient is seen alone at future</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="1"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>appointments.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="26BC1702" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="26BC1702" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:numPr>
                                   <w:ilvl w:val="0"/>
                                   <w:numId w:val="22"/>
                                 </w:numPr>
                                 <w:tabs>
                                   <w:tab w:val="left" w:pos="454"/>
                                 </w:tabs>
                                 <w:spacing w:line="240" w:lineRule="exact"/>
                                 <w:ind w:hanging="228"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>Liaise with designated</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="1"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>person.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="18CB616D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                            <w:p w14:paraId="18CB616D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                               <w:pPr>
                                 <w:numPr>
                                   <w:ilvl w:val="0"/>
                                   <w:numId w:val="22"/>
                                 </w:numPr>
                                 <w:tabs>
                                   <w:tab w:val="left" w:pos="454"/>
                                 </w:tabs>
                                 <w:spacing w:line="250" w:lineRule="exact"/>
                                 <w:ind w:hanging="228"/>
-                                <w:rPr>
-[...1 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t>If patient assessed as high risk liaise with MARAC</w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
                                   <w:spacing w:val="3"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r>
+                              <w:r w:rsidRPr="00DD0B16">
                                 <w:rPr>
                                   <w:color w:val="231F20"/>
-                                  <w:sz w:val="20"/>
                                 </w:rPr>
-                                <w:t>Co-ordinator.</w:t>
+                                <w:t>Co-</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>ordinator</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00DD0B16">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6CEEF50C" id="Group 2" o:spid="_x0000_s1072" alt="&quot;&quot;" style="position:absolute;margin-left:45.35pt;margin-top:555.1pt;width:504.6pt;height:116.25pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="907,11102" coordsize="10092,2325" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtYc53MAkAAK8qAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtuuozYUfa/Uf0A8tuqEOyGanGo6N1Wa&#10;tiMN/QAOIRc1AQqck0y/vmvbmBhjJ3Ra9WleTshhxV7ey9v2XvDyx8vpaD0XTXuoyrXtvnBsqyjz&#10;anMod2v79/TdD0vbarus3GTHqizW9ueitX98+Pabl+d6VXjVvjpuisZCI2W7Otdre9919WqxaPN9&#10;ccraF1VdlLi5rZpT1uFrs1tsmuyM1k/Hhec40eJcNZu6qfKibfHfN/ym/cDa326LvPttu22Lzjqu&#10;bXDr2N+G/X2kv4uHl9lq12T1/pD3NLIvYHHKDiU6HZp6k3WZ9dQcJk2dDnlTtdW2e5FXp0W13R7y&#10;go0Bo3EdZTTvm+qpZmPZrc67eggTQqvE6YubzX99ft/Un+qPDWePyw9V/keLuCzO9W4l36fvOw62&#10;Hs+/VBvomT11FRv4ZducqAkMybqw+H4e4ltcOivHP6PAWQYeZMhxzw3iyI9DrkC+h0z0u8SJbYvu&#10;uq7jiXtv+9+7jpN4/Nee77GfLrIV75mx7dmR+phO7TVi7b+L2Kd9VhdMiJYi8rGxDpu17dtWmZ0Q&#10;hHdNUdAUtYKEKFPnQImgtnJEpTsEaxH4u7FM3CEmbh8TEVFEJB4i4owjkq3yp7Z7X1RMl+z5Q9vx&#10;2b7BFVN70/NPIcn2dMTE//4Hy7Fcx3cs6rSHC5QrUN8trNSxzgBS7woKdOS2IKRn4Y9gvhs6Rfg4&#10;EM0xgLW3PJ8PAok04AKBY+SSKNRxCwWIuAUmbpFA8XGi10DPDQEfcQsM3LC6SYNNfFfHLREg4rY0&#10;cXMVERCxSE/OlYWgyEYGdoj5iJ6b6Oi5shAp1DII646FQMcR5gr1r04BV1aD4/TSumNBMOe0BGU1&#10;UjcyEhyrAWLGCMqScJyeIC1WssB6gp4sSOqZU2Osh+v7jq+PoCdrwnEGgmNREr3EWCuv8zn1jPnh&#10;jfVAx1FiIChrwnEGgmNRDCniyYKknjFJ/LEerh+YIujLmnCcnqA/FsWwvviyIKlvTBJ/rAc6dkN9&#10;BH1ZE44zEFREMazOvqxI6huzxB8LQj3HBoayKBynZxgoqjjLWLtIB7ImaWDMk2AsyQ2KgSzLTYqK&#10;Lk4SaNfqQFYlDYyZEiiimHUOZF2IYmhYrQNFGCeJA91yiEOGlMyBMVdCRRVzroSyLqCInNILHSrC&#10;OMlSu2KHsixpaMyWUFHFvN6Esi631ptQEQYUl7oohrIsaWhMl1BRxbxmh7Iut9bsSBHGRDGSZUmx&#10;2Ro25khRxbzvRbIut/a9SBHGJHQky5JGxnSJFFXMZ4dI1uXW2SFShDGlSyTLkkbGdIkVVRAew/kr&#10;lnWh84/p/EVHc+n04JoWnViWJY2N6RIrqqBv0/lV1gUw4PQZHSvCmJbuWJYljY3pEiuqUHj0u0ss&#10;60IUPQPFpSKMYf9byqqkS2O2LBVRzAyXsiwqQxSeO1FIZXtRW+WXsi+ucGVlZII4rDyuq5bK2xQk&#10;Ud2mPh2Z0QRQVIkZwBCRwKwQuwtGOAmM4mBO03ToZ3BRM95m0legqcsK3Ltc6EBMreMYO4cMHU8Z&#10;fN5I6bBIcBzx5rRORzcGnzdUOkcx+Lyh0pmG4DiJzCFD5wsGnzdU2usJjh16Tuu07zL4vKHSHsjg&#10;84ZK+xHBsYvMIUN7A4PPGyqt0wTH6jqndVozGXzeUGn9YvB5Q6XFhOBYAiQyfN73Cd7AW1Rdxca2&#10;4Co+0m+yVZ11tC6IS+sMV4vbNfu1zYwOunWqnou0YqCOVgi3z0xmTaLD6/1jKePotAiGrPYGTNwU&#10;nzVvDBsGQKjc+SjEXfHJUVgQAUKDt0BYhKmlO01xlOcmQkTRk/iUe/Q8TMBbfZLjQGP07jQnYoFy&#10;+nZ7fWyFy2SMW5LQsY+67v0oIxKKej3Lu707Tp9wdwdE86QP5d0YAcon692oU6scek/Ga/93ZgWA&#10;/ZjuTAwARZxuSjREXsx/MXHEZz+xlSwRd/Nj1RZ8SlH6sT12yEOIKDuiZfXucDwCTNnDstOLHb5b&#10;t9XxsKG7dLNtdo+vj431nNEzBOfV27fv+iGMYHXTdm+yds9x7BbBshVM/HLDrvZFtnnbX3fZ4civ&#10;2dxidjv3g7mB/FhtPsMbbir+yAKPWHCxr5q/bOuMxxVru/3zKWsK2zr+XMLdTtyAqvCOfQnCmIyr&#10;Rr7zKN/JyhxNre3OxhmFLl93/JnIU90cdnv05LJTS1m9gr+/PZBxDIO9XXFW/RcY7P+T044MU5x2&#10;FLfg9J877dOnD5LTLp49BChbKSDi0cN4Wv0jo325hFGCTtn0uFreyNLBfhZOO3pXUJODrMOO2uK5&#10;ybU5bJVDczjHAra3+kGYjXbA8BRgyg27+tCYcNqn3JSygnXKulYHIdcVN7iNy4okQU0/pYYTxJVa&#10;X+hNqU2NdodZdNO4qUY7cNrAqT47nC0NO1qyrvSEz67hh9nOceIpBcw8bexUnx04Pb+xGomD5wDT&#10;6NEZX+LXl3gafmMtwCxhLrYmfrIgHKflp7rsDkylKT+9yz7l56l54eGRgTZ+Y5fdJZye31gRcNPy&#10;G2WG13shGn5jNVw3hPuk5ycrwnF6fooijiE/9C77lKHqspsZjl12htMyVEx2OCH6DNbb7BqGY0Vg&#10;Hpg0HtvsZo19RRXYSdos0dvsGoaKJpDPkCW+kiXAaWM4cdkTPCfR5IneZZ8yVF12TEFXPw/HLjvD&#10;6RkqqjiG7U1vsmsYKpqYd5GxyT7e4rBPf3VqTBbTV6fGFBm9U0M1xODxfaEFgIluwQKgExjVB9cK&#10;n9c2SUImKopPUQJdAaLMuV0EjVGonamx25Vx75Hh6SU/2IomxCfvkBsFd4pxXrfeqzA56nqSFh2J&#10;z36EeOGH05+PvNcz1bZ8IIOpJjoVn0PnfXYIz0jcF58cN9FL3P4nxeiolJxZcR6ZdzyUsV/rSOlF&#10;QP0bWzih8ToypbLup+pi8Tkg1ZFWd8H/RQHcv7tlldXrPdz84lXTVGcq41Fyc4tL+imvR+e90oXj&#10;LWWldOzTFJqTl9xgKsJloFe6LLpY27QCsUVEVJ2YBAJCa8swOcjjGP1DP1u6y+OFvduG0gIrwbXk&#10;n21EDCbEYEDggpsPuPgPjQf2wh/eimSFeP8GJ712KX9nRsX1PdOHvwEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAM1okw/jAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo7RQoCXGq&#10;qgJWVSVaJMTOjadJ1NiOYjdJ/57pCnbzOLpzJl9OtmUD9qHxToGcCWDoSm8aVyn42r8/vAALUTuj&#10;W+9QwQUDLIvbm1xnxo/uE4ddrBiFuJBpBXWMXcZ5KGu0Osx8h452R99bHantK256PVK4bXkixDO3&#10;unF0odYdrmssT7uzVfAx6nE1l2/D5nRcX372T9vvjUSl7u+m1SuwiFP8g+GqT+pQkNPBn50JrFWQ&#10;igWRNJdSJMCuhEjTFNiBqvljsgBe5Pz/F8UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AO1hzncwCQAAryoAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAM1okw/jAAAADQEAAA8AAAAAAAAAAAAAAAAAigsAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACaDAAAAAA=&#10;">
-                <v:shape id="Freeform 49" o:spid="_x0000_s1073" style="position:absolute;left:917;top:11112;width:10072;height:2305;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10072,2305" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCliwc2wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfhf2HcAe+aariVmpT2RzDvUyY+gMuzTWpNjelybT798tg4OPhnPMdTrkeXCuu1IfGs4LZNANB&#10;XHvdsFFwPLxPchAhImtsPZOCHwqwrh5GJRba3/iLrvtoRIJwKFCBjbErpAy1JYdh6jvi5J187zAm&#10;2Rupe7wluGvlPMuepMOG04LFjjaW6sv+2yWKiZ+Xc/62e90NZpvb55r0Mig1fhxeViAiDfEe/m9/&#10;aAUL+LuSboCsfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCliwc2wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m113,l48,2,14,14,2,48,,114,,2191r2,66l14,2291r34,12l113,2305r9845,l10024,2303r33,-12l10070,2257r1,-66l10071,114r-1,-66l10057,14,10024,2,9958,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
+              <v:group w14:anchorId="6CEEF50C" id="Group 2" o:spid="_x0000_s1071" style="position:absolute;left:0;text-align:left;margin-left:42pt;margin-top:166.9pt;width:513.05pt;height:129.75pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="848,11092" coordsize="10261,2595" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD2S9WRAkAAK8qAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtuO4zYWfF9g/0HQ4wYZ6y7LGE8wmRsC&#10;ZJMAUT5ALcsXrC15JXXbk6/fOrxIFE3amkmwT/PSlltlsniKh+Qp6fUP19PReana7tDUa9d/5blO&#10;VZfN5lDv1u4f+cfvl67T9UW9KY5NXa3dz1Xn/vDmn/94fTmvqqDZN8dN1TpopO5Wl/Pa3ff9ebVY&#10;dOW+OhXdq+Zc1bi5bdpT0eNru1ts2uKC1k/HReB5yeLStJtz25RV1+G/7/lN9w1rf7utyv7X7bar&#10;eue4dsGtZ39b9veJ/i7evC5Wu7Y47w+loFF8BYtTcajR6dDU+6IvnOf2cNPU6VC2Tdds+1dlc1o0&#10;2+2hrNgYMBrf00bzqW2ez2wsu9Vldx7ChNBqcfrqZstfXj6159/Pv7WcPS5/bsr/dIjL4nLerdT7&#10;9H3Hwc7T5d/NBnoWz33DBn7dtidqAkNyriy+n4f4VtfeKfHPJPbjNIxdp8Q9P4nSZRBzBco9ZKLf&#10;LSNMGLrre1kg730Qv/e9IPH5r4M4Yz9dFCveM2Mr2JH6mE7dGLHur0Xs931xrpgQHUXkt9Y5bNZu&#10;6Dp1cUIQPrZVRVPUiTKiTJ0DJYPaqRFV7hCsQ+AfxjLzUxET3xcxkRH1PS8NRERCbxqRYlU+d/2n&#10;qmG6FC8/dz2f7RtcMbU3gn+OzNiejpj4333veI7vhZ5DnQq4RCH0HPWvhZN7zgVA6l1DgY7alg/O&#10;Dv5I5ruhU4RvaI4BnL0TiEEgkQZcJHGMXJbEJm6YVENjeWTjlkgUHyd6jczcEPChOeIWWbhhsiqD&#10;zULfxC2TIIrb0sbN10RAxBIzOV8VAuSAM0cOMZ/Q8zMTPV8VIodaFmH9qRDoOMFcof71KeCranCc&#10;heBUEMw5I0FVjdxPrASnaoCYNYKqJBxnJhhMRbEQDFRB8sCeGlM9/DD0QnMEA1UTjrMQnIqSmSXG&#10;MjvO5zyw5kcw1QMdJ5mFoKoJx1kITkWxpEigCpIH1iQJp3r4YWSLYKhqwnFmguFUFMv6EqqC5KE1&#10;ScKpHujYj80RpH1wXGMYzkJQE8WyOoeqInlozZJwKggxTC0MVVE4zsww0lTxlqlxkY5UTfLImifR&#10;VJI7FCNVlrsUNV28LDKu1ZGqSh5ZMyXSRLHrHKm6EMXYslrTyUfZTHAASiPTcohDxjhx8siaK7Gm&#10;ij1XYlUXUEROmYWONWG8bGlcsWNVljy2ZkusqWJfb2JVl3vrTawJA4pLUxRjVZY8tqZLrKliX7Nj&#10;VZd7a3aiCWOjSGfdYYXIsdlaNuZEU8W+7yWqLvf2vUQTxiZ0osqSJ9Z0STRV7GeHRNXl3tkh0YSx&#10;pUuiypIn1nRJNVUQHsv5K1V1ofOP7fxFR/NpRpsXnVSVJU+t6ZJqqqBv2/lV1QUw6wE21YSxLd2p&#10;KkueWtMl1VSh8Jh3l1TVhSgGlkVnqQlj2f+Wqir50potS00UO8OlKovOEIXnThZSxV7WVuW1FsUV&#10;rpyCTBCPlcfnpqPyNgdJVLd5SEdmNAEUVWIWMEQkMCvEHoIRTgKjOJjTNB36GVzWjPeZiAo091mB&#10;+5ALHYipdRxj55Ch4ymDzxspHRYJjiPenNbp6Mbg84ZK5ygGnzdUOtMQHCeROWTofMHg84ZKez3B&#10;sUPPaZ32XQafN1TaAxl83lBpPyI4dpE5ZGhvYPB5Q6V1muBYXee0Tmsmg88bKq1fDD5vqLSYEBxL&#10;gEKGz3uR4C28Rd1VbF0HruIT/aZYnYue1gV56VzganG7Zr92mdFBt07NS5U3DNTTCuGLzGTWJDoc&#10;7x9rFSd8MlZ7AyZvys8zbwwbBoaByp2PQt6VnxyFBREgNHgPhEWYWnrQFEcFfiZFlD3JT7XHIMAE&#10;vNcnOQ7oNAgeNCdjgXL6fnsittJlssYty+jYR12PppocgfwUEfa8QLB82LvniYR7OCCaJyKUD2ME&#10;KJ+sD6NOrXLoIxnH/h/MCgDFmB5MDABlnO5KNERezn8Zbvkpwq5libxbHpuu4lOK0o/tsUMeUvoq&#10;jmjdfDwcjwBT9rDsDFKP79Zdczxs6C7d7Nrd07tj67wU9AzBe/vhw0cxhAns3Hb9+6Lbcxy7RbBi&#10;BRO/3rCrfVVsPojrvjgc+TWbhcxu534wN5Cfms1neMNtwx9Z4BELLvZN+6frXPC4Yu12/30u2sp1&#10;jj/VcLczP6IqvGdfojgl46pV7zypd4q6RFNrt3dxRqHLdz1/JvJ8bg+7PXry2amlbt7C398eyDiG&#10;wd6tOCvxBQb7/8lpR4ZpTjuKW3D62512j28TOOx5wtVUnHY8kGBPLiKUrRQQ+ehhOq2+yGhfLmGU&#10;oFM2PUbLG1k6Fn7iJCsfh4yom4Osx47akvkIxFY5NMeGhpO2GITdaEcE8BTglht29aEx6bTfctPK&#10;CoonlQG33BDwobk73KZlRZahpr+lhhPE0JY02m+p3RrtHrPobrnpRjtwxsDpPjucLQM7WrJGetJn&#10;N/DDbOc4+ZQCZp4xdrrPDpyZ31SNzMNzgNvo0Rlf4SdKPAO/qRZgljEX2xA/VRCOM/LTXXYPptIt&#10;P7PLfssv0PMiwCMDY/ymLrtPODO/qSLgZuQ3yYxAeCEGflM1fD+G+2TmpyrCcWZ+miKeJT/MLvst&#10;Q91ltzOcuuwMZ2SomezwNs0ZbLbZDQynisA8sGk8tdntGoeaKrCTjFlittkNDDVNIJ8lS0ItS4Az&#10;xvDGZc/wnMSQJ2aX/Zah7rJjCvrmeTh12RnOzFBTxbNsb2aT3cBQ08S+i0xNdoYbGGKf/ubU2Cym&#10;b06NLTJmp4ZqiMHj+0oLABPdgQVAJzCqD8YKn9c2WUYmKopPWQKNAFnm3C+CpijUztTY/cpYeGR4&#10;eskPtrIJ+ck7BG+09KAY53XrowqTo8aTtOxIfooRep6gPx/5qGeqbflABlNNdio/h85FdkjPSN6X&#10;nxx3o5e8/SXF6KSUnFlxHpl3PJSx3+pI5UVA8xtbOKHxOjKnsu7H5urwOaDUkU5/xf9lASze3XLq&#10;5t0ebn71tm2bC5XxKLm5xaX8lNejs17pMrzmNhaa9pfcYCrCZaBXuhy6WLu0ArFFRFadmAQSQmvL&#10;MDnI45j8wzxb+uvTlb3bhtJC1NdfaEQMJsRgQOCCmw+4+BuNB/bCH96KZIW4eIOTXrtUvzOjYnzP&#10;9M3/AAAA//8DAFBLAwQUAAYACAAAACEA9sXHyOEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm92sa6XGTEop6qkIbQXxtk2mSWh2NmS3Sfrv3Z70OMzjve/LlpNtxUC9bxwj&#10;qFkCgrhwZcMVwtf+/WEBwgfDpWkdE8KFPCzz25vMpKUbeUvDLlQilrBPDUIdQpdK6YuarPEz1xHH&#10;39H11oR49pUsezPGctvKxyR5ltY0HBdq09G6puK0O1uEj9GMK63ehs3puL787Oef3xtFiPd30+oV&#10;RKAp/IXhih/RIY9MB3fm0osWYfEUVQKC1joqXANKJQrEAWH+ojXIPJP/HfJfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAIPZL1ZECQAAryoAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPbFx8jhAAAACwEAAA8AAAAAAAAAAAAAAAAAngsAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACsDAAAAAA=&#10;">
+                <v:shape id="Freeform 49" o:spid="_x0000_s1072" style="position:absolute;left:917;top:11112;width:10072;height:2305;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10072,2305" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCliwc2wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfhf2HcAe+aariVmpT2RzDvUyY+gMuzTWpNjelybT798tg4OPhnPMdTrkeXCuu1IfGs4LZNANB&#10;XHvdsFFwPLxPchAhImtsPZOCHwqwrh5GJRba3/iLrvtoRIJwKFCBjbErpAy1JYdh6jvi5J187zAm&#10;2Rupe7wluGvlPMuepMOG04LFjjaW6sv+2yWKiZ+Xc/62e90NZpvb55r0Mig1fhxeViAiDfEe/m9/&#10;aAUL+LuSboCsfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCliwc2wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m113,l48,2,14,14,2,48,,114,,2191r2,66l14,2291r34,12l113,2305r9845,l10024,2303r33,-12l10070,2257r1,-66l10071,114r-1,-66l10057,14,10024,2,9958,,113,xe" filled="f" strokecolor="#00aeef" strokeweight="1pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="113,11112;48,11114;14,11126;2,11160;0,11226;0,13303;2,13369;14,13403;48,13415;113,13417;9958,13417;10024,13415;10057,13403;10070,13369;10071,13303;10071,11226;10070,11160;10057,11126;10024,11114;9958,11112;113,11112" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
-                <v:shape id="Freeform 50" o:spid="_x0000_s1074" style="position:absolute;left:907;top:11102;width:10092;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10092,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbHO2TxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMVsamrSEUQBNHEQ709sq9JNPs2ZFeN/npXKPQ4zMw3zHTemkpcqXGlZQWDfgSC&#10;OLO65FzBIV29T0A4j6yxskwK7uRgPuu8TTHW9sZ7uiY+FwHCLkYFhfd1LKXLCjLo+rYmDt6vbQz6&#10;IJtc6gZvAW4q+RFFY2mw5LBQYE3fBWXn5GIUpLv9ZXhfrjfZg45pglt9+jl+KtXrtosvEJ5a/x/+&#10;a6+1ghG8roQbIGdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJsc7ZPEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m9978,l113,,91,3,33,34,2,91,,114,,454r10091,l10091,114r-19,-63l10021,9,9978,xe" fillcolor="#00aeef" stroked="f">
+                <v:shape id="Freeform 50" o:spid="_x0000_s1073" style="position:absolute;left:907;top:11102;width:10092;height:454;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10092,454" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbHO2TxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMVsamrSEUQBNHEQ709sq9JNPs2ZFeN/npXKPQ4zMw3zHTemkpcqXGlZQWDfgSC&#10;OLO65FzBIV29T0A4j6yxskwK7uRgPuu8TTHW9sZ7uiY+FwHCLkYFhfd1LKXLCjLo+rYmDt6vbQz6&#10;IJtc6gZvAW4q+RFFY2mw5LBQYE3fBWXn5GIUpLv9ZXhfrjfZg45pglt9+jl+KtXrtosvEJ5a/x/+&#10;a6+1ghG8roQbIGdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJsc7ZPEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m9978,l113,,91,3,33,34,2,91,,114,,454r10091,l10091,114r-19,-63l10021,9,9978,xe" fillcolor="#00aeef" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="9978,11102;113,11102;91,11105;33,11136;2,11193;0,11216;0,11556;10091,11556;10091,11216;10072,11153;10021,11111;9978,11102" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
-                <v:shape id="Text Box 51" o:spid="_x0000_s1075" type="#_x0000_t202" style="position:absolute;left:907;top:11102;width:10092;height:2325;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXZw8vwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWNBqdFVRCwUhGKMB4/P7DNZzL6N2a3Gf98VCh6HmfmGmS87W4sbtd44VjAaJiCI&#10;C6cNlwoO+df7JwgfkDXWjknBgzwsF723Oaba3Tmj2z6UIkLYp6igCqFJpfRFRRb90DXE0Tu71mKI&#10;si2lbvEe4baWH0kykRYNx4UKG1pXVFz2v1bB6sjZxlx/TrvsnJk8nya8nVyUGvS71QxEoC68wv/t&#10;b61gDM8r8QbIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV2cPL8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 51" o:spid="_x0000_s1074" type="#_x0000_t202" style="position:absolute;left:848;top:11092;width:10261;height:2595;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXZw8vwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWNBqdFVRCwUhGKMB4/P7DNZzL6N2a3Gf98VCh6HmfmGmS87W4sbtd44VjAaJiCI&#10;C6cNlwoO+df7JwgfkDXWjknBgzwsF723Oaba3Tmj2z6UIkLYp6igCqFJpfRFRRb90DXE0Tu71mKI&#10;si2lbvEe4baWH0kykRYNx4UKG1pXVFz2v1bB6sjZxlx/TrvsnJk8nya8nVyUGvS71QxEoC68wv/t&#10;b61gDM8r8QbIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV2cPL8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="2F5EB33A" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="5F0E967A" w14:textId="46B09B45" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="00053C40">
                         <w:pPr>
                           <w:spacing w:before="109"/>
                           <w:ind w:left="4592" w:right="4592"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="25"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
-                          <w:t>RECORD</w:t>
+                          <w:t>RECOR</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00053C40">
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>D</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="5F0E967A" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="70B112CE" w14:textId="77777777" w:rsidR="00053C40" w:rsidRDefault="00053C40" w:rsidP="00DD0B16">
                         <w:pPr>
-                          <w:spacing w:before="9"/>
+                          <w:spacing w:before="109"/>
+                          <w:ind w:left="4592" w:right="4592"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="25"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="4DAFC16D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="4DAFC16D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="22"/>
                           </w:numPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="454"/>
                           </w:tabs>
                           <w:spacing w:before="1" w:line="250" w:lineRule="exact"/>
                           <w:ind w:hanging="228"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Consent to share information (or not) and ensure information is shared</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="12"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>appropriately.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="6A9C5D25" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="6A9C5D25" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="22"/>
                           </w:numPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="454"/>
                           </w:tabs>
                           <w:spacing w:line="240" w:lineRule="exact"/>
                           <w:ind w:hanging="228"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Explain</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>the</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>need</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="6"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>to</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>document</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>domestic</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="6"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>abuse</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>and</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>document</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="6"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>any</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>injuries</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>for</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="6"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>purposes</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>of</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="5"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>evidence.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="0BAE3986" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="0BAE3986" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="22"/>
                           </w:numPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="454"/>
                             <w:tab w:val="left" w:pos="2431"/>
                           </w:tabs>
                           <w:spacing w:line="240" w:lineRule="exact"/>
                           <w:ind w:hanging="228"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Use</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="22"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>code</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                             <w:u w:val="single" w:color="221E1F"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                             <w:u w:val="single" w:color="221E1F"/>
                           </w:rPr>
                           <w:tab/>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>in patient notes to indicate a disclosure of DV – indicate risk level if</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="25"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>known.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="35E17E6E" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="35E17E6E" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="22"/>
                           </w:numPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="454"/>
                           </w:tabs>
                           <w:spacing w:line="240" w:lineRule="exact"/>
                           <w:ind w:hanging="228"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Ensure patient is seen alone at future</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="1"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>appointments.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="26BC1702" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="26BC1702" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="22"/>
                           </w:numPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="454"/>
                           </w:tabs>
                           <w:spacing w:line="240" w:lineRule="exact"/>
                           <w:ind w:hanging="228"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>Liaise with designated</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="1"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>person.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="18CB616D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRDefault="0088373B" w:rsidP="0088373B">
+                      <w:p w14:paraId="18CB616D" w14:textId="77777777" w:rsidR="0088373B" w:rsidRPr="00DD0B16" w:rsidRDefault="0088373B" w:rsidP="0088373B">
                         <w:pPr>
                           <w:numPr>
                             <w:ilvl w:val="0"/>
                             <w:numId w:val="22"/>
                           </w:numPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="454"/>
                           </w:tabs>
                           <w:spacing w:line="250" w:lineRule="exact"/>
                           <w:ind w:hanging="228"/>
-                          <w:rPr>
-[...1 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t>If patient assessed as high risk liaise with MARAC</w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
                             <w:spacing w:val="3"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00DD0B16">
                           <w:rPr>
                             <w:color w:val="231F20"/>
-                            <w:sz w:val="20"/>
                           </w:rPr>
-                          <w:t>Co-ordinator.</w:t>
+                          <w:t>Co-</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>ordinator</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00DD0B16">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7785AE8D" w14:textId="77777777" w:rsidR="00B50545" w:rsidRDefault="00B50545" w:rsidP="003C4A5A">
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="2F4DE3DC" w14:textId="1D8DB2F8" w:rsidR="004B3A7A" w:rsidRDefault="004B3A7A" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Hlk159334539"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="69069686" w14:textId="77777777" w:rsidR="00903EDF" w:rsidRDefault="00903EDF" w:rsidP="003C4A5A">
+      <w:r w:rsidRPr="008F44CB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AEC66B" w14:textId="77777777" w:rsidR="00087A00" w:rsidRPr="008F44CB" w:rsidRDefault="00087A00" w:rsidP="003C4A5A">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7180F311" w14:textId="20B4F13F" w:rsidR="003C4A5A" w:rsidRDefault="003C4A5A" w:rsidP="003C4A5A">
-[...39 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:id="28" w:name="_MON_1823925192"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w14:paraId="102DBD7D" w14:textId="5B91FED1" w:rsidR="00050459" w:rsidRPr="008F44CB" w:rsidRDefault="004541FA" w:rsidP="00087A00">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:object w:dxaOrig="1508" w:dyaOrig="984" w14:anchorId="3590079D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:object w:dxaOrig="1539" w:dyaOrig="997" w14:anchorId="17D5FA97">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Embedded PDF document &quot;Safeguarding training requirements&quot;" style="width:76.5pt;height:48.5pt" o:ole="">
-            <v:imagedata r:id="rId108" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Embedded Word doc 'Useful contact details'" style="width:77.5pt;height:49.5pt" o:ole="">
+            <v:imagedata r:id="rId105" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Acrobat.Document.DC" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1805893264" r:id="rId109"/>
-[...72 lines deleted...]
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1026" DrawAspect="Icon" ObjectID="_1805893265" r:id="rId111">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1025" DrawAspect="Icon" ObjectID="_1830598733" r:id="rId106">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="24112D0F" w14:textId="77777777" w:rsidR="00087A00" w:rsidRPr="004B3A7A" w:rsidRDefault="00087A00" w:rsidP="004B3A7A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EFF1A11" w14:textId="193FBE0F" w:rsidR="009275FD" w:rsidRPr="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="009275FD">
+    <w:p w14:paraId="0EFF1A11" w14:textId="6017846C" w:rsidR="009275FD" w:rsidRPr="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D833F4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Appendix D</w:t>
+        <w:t xml:space="preserve">Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00731D18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0D7715" w14:textId="77777777" w:rsidR="00D833F4" w:rsidRDefault="00D833F4" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285DDCA2" w14:textId="2E9DCDEC" w:rsidR="00F862FA" w:rsidRDefault="007F3B67" w:rsidP="009275FD">
+    <w:bookmarkStart w:id="29" w:name="_MON_1818827632"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="285DDCA2" w14:textId="7F0F5F45" w:rsidR="00F862FA" w:rsidRDefault="004541FA" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:object w:dxaOrig="1536" w:dyaOrig="992" w14:anchorId="0F0709E8">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId112" o:title=""/>
+        <w:object w:dxaOrig="1539" w:dyaOrig="997" w14:anchorId="6D2D6501">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Embedded Word doc 'QIA'" style="width:77.5pt;height:50pt;mso-position-vertical:absolute" o:ole="">
+            <v:imagedata r:id="rId107" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1027" DrawAspect="Icon" ObjectID="_1805893266" r:id="rId113">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1026" DrawAspect="Icon" ObjectID="_1830598734" r:id="rId108">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
-      <w:r w:rsidR="003710C1">
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="30" w:name="_MON_1819779809"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:object w:dxaOrig="1536" w:dyaOrig="992" w14:anchorId="2B508940">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId114" o:title=""/>
+        <w:object w:dxaOrig="1508" w:dyaOrig="984" w14:anchorId="0298134D">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="Embedded Word doc 'Equality Impact Analysis Form'" style="width:76pt;height:49pt" o:ole="">
+            <v:imagedata r:id="rId109" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1028" DrawAspect="Icon" ObjectID="_1805893267" r:id="rId115">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_i1027" DrawAspect="Icon" ObjectID="_1830598735" r:id="rId110">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="773E97C6" w14:textId="7C542B62" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37517B72" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BF98946" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
@@ -23670,123 +24646,161 @@
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A27BAF0" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="313B44C2" w14:textId="77777777" w:rsidR="009275FD" w:rsidRDefault="009275FD" w:rsidP="009275FD">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="357581DC" w14:textId="77777777" w:rsidR="008C7538" w:rsidRDefault="008C7538"/>
     <w:sectPr w:rsidR="008C7538" w:rsidSect="00B50545">
-      <w:headerReference w:type="even" r:id="rId116"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId119"/>
+      <w:headerReference w:type="even" r:id="rId111"/>
+      <w:headerReference w:type="default" r:id="rId112"/>
+      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:headerReference w:type="first" r:id="rId114"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="0" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:comment w:id="1" w:author="TOZER, Claire (NHS LINCOLNSHIRE ICB - 71E)" w:date="2024-02-08T09:44:00Z" w:initials="TC(LI7">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="2" w:author="TOZER, Claire (NHS LINCOLNSHIRE ICB - 71E)" w:date="2024-02-08T09:44:00Z" w:initials="TC(LI7">
     <w:p w14:paraId="1E853CC7" w14:textId="77777777" w:rsidR="00774A82" w:rsidRDefault="00774A82" w:rsidP="00774A82">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Update needed</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="ROSCOE, Louise (LONG BENNINGTON MEDICAL CENTRE)" w:date="2025-09-05T11:28:00Z" w:initials="LR">
+    <w:p w14:paraId="5E628AF8" w14:textId="3A304AE5" w:rsidR="004961AF" w:rsidRDefault="004961AF" w:rsidP="004961AF">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Added this link</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="20" w:author="ROSCOE, Louise (LONG BENNINGTON MEDICAL CENTRE)" w:date="2025-09-05T11:37:00Z" w:initials="LR">
+    <w:p w14:paraId="413C2B74" w14:textId="504CCF95" w:rsidR="004961AF" w:rsidRDefault="004961AF" w:rsidP="004961AF">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>New process for adult referrals added</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="1E853CC7" w15:done="1"/>
+  <w15:commentEx w15:paraId="5E628AF8" w15:done="1"/>
+  <w15:commentEx w15:paraId="413C2B74" w15:done="1"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh cr wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="296F2114" w16cex:dateUtc="2024-02-08T09:44:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="46AF1EC8" w16cex:dateUtc="2025-09-05T10:28:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="24EFDB0B" w16cex:dateUtc="2025-09-05T10:37:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="1E853CC7" w16cid:durableId="296F2114"/>
+  <w16cid:commentId w16cid:paraId="5E628AF8" w16cid:durableId="46AF1EC8"/>
+  <w16cid:commentId w16cid:paraId="413C2B74" w16cid:durableId="24EFDB0B"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52B86B40" w14:textId="77777777" w:rsidR="000F3890" w:rsidRDefault="000F3890" w:rsidP="002C6317">
+    <w:p w14:paraId="4C8A16FA" w14:textId="77777777" w:rsidR="00A52D71" w:rsidRDefault="00A52D71" w:rsidP="002C6317">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36F62673" w14:textId="77777777" w:rsidR="000F3890" w:rsidRDefault="000F3890" w:rsidP="002C6317">
+    <w:p w14:paraId="6BD37A16" w14:textId="77777777" w:rsidR="00A52D71" w:rsidRDefault="00A52D71" w:rsidP="002C6317">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -23799,55 +24813,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="405275553"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6A2B9D9D" w14:textId="0EA78372" w:rsidR="002C6317" w:rsidRDefault="002C6317">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -23856,100 +24876,100 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="126A3D49" w14:textId="77777777" w:rsidR="002C6317" w:rsidRDefault="002C6317">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E6BF4FA" w14:textId="77777777" w:rsidR="000F3890" w:rsidRDefault="000F3890" w:rsidP="002C6317">
+    <w:p w14:paraId="785773A8" w14:textId="77777777" w:rsidR="00A52D71" w:rsidRDefault="00A52D71" w:rsidP="002C6317">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13904776" w14:textId="77777777" w:rsidR="000F3890" w:rsidRDefault="000F3890" w:rsidP="002C6317">
+    <w:p w14:paraId="7CDEEBC8" w14:textId="77777777" w:rsidR="00A52D71" w:rsidRDefault="00A52D71" w:rsidP="002C6317">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74BF9FD9" w14:textId="361755CD" w:rsidR="0033485D" w:rsidRDefault="0033485D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D46B461" w14:textId="38437170" w:rsidR="0033485D" w:rsidRDefault="0033485D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D5B64F0" w14:textId="2D050ED9" w:rsidR="0033485D" w:rsidRDefault="0033485D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01497F5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8DE35B2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -25314,57 +26334,57 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="404722E6"/>
+    <w:nsid w:val="37BD7D36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EF5C2924"/>
-[...1 lines deleted...]
-      <w:start w:val="7"/>
+    <w:tmpl w:val="5EDEE2B4"/>
+    <w:lvl w:ilvl="0" w:tplc="5D805A02">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -25403,50 +26423,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="404722E6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF5C2924"/>
+    <w:lvl w:ilvl="0" w:tplc="1B62FCD4">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41552876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA92C9BC"/>
     <w:lvl w:ilvl="0" w:tplc="BF605258">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -25614,51 +26723,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="683A0160">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6804"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="472C14BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F6EF374"/>
     <w:lvl w:ilvl="0" w:tplc="2A9897FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1273" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="231F20"/>
         <w:w w:val="142"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F2DA20A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1812" w:hanging="227"/>
@@ -25723,51 +26832,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="400459BE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5006" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4A16C306">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5538" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD76504"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E00B41A"/>
     <w:lvl w:ilvl="0" w:tplc="E5269DB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -25935,51 +27044,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5D4E130C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FAC3CE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A686F20"/>
     <w:lvl w:ilvl="0" w:tplc="4670C238">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="369" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -26059,51 +27168,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6129" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55EF78F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83E6ABF2"/>
     <w:lvl w:ilvl="0" w:tplc="1B62FCD4">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -26148,51 +27257,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57756A8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="352668DC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26261,51 +27370,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C8C26F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="406E0F62"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1278" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1998" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26374,51 +27483,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62CE3B9A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6FBA8C08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -26498,51 +27607,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64781516"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="476A0486"/>
     <w:lvl w:ilvl="0" w:tplc="0B62330E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="453" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:color w:val="231F20"/>
         <w:w w:val="142"/>
         <w:position w:val="-2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="16B80004">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1423" w:hanging="227"/>
@@ -26607,51 +27716,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7FA2D0CA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7201" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="84B23202">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8165" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="666216CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2474EF5E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26720,51 +27829,164 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6687280C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3B406240"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B630980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56A8F436"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26833,51 +28055,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718831E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74D0C238"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -27045,51 +28267,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6804"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="757905D5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F2229656"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27158,51 +28380,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A9028D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EACD42C"/>
     <w:lvl w:ilvl="0" w:tplc="32262C76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -27377,335 +28599,432 @@
         <w:ind w:left="6368"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1879657779">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1651442939">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1399281425">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1154370430">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1479150103">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="498346323">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="77137146">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="682125445">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1307971325">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1375153302">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="351807523">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1306356637">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1429232726">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1003554433">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1582829247">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1611858525">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1550990857">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2082629375">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1693456170">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1010764373">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="762729370">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1129276522">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="14692519">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="448738618">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1589188819">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1005401793">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1995183551">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="621499004">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="TOZER, Claire (NHS LINCOLNSHIRE ICB - 71E)">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::claire.tozer@nhs.net::beb77b42-9c0b-4b42-90a7-e567c0634af6"/>
+  </w15:person>
+  <w15:person w15:author="ROSCOE, Louise (LONG BENNINGTON MEDICAL CENTRE)">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::lroscoe@nhs.net::1a5b3f82-0174-4af4-9706-8c2325887bbe"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009275FD"/>
+    <w:rsid w:val="00002DE0"/>
     <w:rsid w:val="00050459"/>
     <w:rsid w:val="00050718"/>
+    <w:rsid w:val="00053C40"/>
     <w:rsid w:val="00054D7F"/>
     <w:rsid w:val="0005524C"/>
+    <w:rsid w:val="00083457"/>
+    <w:rsid w:val="0008563F"/>
     <w:rsid w:val="00087A00"/>
     <w:rsid w:val="000922B2"/>
-    <w:rsid w:val="000F3890"/>
+    <w:rsid w:val="000B290B"/>
+    <w:rsid w:val="000D40D7"/>
+    <w:rsid w:val="000F5C04"/>
     <w:rsid w:val="000F62E2"/>
+    <w:rsid w:val="0010103A"/>
     <w:rsid w:val="0012099F"/>
+    <w:rsid w:val="001301B7"/>
+    <w:rsid w:val="00134F3B"/>
     <w:rsid w:val="00155A79"/>
     <w:rsid w:val="0015709C"/>
     <w:rsid w:val="00157A0D"/>
+    <w:rsid w:val="001648D5"/>
+    <w:rsid w:val="00165789"/>
+    <w:rsid w:val="00171176"/>
     <w:rsid w:val="001853E2"/>
     <w:rsid w:val="00191C42"/>
+    <w:rsid w:val="001A36E6"/>
     <w:rsid w:val="001D2DBE"/>
+    <w:rsid w:val="001D4424"/>
     <w:rsid w:val="001D6A07"/>
+    <w:rsid w:val="001F1DA8"/>
+    <w:rsid w:val="00200CCD"/>
     <w:rsid w:val="00204123"/>
+    <w:rsid w:val="00213295"/>
     <w:rsid w:val="00234CBD"/>
+    <w:rsid w:val="00241536"/>
+    <w:rsid w:val="00257174"/>
     <w:rsid w:val="00257B31"/>
     <w:rsid w:val="00281A13"/>
+    <w:rsid w:val="0028355B"/>
+    <w:rsid w:val="00296AB8"/>
     <w:rsid w:val="002A200C"/>
+    <w:rsid w:val="002A5E65"/>
     <w:rsid w:val="002C16F1"/>
+    <w:rsid w:val="002C2624"/>
     <w:rsid w:val="002C6317"/>
     <w:rsid w:val="002D5C5C"/>
     <w:rsid w:val="002F42A2"/>
     <w:rsid w:val="003133EE"/>
+    <w:rsid w:val="003225DC"/>
+    <w:rsid w:val="003244EE"/>
+    <w:rsid w:val="00331003"/>
     <w:rsid w:val="0033485D"/>
+    <w:rsid w:val="00337D08"/>
     <w:rsid w:val="00340BF5"/>
+    <w:rsid w:val="00342DF5"/>
+    <w:rsid w:val="00344783"/>
     <w:rsid w:val="003710C1"/>
     <w:rsid w:val="00373ECC"/>
     <w:rsid w:val="00381581"/>
+    <w:rsid w:val="00386A2E"/>
     <w:rsid w:val="003B6F19"/>
     <w:rsid w:val="003C4A5A"/>
     <w:rsid w:val="003D66D4"/>
+    <w:rsid w:val="003E658B"/>
     <w:rsid w:val="003E6937"/>
-    <w:rsid w:val="00433218"/>
+    <w:rsid w:val="00441153"/>
     <w:rsid w:val="00441426"/>
     <w:rsid w:val="00441A47"/>
+    <w:rsid w:val="004541FA"/>
     <w:rsid w:val="0046404D"/>
     <w:rsid w:val="00470650"/>
+    <w:rsid w:val="004961AF"/>
     <w:rsid w:val="004A6ABA"/>
     <w:rsid w:val="004B3A7A"/>
+    <w:rsid w:val="004C05C8"/>
     <w:rsid w:val="004C4306"/>
     <w:rsid w:val="004D59F4"/>
     <w:rsid w:val="004D6F6C"/>
     <w:rsid w:val="004E4028"/>
     <w:rsid w:val="004F2BF4"/>
     <w:rsid w:val="005118CC"/>
     <w:rsid w:val="00513F73"/>
+    <w:rsid w:val="00517DBE"/>
     <w:rsid w:val="00522E87"/>
+    <w:rsid w:val="005354B3"/>
     <w:rsid w:val="00536AD1"/>
     <w:rsid w:val="005528C8"/>
+    <w:rsid w:val="00553951"/>
     <w:rsid w:val="00572322"/>
+    <w:rsid w:val="005725F9"/>
     <w:rsid w:val="005731A9"/>
     <w:rsid w:val="00576319"/>
     <w:rsid w:val="00584321"/>
+    <w:rsid w:val="005B66A7"/>
+    <w:rsid w:val="005C705A"/>
+    <w:rsid w:val="005D591A"/>
     <w:rsid w:val="005D6B4D"/>
     <w:rsid w:val="005E7A57"/>
     <w:rsid w:val="005F087F"/>
     <w:rsid w:val="005F5DE6"/>
     <w:rsid w:val="00600C06"/>
+    <w:rsid w:val="00613E4E"/>
     <w:rsid w:val="00622171"/>
     <w:rsid w:val="00623156"/>
     <w:rsid w:val="00642368"/>
+    <w:rsid w:val="006600B6"/>
+    <w:rsid w:val="006701D1"/>
+    <w:rsid w:val="00676CE0"/>
     <w:rsid w:val="006930FA"/>
     <w:rsid w:val="006B0BD9"/>
     <w:rsid w:val="006B1303"/>
+    <w:rsid w:val="006B7FEB"/>
     <w:rsid w:val="006D4778"/>
+    <w:rsid w:val="006E3C48"/>
     <w:rsid w:val="006F2457"/>
+    <w:rsid w:val="0072159E"/>
+    <w:rsid w:val="00731D18"/>
     <w:rsid w:val="00734923"/>
     <w:rsid w:val="00763C15"/>
     <w:rsid w:val="00766D5D"/>
     <w:rsid w:val="00774A82"/>
     <w:rsid w:val="00775B68"/>
     <w:rsid w:val="00776D4B"/>
+    <w:rsid w:val="007B6432"/>
     <w:rsid w:val="007B6C4B"/>
     <w:rsid w:val="007C4480"/>
     <w:rsid w:val="007D3C45"/>
     <w:rsid w:val="007E21C9"/>
-    <w:rsid w:val="007F3B67"/>
+    <w:rsid w:val="007F626C"/>
     <w:rsid w:val="00825F1E"/>
     <w:rsid w:val="00852916"/>
     <w:rsid w:val="00862CB7"/>
     <w:rsid w:val="00871B05"/>
     <w:rsid w:val="0088373B"/>
     <w:rsid w:val="008C7538"/>
-    <w:rsid w:val="008D65FB"/>
+    <w:rsid w:val="008D3BB2"/>
     <w:rsid w:val="008D712E"/>
+    <w:rsid w:val="008F1333"/>
     <w:rsid w:val="008F368B"/>
     <w:rsid w:val="008F44CB"/>
+    <w:rsid w:val="008F4C3C"/>
     <w:rsid w:val="00903EDF"/>
     <w:rsid w:val="00904CD0"/>
     <w:rsid w:val="009275FD"/>
     <w:rsid w:val="00927F97"/>
+    <w:rsid w:val="00934120"/>
+    <w:rsid w:val="00947B3E"/>
+    <w:rsid w:val="00950799"/>
     <w:rsid w:val="0097495B"/>
     <w:rsid w:val="009768BD"/>
     <w:rsid w:val="009B5F2B"/>
+    <w:rsid w:val="009C5648"/>
     <w:rsid w:val="009D072B"/>
     <w:rsid w:val="009D49CF"/>
+    <w:rsid w:val="009D6603"/>
     <w:rsid w:val="009E1F30"/>
     <w:rsid w:val="009F709F"/>
     <w:rsid w:val="00A33C9D"/>
     <w:rsid w:val="00A37057"/>
+    <w:rsid w:val="00A44415"/>
+    <w:rsid w:val="00A52D71"/>
     <w:rsid w:val="00A575B0"/>
     <w:rsid w:val="00A618A9"/>
     <w:rsid w:val="00A63084"/>
+    <w:rsid w:val="00A640A7"/>
     <w:rsid w:val="00A673D8"/>
     <w:rsid w:val="00A81CFA"/>
+    <w:rsid w:val="00A96227"/>
     <w:rsid w:val="00AA03FA"/>
     <w:rsid w:val="00B052D3"/>
     <w:rsid w:val="00B50545"/>
     <w:rsid w:val="00B52FA5"/>
     <w:rsid w:val="00B675B7"/>
     <w:rsid w:val="00B67ED3"/>
+    <w:rsid w:val="00B838C3"/>
     <w:rsid w:val="00B95EB4"/>
+    <w:rsid w:val="00BA0067"/>
     <w:rsid w:val="00BB10BF"/>
     <w:rsid w:val="00BC017B"/>
+    <w:rsid w:val="00BD7093"/>
     <w:rsid w:val="00C25AF3"/>
+    <w:rsid w:val="00C32696"/>
     <w:rsid w:val="00C468CD"/>
+    <w:rsid w:val="00C507EE"/>
     <w:rsid w:val="00C575AF"/>
     <w:rsid w:val="00C607BA"/>
+    <w:rsid w:val="00C6765E"/>
     <w:rsid w:val="00C71FBA"/>
     <w:rsid w:val="00C9264D"/>
+    <w:rsid w:val="00C927CB"/>
+    <w:rsid w:val="00CC0339"/>
     <w:rsid w:val="00CC3047"/>
+    <w:rsid w:val="00CC492B"/>
+    <w:rsid w:val="00CC76A0"/>
+    <w:rsid w:val="00CD7B57"/>
     <w:rsid w:val="00CE4575"/>
     <w:rsid w:val="00CF0249"/>
     <w:rsid w:val="00D14FFC"/>
     <w:rsid w:val="00D57192"/>
+    <w:rsid w:val="00D6055C"/>
     <w:rsid w:val="00D833F4"/>
     <w:rsid w:val="00D8607B"/>
+    <w:rsid w:val="00D964FF"/>
     <w:rsid w:val="00DB231A"/>
+    <w:rsid w:val="00DB32D4"/>
     <w:rsid w:val="00DC7BEE"/>
+    <w:rsid w:val="00DD0B16"/>
+    <w:rsid w:val="00E20980"/>
     <w:rsid w:val="00E20DB3"/>
     <w:rsid w:val="00E35FC6"/>
     <w:rsid w:val="00E461D2"/>
+    <w:rsid w:val="00E64588"/>
     <w:rsid w:val="00E73376"/>
+    <w:rsid w:val="00E80A24"/>
+    <w:rsid w:val="00E831F0"/>
+    <w:rsid w:val="00E85E2B"/>
     <w:rsid w:val="00EA46B5"/>
     <w:rsid w:val="00EF10E5"/>
+    <w:rsid w:val="00F03A9A"/>
+    <w:rsid w:val="00F31BFD"/>
     <w:rsid w:val="00F32CB5"/>
     <w:rsid w:val="00F36E3D"/>
     <w:rsid w:val="00F379DB"/>
+    <w:rsid w:val="00F62AD4"/>
     <w:rsid w:val="00F718C8"/>
     <w:rsid w:val="00F833DD"/>
     <w:rsid w:val="00F862FA"/>
+    <w:rsid w:val="00FA2D3B"/>
+    <w:rsid w:val="00FB1125"/>
+    <w:rsid w:val="00FD0689"/>
+    <w:rsid w:val="00FE0C37"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3D912054"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B531821F-FA31-4740-99FD-163DE8D0250F}"/>
+  <w15:docId w15:val="{63A966CB-A9BE-49BB-B0A4-AE3467A7887E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -28370,62 +29689,78 @@
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA46B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E35FC6"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00213295"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2018/12/contents/enacted" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpft.springlodge@nhs.net" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincslmc.co.uk/p-category/event/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2014/23/contents/enacted" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/domestic-abuse-a-resource-for-health-professionals" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincslmc.co.uk/p-category/event/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/clinical-and-research/resources/toolkits/-/media/Files/CIRC/Toolkits-2017/Safeguarding-adults-at-risk-Toolkit/Guidance-on-recording-of-domestic-violence-June-2017.ashx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1998/42/contents" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@galop.org.uk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stalkinghelpline.org" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Legal%20Grounds%20for%20Sharing%20Information%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1998/42/contents" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1998/42/contents" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifas.org.uk/wp-content/uploads/2023/05/Non-fatal-strangulation-in-physical-and-sexual-assault-Dr-C-White-Jan-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2018/12/contents/enacted" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lpft.nhs.uk/spring-lodge/home" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.protectionagainststalking.org" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/about/equality/equality-hub/patient-equalities-programme/equality-frameworks-and-information-standards/accessibleinfo/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/working-together-to-safeguard-children--2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safeguardinglincolnshire.vc-enable.co.uk/register" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/clinical-and-research/resources/toolkits/-/media/Files/CIRC/Toolkits-2017/Safeguarding-adults-at-risk-Toolkit/Guidance-on-recording-of-domestic-violence-June-2017.ashx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170659/mod_book/chapter/376/Marac-Guide-for-GPs-Final-130617.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@lincolnshirerapecrisis.org.uk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.galop.org.uk/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2005/9/contents" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2010/15/contents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.safeguarding1@nhs.net" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionals.lincolnshire.gov.uk/downloads/download/209/domestic-abuse-resources" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/safeguarding/lsab/4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncdv.org.uk/domestic-abuse-statistics-uk/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2014/23/contents/enacted" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/clinical-and-research/resources/toolkits/-/media/Files/CIRC/Toolkits-2017/Safeguarding-adults-at-risk-Toolkit/Guidance-on-recording-of-domestic-violence-June-2017.ashx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionals.lincolnshire.gov.uk/downloads/download/209/domestic-abuse-resources" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmu@fcdo.gov.uk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Felearning.rcgp.org.uk%2Fpluginfile.php%2F179161%2Fmod_book%2Fchapter%2F792%2FSafeguarding%2520and%2520automatic%2520record%2520access.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifas.org.uk/wp-content/uploads/2023/05/Non-fatal-strangulation-in-physical-and-sexual-assault-Dr-C-White-Jan-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/crimeandjustice/bulletins/crimeinenglandandwales/yearendingseptember2023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincslmc.co.uk/p-category/event/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/clinical-and-research/resources/toolkits/-/media/Files/CIRC/Toolkits-2017/Safeguarding-adults-at-risk-Toolkit/Guidance-on-recording-of-domestic-violence-June-2017.ashx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Legal%20Grounds%20for%20Sharing%20Information%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshirescp.trixonline.co.uk/search?q=lado" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1989/41/contents" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/directory-record/73990/data-local-authorities-collect-on-child-victims-of-domestic-and-sexual-abuse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ldass.org.uk/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forward@forwarduk.org.uk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/Professional-Development/publications/adult-safeguarding-roles-and-competencies-for-health-care-staff-uk-pub-007-069" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/directory-record/73990/data-local-authorities-collect-on-child-victims-of-domestic-and-sexual-abuse" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/domestic-abuse-a-resource-for-health-professionals" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/getmedia/91770d17-88e4-4b84-acdf-a49aa1427421/Safeguarding-training-requirements-for-Primary-Care-FINAL.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Legal%20Grounds%20for%20Sharing%20Information%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/crime-prevention/domestic-abuse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gmc-uk.org/ethical-guidance/ethical-guidance-for-doctors/confidentiality" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.safeguarding1@nhs.net" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2004/31/contents" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincs.police.uk/advice/advice-and-information/daa/domestic-abuse/alpha2/request-information-under-clares-law/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncdv.org.uk/domestic-abuse-statistics-uk/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/Professional-Development/publications/rcn-adult-safeguarding-roles-and-competencies-for-health-care-staff-011-256" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.samaritans.org.uk" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/data-protection" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/about/equality/equality-hub/patient-equalities-programme/equality-frameworks-and-information-standards/accessibleinfo/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.lincolnshiretraininghub.nhs.uk%2Ftraining-and-events%2Fcurrent-courses-and-events%2F&amp;data=05%7C02%7Cclaire.tozer%40nhs.net%7C1b236b0208074f6b209608de00d74ee5%7C37c354b285b047f5b22207b48d774ee3%7C0%7C0%7C638949121900215336%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=GEGp5QPSIJ2%2FHHZpKBV8Da1ov8BmwtUDwMePU%2FGgcBg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lpft.springlodge@nhs.net" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1989/41/contents" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/crimeandjustice/bulletins/crimeinenglandandwales/yearendingseptember2023" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/working-together-to-safeguard-children--2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/205139/mod_book/chapter/934/RCGP%20guidance%20on%20recording%20of%20domestic%20violence_updated%20Jan%202021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Legal%20Grounds%20for%20Sharing%20Information%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincolnshirescp.trixonline.co.uk/search?q=lado" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stalkinghelpline.org" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:intelligence.unit@rspca.org.uk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nhsemployers.org/publications/supporting-nhs-staff-domestic-violence-and-abuse" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/domestic-abuse-a-resource-for-health-professionals" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/getmedia/91770d17-88e4-4b84-acdf-a49aa1427421/Safeguarding-training-requirements-for-Primary-Care-FINAL.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifas.org.uk/wp-content/uploads/2023/05/Non-fatal-strangulation-in-physical-and-sexual-assault-Dr-C-White-Jan-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safeguardinglincolnshire.vc-enable.co.uk/register" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lpft.nhs.uk/spring-lodge/home" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@galop.org.uk" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.safeguarding1@nhs.net" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2004/31/contents" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2014/23/contents/enacted" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gmc-uk.org/ethical-guidance/ethical-guidance-for-doctors/confidentiality" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Legal%20Grounds%20for%20Sharing%20Information%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nhsemployers.org/publications/supporting-nhs-staff-domestic-violence-and-abuse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncdv.org.uk/domestic-abuse-statistics-uk/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.galop.org.uk/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.protectionagainststalking.org" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/data-protection" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/professional-development/publications/pub-007366" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionals.lincolnshire.gov.uk/downloads/download/209/domestic-abuse-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionals.lincolnshire.gov.uk/downloads/download/209/domestic-abuse-resources" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/clinical-and-research/resources/toolkits/-/media/Files/CIRC/Toolkits-2017/Safeguarding-adults-at-risk-Toolkit/Guidance-on-recording-of-domestic-violence-June-2017.ashx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionals.lincolnshire.gov.uk/downloads/download/209/domestic-abuse-resources" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/blog/nhs-england-joins-the-employers-initiative-on-domestic-abuse-as-a-beacon-member/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@lincolnshirerapecrisis.org.uk" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.samaritans.org/how-we-can-help/contact-samaritan/?gad_source=1&amp;gad_campaignid=945644317&amp;gclid=Cj0KCQjwmYzIBhC6ARIsAHA3IkQ4QpGzgWPFwoGPUp5I2GPU-6pIkpN3_aWm9mivU2yu8kCTEZRVkyQaAmQvEALw_wcB" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionals.lincolnshire.gov.uk/downloads/download/206/marac-resources" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.lincolnshiretraininghub.nhs.uk%2Ftraining-and-events%2Fcurrent-courses-and-events%2F&amp;data=05%7C02%7Cclaire.tozer%40nhs.net%7C1b236b0208074f6b209608de00d74ee5%7C37c354b285b047f5b22207b48d774ee3%7C0%7C0%7C638949121900215336%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=GEGp5QPSIJ2%2FHHZpKBV8Da1ov8BmwtUDwMePU%2FGgcBg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2014/23/contents/enacted" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Felearning.rcgp.org.uk%2Fpluginfile.php%2F179161%2Fmod_book%2Fchapter%2F792%2FSafeguarding%2520and%2520automatic%2520record%2520access.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Legal%20Grounds%20for%20Sharing%20Information%20Guidance.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifas.org.uk/wp-content/uploads/2023/05/Non-fatal-strangulation-in-physical-and-sexual-assault-Dr-C-White-Jan-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncdv.org.uk/domestic-abuse-statistics-uk/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2018/12/contents/enacted" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcn.org.uk/Professional-Development/publications/rcn-adult-safeguarding-roles-and-competencies-for-health-care-staff-011-256" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmu@fcdo.gov.uk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1998/42/contents" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ldass.org.uk/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:licb.safeguarding1@nhs.net" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2018/12/contents/enacted" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1998/42/contents" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1998/42/contents" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/safeguarding/report-concern/2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/about/equality/equality-hub/patient-equalities-programme/equality-frameworks-and-information-standards/accessibleinfo/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincs.police.uk/advice/advice-and-information/daa/domestic-abuse/alpha2/request-information-under-clares-law/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/safeguarding/adults-at-risk-confidentiality-and-disclosure-of-information" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170658/mod_book/chapter/349/Guidance-on-recording-of-domestic-violence-June-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.rcgp.org.uk/pluginfile.php/170659/mod_book/chapter/376/Marac-Guide-for-GPs-Final-130617.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forward@forwarduk.org.uk" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2010/15/contents" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.england.nhs.uk/about/equality/equality-hub/patient-equalities-programme/equality-frameworks-and-information-standards/accessibleinfo/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcgp.org.uk/learning-resources/safeguarding-standards?gad_source=1&amp;gad_campaignid=21822109383&amp;gclid=CjwKCAjw2brFBhBOEiwAVJX5GOwTffbz6cap5eUMi9UCWMxM0t9JsdW40NE67pPXU9c8A5iDaLy2XBoCvn4QAvD_BwE" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safelives.org.uk/sites/default/files/resources/Multi-Agency%20Risk%20Assessment%20Conference%20Guidance%20for%20GPs.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.respectphoneline.org.uk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/crime-prevention/domestic-abuse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/contents/enacted" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2005/9/contents" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/domestic-abuse-a-resource-for-health-professionals" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bma.org.uk/advice-and-support/ethics/confidentiality-and-health-records/confidentiality-and-health-records-toolkit" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lincolnshire.gov.uk/safeguarding/lsab/4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -28700,69 +30035,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFA451D4-8016-45D5-AD3A-86DFD1220800}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>8640</Words>
-  <Characters>49250</Characters>
+  <Words>9296</Words>
+  <Characters>52992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>410</Lines>
-  <Paragraphs>115</Paragraphs>
+  <Lines>441</Lines>
+  <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>57775</CharactersWithSpaces>
+  <CharactersWithSpaces>62164</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>TOZER, Claire (NHS LINCOLNSHIRE ICB - 71E)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>